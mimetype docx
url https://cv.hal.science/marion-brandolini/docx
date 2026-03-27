--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -727,584 +727,584 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-04186166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ProMetIS, deep phenotyping of mouse models by combined proteomics and metabolomics analysis</w:t>
+                <w:t xml:space="preserve">Chimiométrie et Métabolomique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alyssa Imbert</w:t>
+                <w:t xml:space="preserve">Jean-Michel Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Rompais</w:t>
+                <w:t xml:space="preserve">Rémi Servien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammed Selloum</w:t>
+                <w:t xml:space="preserve">Jean-Claude Boulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Castelli</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Mouton-Barbosa</w:t>
+                <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Jaillais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Data </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Annales des falsifications, de l'expertise chimique et toxicologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Eco-chimie pour des produits durables. Filières durables, procédés éco-respectueux, impact santé environnement, ?, pp.80-84</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-03453736v1</w:t>
+                <w:t xml:space="preserve">hal-03642211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chimiométrie et Métabolomique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multiplatform metabolomics for an integrative exploration of metabolic syndrome in older men</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Comte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Monnerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Brandolini-Bunlon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Canlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Roger</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Benoit Jaillais</w:t>
+                <w:t xml:space="preserve">Florence Castelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales des falsifications, de l'expertise chimique et toxicologique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EBioMedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 69, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ebiom.2021.103440⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03642211v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03283772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiplatform metabolomics for an integrative exploration of metabolic syndrome in older men</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Monnerie</w:t>
+                <w:t xml:space="preserve">Non-targeted metabolomics analyses by mass spectrometry to explore metabolic stress after six training weeks in high level swimmers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Pla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Brandolini-Bunlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Florence Castelli</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EBioMedicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ebiom.2021.103440⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sports Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 39 (9), pp.969-978. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02640414.2020.1851933⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03283772v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03275295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-targeted metabolomics analyses by mass spectrometry to explore metabolic stress after six training weeks in high level swimmers.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ProMetIS, deep phenotyping of mouse models by combined proteomics and metabolomics analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alyssa Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Rompais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Pla</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Durand</w:t>
+                <w:t xml:space="preserve">Mohammed Selloum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Castelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Centeno</w:t>
+                <w:t xml:space="preserve">Emmanuelle Mouton-Barbosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sports Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 39 (9), pp.969-978. </w:t>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8 (1), pp.311. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/02640414.2020.1851933⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41597-021-01095-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03275295v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03453736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ChemHouse: A research and development centre for chemometrics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Boulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Brandolini-Bunlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1924,243 +1924,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01421002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diététicien en recherche clinique interventionnelle en nutrition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Therapeutic paracetamol treatment in older persons induces dietary and metabolic modifications related to sulfur amino acids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gisèle Pickering</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Lyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Ducheix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Brandolini-Bunlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Information diététique </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">AGE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 34 (1), pp.181-193. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11357-011-9218-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01056781v1</w:t>
+                <w:t xml:space="preserve">hal-01190472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Therapeutic paracetamol treatment in older persons induces dietary and metabolic modifications related to sulfur amino acids</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Diététicien en recherche clinique interventionnelle en nutrition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Brandolini-Bunlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salomé Veret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGE</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L'Information diététique </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 4, pp.18-26</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01190472v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01056781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does chronic treatment with paracetamol have nutritional consequence in elderly subjects?</w:t>
               </w:r>
@@ -4368,286 +4368,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00114593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two polyol, low digestible carbohydrates improve the apparent absorption of magnesium but not of calcium in healthy young men</w:t>
+                <w:t xml:space="preserve">Effect of short-chain fructooligosaccharides on intestinal calcium absorption and calcium status in postmenopausal women: a stable-isotope study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Coudray</w:t>
+                <w:t xml:space="preserve">Maha Tahiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Bellanger</w:t>
+                <w:t xml:space="preserve">Jean Tressol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Vermorel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">D. Wils</w:t>
+                <w:t xml:space="preserve">Josiane Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Rj Bornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Bouteloup-Demange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nutrition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The American Journal of Clinical Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 77 (2), pp.449-457. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ajcn/77.2.449⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02675417v1</w:t>
+                <w:t xml:space="preserve">hal-03641172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of short-chain fructooligosaccharides on intestinal calcium absorption and calcium status in postmenopausal women: a stable-isotope study</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Two polyol, low digestible carbohydrates improve the apparent absorption of magnesium but not of calcium in healthy young men</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francis Rj Bornet</w:t>
+                <w:t xml:space="preserve">C. Coudray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Bouteloup-Demange</w:t>
+                <w:t xml:space="preserve">J. Bellanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Vermorel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Sinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Wils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The American Journal of Clinical Nutrition</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 133 (1), pp.90-93</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03641172v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02675417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daily protein intakes and eating patterns in young and elderly french</w:t>
               </w:r>
@@ -5576,243 +5576,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00416281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conseils pour l’alimentation des personnes âgées</w:t>
+                <w:t xml:space="preserve">Conseils nutritionnels pratiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Brandolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Françoise Venant</w:t>
+                <w:t xml:space="preserve">Christèle Picherit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Martins-Conde</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Patrick Ritz</w:t>
+                <w:t xml:space="preserve">Christian Remesy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 35 (1), pp.55-58</w:t>
+              <w:t xml:space="preserve">NAFAS pratique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 2, pp.35-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03641913v1</w:t>
+                <w:t xml:space="preserve">hal-03641928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conseils nutritionnels pratiques</w:t>
+                <w:t xml:space="preserve">Conseils pour l’alimentation des personnes âgées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Brandolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Françoise Venant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Martins-Conde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christèle Picherit</w:t>
+                <w:t xml:space="preserve">Bernard Beaufrere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Remesy</w:t>
+                <w:t xml:space="preserve">Patrick Ritz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NAFAS pratique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 2, pp.35-44</w:t>
+              <w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 35 (1), pp.55-58</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03641928v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03641913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (22)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5949,273 +5949,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05448412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of multiblock methods for predicting the severity of COVID-19 from clinical, biochemical and metabolomic data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marion Brandolini-Bunlon</w:t>
+                <w:t xml:space="preserve">R4multidata: an user and developer community of multidimensional data analysis tools with R software</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alyssa Imbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit B. Jaillais</w:t>
+                <w:t xml:space="preserve">Élise Maigné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Le Gouellec</w:t>
+                <w:t xml:space="preserve">Sébastien Theil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel J. -M. Roger</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Isabelle Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Rossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloquium Chemiometricum Mediterraneum (CCM2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Statistiques - groupe Chimiométrie, Sep 2025, Porquerolles, France</w:t>
+              <w:t xml:space="preserve">Journées du PEPI IBIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05265568v1</w:t>
+                <w:t xml:space="preserve">hal-05522979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R4multidata: an user and developer community of multidimensional data analysis tools with R software</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Élise Maigné</w:t>
+                <w:t xml:space="preserve">Contribution of multiblock methods for predicting the severity of COVID-19 from clinical, biochemical and metabolomic data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Brandolini-Bunlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Theil</w:t>
+                <w:t xml:space="preserve">Benoit B. Jaillais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Sanchez</w:t>
+                <w:t xml:space="preserve">Audrey Le Gouellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Rossard</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Michel J. -M. Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées du PEPI IBIS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Rennes, France</w:t>
+              <w:t xml:space="preserve">Colloquium Chemiometricum Mediterraneum (CCM2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Statistiques - groupe Chimiométrie, Sep 2025, Porquerolles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05522979v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05265568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic resilience in goats: Insights from nutritional challenge with metabolomic analysis</w:t>
               </w:r>
@@ -8043,51 +8043,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pickering</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Ducheix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8550,77 +8550,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Brandolini-Bunlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Maigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Theil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Rossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chimiométrie XXV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2026, Nancy, France. </w:t>
@@ -8662,51 +8662,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ProMetIS 2.0: proteomics and metabolomics data analysis and integration, applied to the characterization of the Lat and Mx2 knock-out phenotypes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oneeb Nasir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alyssa Imbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dechaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8774,77 +8774,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ChemHouse, a research and development centre for chemometrics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit B. Jaillais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Brandolini-Bunlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Boulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Chaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9037,90 +9037,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Molecular Profiling to Precision Medicine in Metabolic Syndrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Comte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Monnerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Brandolini-Bunlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Castelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th Annual Conference of the Metabolomics Society (Metabolomics 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, La Haye, Netherlands. 300 p., 2019</w:t>
@@ -9175,51 +9175,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Brandolini-Bunlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pétéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Monnerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10514,51 +10514,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="23338761"/>
+    <w:nsid w:val="4FF5B29B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10745,51 +10745,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marion-brandolini" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0131-8216" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05434016v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Durand" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Zola" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bousquet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Picard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Kowalczuk" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.4c00561" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04766734v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Tuyen Le" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bertrand" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Brandolini-Bunlon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gentil" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Robiou Du Pont" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.276" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013159v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Jaillais" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cariou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Comte" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pujos-Guillot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo13030373" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04186166v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Villain" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chanson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malwina Mainka" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Kampschulte" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Le Faouder" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.107422" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/pasteur-03453736v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Imbert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Rompais" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Selloum" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Castelli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Mouton-Barbosa" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-021-01095-3" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642211v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Roger" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Servien" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Boulet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tremblay-Franco" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03283772v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Monnerie" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2021.103440" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03275295v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Pla" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Centeno" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2020.1851933" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641629v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chaix" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Latrille" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09603360211059284" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308942v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie P&#233;t&#233;ra" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gaudreau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bougeard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-019-1598-y" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827937v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fouillet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Joly" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Martin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jn/nxy049" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595569v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhouha Grissa" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.7b00116" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421002v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Brandolini" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amedeo Napoli" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmolb.2016.00030" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056781v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Veret" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190472v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Pickering" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lyan" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Ducheix" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-011-9218-4" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03256359v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Pickering" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamande B," TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ducheix" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662080v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Brink" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Coxam" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Robins" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristiina W&#228;h&#228;l&#228;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aedin Cassidy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661732v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Bonjour" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Boirie" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Morel-Laporte" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Braesco" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114508937429" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641821v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulette Rousset" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Boirie" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Gu&#233;guen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Berti&#233;re" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114507888775" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661475v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Montaurier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Morio" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bannier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Derost" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Arnaud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awm113" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660044v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Berti&#232;re" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/BJN20051653" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667403v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas V&#233;drine" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacinthe Mathey" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Morand" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne M.-J. Davicco" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.ejcn.1602415" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661012v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Feillet Coudray" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Meunier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bayle" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Andriollo-Sanchez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/BJN20061762" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682413v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/BJN20041328" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641202v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lazzer" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Boirie" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Itier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Meyer" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0007-9960(05)80466-3" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675492v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rambeau" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Tressol" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683191v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.ejcn.1602298" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681279v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hininger-Favier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Toti" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Zaccaria" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.ejcn.1602296" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682778v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vermorel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles C. Coudray" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wils" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sinaud" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00394-004-0477-z" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JVRNG7S8-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682356v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Malpuech Brug&#232;re" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.H.G. Verboket-van de Venne" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.P. Mensik" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Arnal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294410v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Malpuech-Brug&#232;re" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilhelmine P H G Verboeket-van de Venne" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald P Mensink" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agnes Arnal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114593v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Rousset" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brandolini" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin J. F." TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Droit-Volet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bonin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675417v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coudray" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bellanger" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vermorel" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641172v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Tahiri" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Tressol" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Arnaud" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Rj Bornet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bouteloup-Demange" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ajcn/77.2.449" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676721v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rousset" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Patureau-Mirand" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Martin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640992v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mulligan" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Moreau" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Livingstone" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Beaufr&#232;re" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000048923" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676102v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vernet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642205v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rousset" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bonin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lhoutellier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641937v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672189v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Droit-Volet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694827v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Grolier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Levadoux" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Borel" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416281v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gaumet-Meunier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mj Davicco" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lebecque" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641913v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Venant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Martins-Conde" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Beaufrere" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ritz" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641928v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Picherit" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Remesy" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05448412v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Brosse" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bonnet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Mign&#233;" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05265568v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B. Jaillais" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Le Gouellec" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel J. -M. Roger" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522979v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Maign&#233;" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Theil" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sanchez" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Rossard" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05448403v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Pires" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04628662v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Gaudreau" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04604551v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04604527v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485970v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hanafi" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151913v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Jaillais" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693868v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774517v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Vigneau" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790379v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bougeard" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154660v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Bougeard" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612481v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bertrand" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13167-017-0108-4" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739170v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunfei Liu" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie P&#233;&#233;ra" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742272v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740434v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Herquelot" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738707v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000440895" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746795v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pickering" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.numecd.2013.10.003" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115388v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lhoutellier" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Grandjean" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115052v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115390v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522215v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Maigne" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035118v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oneeb Nasir" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dechaumet" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Roger" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Burger" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910363v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Latrille" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494585v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Andueza" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Picard" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Constant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Fossaert" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de La Torre Capitan" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293580v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735432v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Morais" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722032v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595134v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Giacomoni" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598844v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lesgards" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Martin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740744v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581617v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594609v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581591v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740234v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fernandes" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05019299v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=j&#233;r&#233;my ratel" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Troin" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Kondjoyan" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mercier" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marion-brandolini" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0131-8216" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05434016v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Durand" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Zola" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bousquet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Picard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Kowalczuk" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.4c00561" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04766734v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Tuyen Le" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bertrand" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Brandolini-Bunlon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gentil" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Robiou Du Pont" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.276" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013159v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Jaillais" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cariou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Comte" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pujos-Guillot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo13030373" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04186166v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Villain" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chanson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malwina Mainka" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Kampschulte" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Le Faouder" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.107422" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642211v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Roger" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Servien" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Boulet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tremblay-Franco" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03283772v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Monnerie" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Castelli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2021.103440" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03275295v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Pla" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Centeno" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2020.1851933" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/pasteur-03453736v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Imbert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Rompais" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Selloum" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Mouton-Barbosa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-021-01095-3" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641629v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chaix" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Latrille" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09603360211059284" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308942v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie P&#233;t&#233;ra" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gaudreau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bougeard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-019-1598-y" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827937v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fouillet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Joly" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Martin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jn/nxy049" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595569v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhouha Grissa" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.7b00116" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421002v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Brandolini" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amedeo Napoli" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmolb.2016.00030" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190472v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Pickering" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lyan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Ducheix" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-011-9218-4" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056781v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Veret" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03256359v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Pickering" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamande B," TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ducheix" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662080v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Brink" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Coxam" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Robins" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristiina W&#228;h&#228;l&#228;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aedin Cassidy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661732v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Bonjour" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Boirie" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Morel-Laporte" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Braesco" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114508937429" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641821v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulette Rousset" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Boirie" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Gu&#233;guen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Berti&#233;re" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114507888775" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661475v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Montaurier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Morio" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bannier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Derost" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Arnaud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awm113" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660044v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Berti&#232;re" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/BJN20051653" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667403v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas V&#233;drine" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacinthe Mathey" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Morand" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne M.-J. Davicco" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.ejcn.1602415" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661012v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Feillet Coudray" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Meunier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bayle" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Andriollo-Sanchez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/BJN20061762" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682413v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/BJN20041328" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641202v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lazzer" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Boirie" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Itier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Meyer" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0007-9960(05)80466-3" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675492v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rambeau" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Tressol" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683191v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.ejcn.1602298" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681279v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hininger-Favier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Toti" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Zaccaria" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.ejcn.1602296" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682778v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vermorel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles C. Coudray" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wils" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sinaud" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00394-004-0477-z" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JVRNG7S8-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682356v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Malpuech Brug&#232;re" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.H.G. Verboket-van de Venne" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.P. Mensik" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Arnal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294410v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Malpuech-Brug&#232;re" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilhelmine P H G Verboeket-van de Venne" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald P Mensink" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agnes Arnal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114593v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Rousset" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brandolini" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin J. F." TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Droit-Volet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bonin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641172v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Tahiri" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Tressol" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Arnaud" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Rj Bornet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bouteloup-Demange" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ajcn/77.2.449" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675417v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coudray" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bellanger" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vermorel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676721v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rousset" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Patureau-Mirand" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Martin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640992v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mulligan" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Moreau" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Livingstone" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Beaufr&#232;re" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000048923" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676102v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vernet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642205v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rousset" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bonin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lhoutellier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641937v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672189v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Droit-Volet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694827v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Grolier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Levadoux" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Borel" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416281v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gaumet-Meunier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mj Davicco" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lebecque" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641928v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Picherit" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Remesy" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641913v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Venant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Martins-Conde" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Beaufrere" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ritz" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05448412v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Brosse" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bonnet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Mign&#233;" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522979v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Maign&#233;" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Theil" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sanchez" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Rossard" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05265568v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B. Jaillais" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Le Gouellec" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel J. -M. Roger" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05448403v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Pires" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04628662v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Gaudreau" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04604551v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04604527v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485970v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hanafi" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151913v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Jaillais" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693868v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774517v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Vigneau" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790379v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bougeard" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154660v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Bougeard" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612481v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bertrand" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13167-017-0108-4" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739170v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunfei Liu" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie P&#233;&#233;ra" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742272v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740434v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Herquelot" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738707v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000440895" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746795v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pickering" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.numecd.2013.10.003" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115388v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lhoutellier" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Grandjean" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115052v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115390v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522215v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Maigne" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035118v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oneeb Nasir" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dechaumet" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Roger" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Burger" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910363v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Latrille" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494585v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Andueza" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Picard" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Constant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Fossaert" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de La Torre Capitan" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293580v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735432v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Morais" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722032v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595134v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Giacomoni" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598844v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lesgards" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Martin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740744v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581617v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594609v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581591v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740234v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fernandes" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05019299v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=j&#233;r&#233;my ratel" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Troin" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Kondjoyan" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mercier" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>