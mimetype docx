--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -754,209 +754,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04331398v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Role of Health at Birth and Parental Investment in Early Child Development. Evidence from the French ELFE Cohort</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Lavaine</w:t>
+                <w:t xml:space="preserve">Pollution, children’s health and the evolution of human capital inequality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Davin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Health Economics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10198-021-01332-x⟩</w:t>
+              <w:t xml:space="preserve">Mathematical Social Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 112, pp.1-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mathsocsci.2021.03.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03349127v1</w:t>
+                <w:t xml:space="preserve">hal-03212637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pollution, children’s health and the evolution of human capital inequality</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Karine Constant</w:t>
+                <w:t xml:space="preserve">The Role of Health at Birth and Parental Investment in Early Child Development. Evidence from the French ELFE Cohort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Lavaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Davin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematical Social Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 112, pp.1-48. </w:t>
+              <w:t xml:space="preserve">European Journal of Health Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22, pp.1217-1237. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mathsocsci.2021.03.009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10198-021-01332-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03212637v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03349127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unequal Vulnerability to Climate Change and the Transmission of Adverse Effects Through International Trade</w:t>
               </w:r>
@@ -1762,51 +1762,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Davin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Lavaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28. Annual Conference of the European Association of Environmental and Resource Economists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Association of Environmental and Resource Economists, Jun 2023, Limassol, Cyprus</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2153,109 +2153,122 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04955309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pollution, children’s health and the evolution of human capital inequality</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Environment, public debt and epidemics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Davin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouez Fodha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Seegmuller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26. Annual Conference of the European Association of Environmental and Resource Economists</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">7. Workshop Environmental and Resource Economics,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04948574v1</w:t>
+                <w:t xml:space="preserve">halshs-04948522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environment, public debt and epidemics</w:t>
               </w:r>
@@ -2284,168 +2297,155 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Mouez Fodha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Seegmuller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Workshop Environmental and Resource Economics,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Workshop Epidemics, Ecology and Economy: intersections and interplays</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04948522v1</w:t>
+                <w:t xml:space="preserve">halshs-04948489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environment, public debt and epidemics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pollution, children’s health and the evolution of human capital inequality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Constant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Davin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Seegmuller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop Epidemics, Ecology and Economy: intersections and interplays</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2022, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">26. Annual Conference of the European Association of Environmental and Resource Economists</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04948489v1</w:t>
+                <w:t xml:space="preserve">hal-04948574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pollution in a globalized world: Are debt transfers among countries a solution?</w:t>
               </w:r>
@@ -2771,51 +2771,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Davin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Lavaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3228,51 +3228,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Role of Health at Birth and Parental Investment in Early Child Development. Evidence from the French ELFE Cohort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Lavaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Davin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4217,51 +4217,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05234840v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Davin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Dubois" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Erdlenbruch" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Willinger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reseneeco.2025.101531" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04990924v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouez Fodha" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Seegmuller" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1365100525000112" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05114580v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Dispa" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794038v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Constant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles de Truchis" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Keddad" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01956574241240293" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03555726v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jpet.12566" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04331398v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijet.12333" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03349127v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lavaine" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10198-021-01332-x" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03212637v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mathsocsci.2021.03.009" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215353v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10640-019-00345-8" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944466v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1365100517000189" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944628v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gente" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Nourry" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmacro.2018.05.007" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621323v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01457381v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mathsocsci.2015.04.003" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01474256v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/redp.244.0553" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01946300v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948460v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04938090v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04955319v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ricci" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04948542v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04948558v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04955309v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04948574v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04948522v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04948489v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04948653v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04948632v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305220v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974843v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04477409v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620026v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04346858v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04346813v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03189147v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03222251v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02990775v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02303265v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01947416v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00964540v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00881048v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00822391v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00644094v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04955234v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05234840v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Davin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Dubois" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Erdlenbruch" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Willinger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reseneeco.2025.101531" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04990924v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouez Fodha" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Seegmuller" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1365100525000112" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05114580v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Dispa" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794038v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Constant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles de Truchis" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Keddad" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01956574241240293" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03555726v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jpet.12566" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04331398v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijet.12333" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03212637v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mathsocsci.2021.03.009" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03349127v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lavaine" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10198-021-01332-x" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215353v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10640-019-00345-8" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944466v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1365100517000189" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944628v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gente" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Nourry" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmacro.2018.05.007" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621323v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01457381v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mathsocsci.2015.04.003" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01474256v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/redp.244.0553" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01946300v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948460v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04938090v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04955319v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ricci" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04948542v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04948558v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04955309v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04948522v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04948489v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04948574v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04948653v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04948632v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305220v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974843v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04477409v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620026v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04346858v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04346813v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03189147v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03222251v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02990775v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02303265v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01947416v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00964540v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00881048v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00822391v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00644094v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04955234v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>