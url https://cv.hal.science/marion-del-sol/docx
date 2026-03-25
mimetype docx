--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -3951,389 +3951,4351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04184153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pour une opposabilité absolue de la C2S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Ginon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, n° 12, p. 1028</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04529633v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avant-propos. Des faits, une procédure, un objet de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Rousvoal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josépha Dirringer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amplitude du droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, n° 2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.56078/amplitude-droit.458⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04493968v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le risque managérial au prisme du droit social : une mise en visibilité perfectible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion del Sol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Amplitude du droit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, n° 2, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.56078/amplitude-droit.477⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04494065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Débat sur la « grande Sécu » : revenir à l'essentiel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Ginon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 01, pp.80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03520832v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'articulation entre assurance maladie obligatoire et assurance maladie complémentaire : quelles implications pour la solidarité ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Moisdon-Chataigner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Regards</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 35 ans de regard sur la protection sociale, 60 (1), pp.142-148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/regar.060.0129⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03819096v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entretien avec M. Jean Danet, membre de la mission Guigou sur la présomption d’innocence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Danet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...12 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Rousvoal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Auroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amplitude du droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1, pp.19-37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.56078/amplitude-droit.236⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04077152v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'avenir de la prise en charge de la dépense de soin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Ginon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 07 et 08, pp.612</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03711753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esquisse d'une cartographie de la mobilisation des outils digitaux dans le champ de la santé-travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11, pp.920</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03425319v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’assurance maladie complémentaire des salariés au prisme du fiscal welfare… what’s going wrong in France ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Turquet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue de l'IRES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Numéro spécial. Assurance santé : aux frontières du public et du privé., 1-2 (103-104), pp.45-73. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rdli.103.0045⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03411441v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La protection sociale complémentaire des travailleurs de plateforme au risque du marché</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 07 et 08, pp.589</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03285833v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un rapport mutique sur les enjeux de protection sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josépha Dirringer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion del Sol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Amplitude du droit</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 03, pp.223</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Marion del Sol</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03166988v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pratiques et Apports de la QPC en droit de la Santé (PAQS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Caillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josépha Dirringer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Poulot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Titre VII – Les Cahiers du Conseil constitutionnel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Hors-série, pp.221-237</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03082416v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Protéger les finances sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.960</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02992776v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réflexions sur les offres à dimension préventive développées par les organismes d'assurance en santé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Juston Morival</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Ginon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit Social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, n° 12, p. 1028</w:t>
+              <w:t xml:space="preserve">, 2019, 11, pp.921-927</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Débat sur la « grande Sécu » : revenir à l'essentiel</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02363802v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'opposabilité des sources conventionnelles : apports de la directive n° 2018/957 et effets potentiels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3, pp.223-228</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01935080v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La réglementation en assurance santé collective, une logique vertueuse ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Argus de l'assurance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 7555-7756, pp.48-50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01835803v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Free movement of workers in the eu and occupational pensions: conflicting priorities? between case law and legislative interventions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion del Sol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne-Sophie Ginon</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Rocca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Social Security</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 19 (2), pp.141-157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1388262717711776⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01551386v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La mise en perspective de l’évaluation de l’invalidité et de l’incapacité permanente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Regards</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 51, pp.121-128</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01556354v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Restes à charge et assurance santé complémentaire : des régulations (presque) tous azimuts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, hors-série, pp.73-88</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01633646v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dimension communautaire des professions réglementées : un paradigme en mutation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit Social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 01, pp.80</w:t>
+              <w:t xml:space="preserve">, 2016, 2, pp.131-136</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01379207v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de protection sociale complémentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hennion-Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 09, pp.760</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02200112v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de protection sociale complémentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hennion-Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 9, pp.760-772</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02537931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catégorisation de l'assurance santé complémentaire : attention danger(s)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 9, pp.760</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01379248v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de protection sociale complémentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hennion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 3, pp.271-281</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01224776v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'indemnisation des victimes d'accidents du travail et de maladies professionnelles, scandale (persistant) de nos sociétés modernes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 4, pp.292</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01142893v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prise en charge assurantielle du handicap et de la dépendance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 05, pp.759-767</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01223943v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prise en considération du retentissement professionnel, parent pauvre de la réparation ATMP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 4, pp.300-306</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01224775v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prise en compte d'une période d'activité à l'étranger dans le calcul de l'ACAATA : le &amp;quot;oui mais&amp;quot; de l'Assemblée plénière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 557, pp.26-30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00948339v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de protection sociale complémentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hennion-Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5, pp.464-473</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00988952v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Retraites supplémentaires professionnelles : l'influence diffuse de l'Union européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 7-8, pp.627-633</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01016049v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Échanges d'information entre acteurs de la lutte contre la fraude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 11, pp.911-917</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01224778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Échanges d'informations entre acteurs de la lutte contre la fraude. Les apports tenant aux lois de financement de la sécurité sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 11, pp.911-917</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01083283v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Échanges d'informations entre acteurs de la lutte contre la fraude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 11, pp.911</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02200729v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Généralisation de la couverture complémentaire santé des salariés : éléments de controverse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.165-173</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02918483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de protection sociale d'entreprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hennion-Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Casson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Semaine sociale Lamy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1601, pp.7-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00874691v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de protection sociale d'entreprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hennion-Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Casson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Semaine sociale Lamy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1602, pp.4-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00876669v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La détermination du lieu habituel d'exécution du travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de droit de l'entreprise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 3, pp.30-33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00845220v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Commentaire des articles 1 et 2 de l'Accord national interprofessionnel du 11 janvier 2013, pour un nouveau modèle économique et social au service de la compétititvité des entreprises et de la sécurisation de l'emploi et des parcours professionnels des salariés : généralisation de la couverture santé des salariés : des avancées, des évolutions, des interrogations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 514, pp.16-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00785894v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Commentaire des articles 2, 3 et 4 de la loi n° 2013-504 du 14 juin 2013, relative à la sécurisation de l'emploi sur la généralisation de la couverture santé, la fin des clauses de désignation et la réforme de la portabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 534, pp.39-40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00845247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le principe d'égalité de traitement bouté hors du champ de la prévoyance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 521, pp.25-29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00809456v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'indemnisation des victimes d'AT/MP passe par le droit de la Sécurité sociale et non, en principe, par l'obligation de sécurité du droit du travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 536, pp.4-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00867721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de protection sociale d'entreprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hennion-Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Casson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Semaine sociale Lamy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1574, pp.5-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00799456v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caractère collectif et obligatoire des garanties de prévoyance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 545, pp.27-32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00905542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Commentaire de l'article 1 er de la loi n° 2013-504 du 14 juin 2013 relative à la sécurisation de l'emploi sur la généralisation de la couverture santé, la fin des clauses de désignation et la réforme de la portabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 534, pp.31-38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00845227v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les décisions et pratiques managériales à l'épreuve du droit à la santé au travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 05, pp.868-880</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237224v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caractère collectif et obligatoire des garanties de protection sociale complémentaire : il est (enfin !) venu le temps du décret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 472, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00671466v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de protection sociale d'entreprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hennion-Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Casson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Semaine sociale Lamy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1546, pp.4-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00720053v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrat collectif à adhésion facultative : précisions sur la faculté de résiliation des adhérents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 502, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00757593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prévoyance des expatriés et caractère collectif des garanties de protection sociale complémentaire : comment concilier l'inconciliable ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 30, pp.17-21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00733041v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faut-il réviser la directive détachement ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Le Barbier Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit du travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 5, pp.262-268</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00701369v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Obligation de reclassement consécutive à un avis d'inaptitude et formation à un nouveau poste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 480, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00688235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De quelques faces cachées de l'accès à une assurance-maladie complémentaire individuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7-8, pp.732-740</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00737691v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le décret sur la retraite anticipée pour &amp;quot;carrière longue&amp;quot; : une vraie réforme... mais pas celle du retour à la retraite à 60 ans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 495, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00733044v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accident cardiaque du salarié : les pratiques managériales liées au stress au révélateur de l'obligation de sécurité et de la faute inexcusable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 510, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00771179v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De quelques faces cachées de l'accès à une assurance maladie complémentaire individuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 07 et 08, pp.732</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02199568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'articulation entre assurance maladie obligatoire et assurance maladie complémentaire : quelles implications pour la solidarité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4350,10075 +8312,6113 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Moisdon-Chataigner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regards</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 35 ans de regard sur la protection sociale, 60 (1), pp.142-148. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/regar.060.0129⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 42, pp.210-216. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/regar.049.0069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Jean Danet</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00773534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de protection sociale d'entreprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hennion-Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Rousvoal</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benoît Auroy</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Casson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Semaine sociale Lamy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1550, pp.110-117</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00733051v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LFSS pour 2012 : mesures relatives au recouvrement, au contrôle et à la lutte contre la fraude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 3, pp.48-54</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00671462v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'articulation entre assurance maladie obligatoire et assurance maladie complémentaire : quelles implications pour la solidarité ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...30 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Moisdon-Chataigner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Regards (EN3S)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 42, pp.209-225</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Marion del Sol</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00880240v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Retraite anticipée pour pénibilité : beaucoup de bruit pour (presque) rien ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 437, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00604122v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un cadre juridique en recherche d'équilibre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 05, pp.491</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02199353v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le traitement social et fiscal applicable au financement de la portabilité des droits &amp;quot; prévoyance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 459, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00636365v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La construction juridique du marché de l'assurance santé en Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 2, pp.197-209</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00588270v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reconnaissance de la faute inexcusable de Renault dans le suicide d'un salarié : un arrêt d'appel précurseur en matière de risques psychosociaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 443, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00604127v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régime social des contributions patronales de prévoyance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Semaine sociale Lamy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1490, pp.7-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00604125v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Directive &amp;quot;refonte&amp;quot; sur les comités d'entreprise européens enfin transposée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 461, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00660167v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LFSS pour 2011 : mesures relatives au recouvrement, au contrôle et à la lutte contre la fraude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 3, pp.33 -38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00561731v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'assurance maladie privée en Europe : situation et tendances actuelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne-Sophie Ginon</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Turquet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Concours médical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 5, pp.408-412</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00773599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les dispositions relatives aux régimes de retraite supplémentaire à cotisations définies et à prestations définies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 8, pp.40- 43</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00587857v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de protection sociale d'entreprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hennion-Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Casson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Le Barbier Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Semaine sociale Lamy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1516, pp.6-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00660162v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de protection sociale d'entreprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hennion-Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Casson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Le Barbier Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Semaine sociale Lamy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1504, pp.142-150</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00633480v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolutions réglementaires et précisions administratives estivales en matière de retraite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 453, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00633513v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'euro-compatibilité des clauses conventionnelles d'affiliation obligatoire à un organisme d'assurance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 433, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00587864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Instauration d'un régime de prévoyance par référendum : la majorité des électeurs inscrits doit approuver le projet d'accord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 465, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00660158v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de protection sociale d'entreprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hennion-Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Casson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Le Barbier Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Semaine sociale Lamy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1498, pp.4-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00606219v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un cadre juridique en recherche d'équilibre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit Social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 07 et 08, pp.612</w:t>
+              <w:t xml:space="preserve">, 2011, 5, pp.491-498</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11, pp.920</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00604129v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le remplacement consécutif au licenciement à raison d'une absence prolongée pour maladie : entre exigence et relative souplesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 430, pp.1009-1010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Marion del Sol</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00587860v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LFSS pour 2010 : mesures de contrôle et de lutte contre la fraude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 1, pp.1005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00446313v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dispositions portant sur l'épargne retraite et les retraites supplémentaires d'entreprise (article 107 à 117 de la loi)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 419, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00553588v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La réforme de la tarification de ATMP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin social Francis Lefebvre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 10, pp.391- 398</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00533329v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluer l'organisation d'un service ne vaut pas évaluation individuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 406, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00533313v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La lutte contre la fraude au remboursement des soins reçus en dehors de l'Union européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 11, pp.19 -23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00476547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'indemnisation du salarié victime d'un AT-MP pendant la période de reclassement : une réalité au 1 er juillet 2010</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 387, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00476549v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le lieu d'accomplissement du travail au coeur du régime juridique du contrat de travail international</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 417, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00545073v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique Protection sociale d'entreprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hennion-Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Casson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 50, pp.2120</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00555644v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique Protection sociale d'entreprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hennion-Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Casson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 24, pp.1597</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00506363v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prévisibilité du rythme de travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 411, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00533315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'imperméabilité du droit de l'inaptitude au droit des AT-MP en cas de rechute</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 402, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00517493v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De quelques précisions et rappels sur le régime des AT-MP à partir de cinq arrêts de décembre 2009</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 380, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00457764v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régime des contrats de travail à temps non complet ! la Cour de cassation apporte des précisions !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 404, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00517497v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le constat d'inaptitude déclenchant l'obligation de reclassement peut intervenir en dehors de toute visite médicale de reprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 396, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00506347v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les relations de l'employeur cotisant avec l'Urssaf : la Cour de cassation apporte d'utiles précisions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 384, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00467408v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La fourniture gratuite de produits vendus par l'entreprise peut-elle être qualifiée de frais professionnels ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 48, pp.35 -36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00438301v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sauf dispositions contraires, le contrat de groupe couvrant les cadres de l'entreprise souscrit auprès d'une société d'assurance reste régi par le Code des assurances (2ème civ. 22/10/2009)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 373, pp.1005-1006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00438294v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Europe et mutualité : une influence à sens unique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 3, pp.410- 421</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00405230v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Financement des régimes de protection sociale complémentaire Circ. n° DSS/5B/2009/32, 30 janv. 2009</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 15, pp.179</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00380419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La validité des contrôles antérieurs à la réforme des délégations de compétences inter-URSSAF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 30, pp.1345</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00412100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La faute grave du travailleur social auteur d'un mauvais traitement : des contours qui se précisent ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 353, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00405264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La réforme de la procédure d'instruction des déclarations AT-MP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, pp.364</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00426667v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le financement des prestations de prévoyance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin social Francis Lefebvre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 8, pp.425-435</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00415573v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le délai de reclassement consécutif à l'avis d'inaptitude peut sans doute être écourté... mais non sans risque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 350, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00395338v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Durée du travail : des jours flottants et RTT peuvent être réservés aux travailleurs à temps complet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 38, pp.22 -24</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00422297v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouvelles règles relatives aux relations cotisant/Urssaf (loi de simplification et de clarification du droit et d'allégement des procédures du 12 mai 2009)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 357, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00405235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faut-il libéraliser le prêt de main d'oeuvre ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit du travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 11, pp.625-628</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00438290v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faut-il libéraliser le prêt de main-d'uvre ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Dockès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit du travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 11, pp.625</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02241316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Protection sociale d'entreprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hennion-Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Casson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 46, pp.2076</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00438304v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Protection sociale d'entreprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hennion-Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Casson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Le Barbier Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 16, pp.45-52</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00380412v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'appréciation de la reprise du risque ATMP en cas de scission d'entreprise : la relativité des critères de l'article D. 242-6-13 CSS (2ème civ. 10/09/2009)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 369, pp.1009-1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00438297v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LFSS pour 2009 : dispositions relatives à la lutte contre la fraude et à la récupération des prestations indues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 4, pp.40-45</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00363557v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LFSS pour 2008 : la lutte contre la fraude en matière sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 4, pp.39- 43</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00246585v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les nouvelles règles applicables au contrôle URSSAF stricto sensu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de droit de l'entreprise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 15, pp.43-48</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00331801v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indemnisation et contrôle des arrêts de travail pour maladie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin social Francis Lefebvre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 7, pp.417-426</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00331795v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des modalités de redressement rénovées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de droit de l'entreprise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 16, pp.49-55</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00331804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Protection sociale d'entreprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hennion-Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Casson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Otto Kaufmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Kessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 30, pp.1984</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00323715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La protection de l'information confidentielle acquise par les salariés et leurs représentants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Lefranc-Hamoniaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 52, pp.1666</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00351553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modification du contrat de travail : manifestation de la volonté du salarié d'accepter ou non la modification du contrat de travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 3, pp.20- 22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00216023v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les nouvelles règles relatives à l'environnement du contrôle URSSAF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de droit de l'entreprise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 14, pp.36 -42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00331798v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loi de financement de la sécurité sociale pour 2008 : la lutte contre la fraude en matière sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 4, pp.39-43</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00261080v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Protection sociale d'entreprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hennion-Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Casson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Otto Kaufmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Kessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 31, pp.2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00323716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les faux semblants des retraites d'entreprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 1, pp.43-52</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00261077v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La légalisation du redressement par sondage... ou le recul de la taxation sur des bases réelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 10, pp.12-17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00261072v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La complémentaire santé individuelle et collective : bouleversements et interrogations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 5, pp.912-913</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00351881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du devoir de l'employeur de faire cesser les attitudes discriminatoires dont une salariée est victime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit du travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, pp.728</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00216086v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Horaires individualisés et reports d'heures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, pp.1291</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00146343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modalités de mise en oeuvre des conventions de forfait-jours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, pp.1217</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00146340v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dénonciation du régime résultant d'un engagement unilatéral de l'employeur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 47, pp.1887</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00215995v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Travailleurs handicapés : dépasser l'obligation légale d'emploi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin social Francis Lefebvre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 11, pp.633- 645</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00215980v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clause de mobilité détournée de son objet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 1, pp.1004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00134746v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La branche « Accidents du travail et maladies professionnelles » ou les difficultés de socialisation du risque professionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Turquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Revue de l'IRES</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue d'économie appliquée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 1, pp.153-180</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 07 et 08, pp.589</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00147215v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le dispositif du travail à temps partagé issu de la loi du 2 août 2005 : une forme nouvelle de mise à disposition qui ne dit pas son nom</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin social Francis Lefebvre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 3, pp.175- 183</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Josépha Dirringer</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00146337v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Protection sociale d'entreprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Casson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion del Sol</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 03, pp.223</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hennion-Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Otto Kaufmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Le Barbier Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 49, pp.2530</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Marie Mesnil</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00216014v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Travail à temps partiel et modification des horaires quotidiens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 9, pp.1136</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00134751v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clause de mobilité et transfert partiel du lieu de travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 8, pp.1120</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00134749v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Protection sociale d'entreprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Casson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pascal Caillaud</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marion del Sol</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hennion-Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Josépha Dirringer</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Otto Kaufmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Suzanne Poulot</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Kessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Titre VII – Les Cahiers du Conseil constitutionnel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Hors-série, pp.221-237</w:t>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 50, pp.43-50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11, pp.960</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00200150v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déréguler le licenciement pour mieux sécuriser les personnes : les ambiguïtés de la flexicurité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Turquet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 3, pp.530-543</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...9167 lines deleted...]
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00151319v1</w:t>
-              </w:r>
-[...123 lines deleted...]
-                <w:t xml:space="preserve">halshs-00200150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le compte épargne-temps : un dispositif reconfiguré</w:t>
               </w:r>
@@ -23327,51 +23327,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04914633v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion del Sol" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iode.univ-rennes.fr/collection-en-ligne-amplitude-du-droit" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04914413v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Ginon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04632151v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;pha Dirringer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620987v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Batifoulier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621003v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Comer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819041v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819023v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621008v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620999v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621013v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas da Silva" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04255007v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.furg.br/handle/1/9151" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080512v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Coron" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-54355-6_2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/STF-5367G1G4-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080500v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Beno&#238;t" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-54355-6_6" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/STF-PJFPHSK2-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090767v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-54355-6_1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918406v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-54355-6_4" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918413v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Houssoy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-54355-6_10" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500864v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mareetmartin.com/rubrique/droit-et-sciences-politiques" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01921066v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4715" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01835888v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/de/book/9783662560327" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01342778v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-dalloz.fr/quelle-s-protection-s-sociale-s-demain.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01342490v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Corgas-Bernard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.octares.com/travail-et-activite-humaine/204-variations-sur-et-autour-de-linaptitude-en-sante-travail.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01342478v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918424v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01378802v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Moisdon-Chataigner" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109988v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02918540v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918459v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00956756v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-41311-7_27" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00956752v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-41311-7_26" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00685982v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rachet-Darfeuille" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00874703v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591866v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00369659v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00405282v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00405290v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00405284v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00405285v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00158241v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00111055v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00369661v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265458v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00262166v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482607v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/regar.066.0133" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405145v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423477v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sss.2023.0251" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184153v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04494065v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56078/amplitude-droit.477" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04493968v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Rousvoal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56078/amplitude-droit.458" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04529633v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03520832v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819096v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Andr&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/regar.060.0129" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04077152v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Danet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Auroy" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56078/amplitude-droit.236" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03711753v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03425319v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411441v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Turquet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdli.103.0045" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03285833v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03166988v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03082416v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mesnil" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Caillaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Poulot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02992776v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363802v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Juston Morival" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01935080v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01835803v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01551386v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Rocca" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1388262717711776" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01556354v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01633646v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01379207v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02200112v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Hennion-Moreau" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pierre" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02537931v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01379248v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01224776v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Hennion" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01142893v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01223943v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01224775v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00948339v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00988952v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01016049v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01224778v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01083283v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02200729v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918483v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00874691v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Casson" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00876669v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00845220v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00785894v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00845247v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00809456v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00867721v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00799456v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00905542v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237224v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00845227v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00671466v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00720053v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00757593v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00733041v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00701369v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Le Barbier Le Bris" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00688235v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00737691v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00733044v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771179v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02199568v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00773534v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/regar.049.0069" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00733051v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00880240v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00671462v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00604122v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02199353v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00636365v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00588270v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00604127v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00604125v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00660167v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00561731v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00773599v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00587857v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00660162v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633480v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633513v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00587864v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00660158v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00606219v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00604129v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00587860v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00446313v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00553588v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00533329v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00533313v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00476547v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00476549v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00545073v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00555644v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00506363v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00533315v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00517493v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00517497v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00506347v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00457764v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00467408v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00438301v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00438294v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00405230v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00380419v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00412100v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00405264v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00426667v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00415573v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00395338v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00422297v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00405235v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00438290v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02241316v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dock&#232;s" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00438304v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00380412v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00438297v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00363557v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00246585v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00331801v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00331795v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00331804v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00323715v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto Kaufmann" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Kessler" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00351553v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lefranc-Hamoniaux" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00216023v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00331798v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00261080v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00323716v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00261077v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00261072v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00351881v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00216086v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00146343v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00146340v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00215995v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00215980v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00134746v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00147215v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00146337v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00216014v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00134751v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00134749v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00151319v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00200150v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00096831v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00067869v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00094097v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00118758v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00118760v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00067864v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00096841v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00068587v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00134743v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00146344v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00247722v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00067891v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00248086v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00067882v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00087645v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010559v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265411v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265752v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265438v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265270v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236345v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265239v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265311v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265764v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265766v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265756v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lhernould" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265770v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00370434v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265777v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02197557v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02197423v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046308v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924910v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117591v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018493v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627691v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Pellerin" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04618913v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813105v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184165v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560929v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560873v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621015v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03971667v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck H&#233;as" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621018v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621017v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03971458v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02149298v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906087v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375684v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01942958v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aude Renoux" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bizette" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Aulnette Le Roux" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01836170v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01949383v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01836206v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01836235v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01520190v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01657862v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01556370v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Domin" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01657835v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Redon" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01633658v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01342795v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01520188v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01343171v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01343161v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110048v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01217425v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01204619v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01247182v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01016042v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01010850v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01061753v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01089249v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01016021v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01016014v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01016006v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00874778v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00955434v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00757606v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00727255v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00782415v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00649952v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Langlais" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591872v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00506436v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00538695v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00410983v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00405276v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00331806v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00174790v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00174793v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00096845v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00096843v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00067875v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04914254v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780891v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Baudel" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Desmoulin-Canselier" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul V&#233;ron" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620995v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03365379v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04150973v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Le Barbier" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/Droit_social_europ%C3%A9en_et_international" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05485822v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/droit-social-europeen-et-international" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03259884v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-54355-6" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02362756v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01633613v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01342330v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00854404v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00533645v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265423v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110065v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00098363v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265445v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779822v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693825v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Anthelme Ad&#232;le" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03082783v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04914633v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion del Sol" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iode.univ-rennes.fr/collection-en-ligne-amplitude-du-droit" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04914413v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Ginon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04632151v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;pha Dirringer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620987v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Batifoulier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621003v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Comer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819041v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819023v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621008v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620999v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621013v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas da Silva" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04255007v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.furg.br/handle/1/9151" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080512v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Coron" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-54355-6_2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/STF-5367G1G4-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080500v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Beno&#238;t" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-54355-6_6" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/STF-PJFPHSK2-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090767v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-54355-6_1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918406v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-54355-6_4" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918413v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Houssoy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-54355-6_10" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500864v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mareetmartin.com/rubrique/droit-et-sciences-politiques" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01921066v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4715" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01835888v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/de/book/9783662560327" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01342778v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-dalloz.fr/quelle-s-protection-s-sociale-s-demain.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01342490v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Corgas-Bernard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.octares.com/travail-et-activite-humaine/204-variations-sur-et-autour-de-linaptitude-en-sante-travail.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01342478v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918424v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01378802v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Moisdon-Chataigner" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109988v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02918540v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918459v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00956756v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-41311-7_27" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00956752v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-41311-7_26" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00685982v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rachet-Darfeuille" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00874703v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591866v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00369659v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00405282v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00405290v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00405284v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00405285v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00158241v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00111055v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00369661v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265458v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00262166v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482607v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/regar.066.0133" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405145v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423477v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sss.2023.0251" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184153v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04529633v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04493968v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Rousvoal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56078/amplitude-droit.458" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04494065v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56078/amplitude-droit.477" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03520832v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819096v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Andr&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/regar.060.0129" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04077152v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Danet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Auroy" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56078/amplitude-droit.236" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03711753v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03425319v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411441v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Turquet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdli.103.0045" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03285833v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03166988v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03082416v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mesnil" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Caillaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Poulot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02992776v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363802v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Juston Morival" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01935080v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01835803v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01551386v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Rocca" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1388262717711776" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01556354v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01633646v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01379207v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02200112v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Hennion-Moreau" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pierre" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02537931v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01379248v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01224776v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Hennion" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01142893v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01223943v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01224775v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00948339v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00988952v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01016049v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01224778v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01083283v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02200729v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918483v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00874691v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Casson" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00876669v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00845220v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00785894v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00845247v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00809456v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00867721v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00799456v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00905542v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00845227v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237224v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00671466v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00720053v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00757593v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00733041v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00701369v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Le Barbier Le Bris" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00688235v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00737691v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00733044v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771179v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02199568v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00773534v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/regar.049.0069" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00733051v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00671462v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00880240v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00604122v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02199353v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00636365v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00588270v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00604127v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00604125v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00660167v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00561731v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00773599v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00587857v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00660162v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633480v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00633513v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00587864v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00660158v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00606219v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00604129v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00587860v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00446313v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00553588v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00533329v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00533313v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00476547v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00476549v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00545073v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00555644v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00506363v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00533315v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00517493v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00457764v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00517497v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00506347v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00467408v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00438301v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00438294v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00405230v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00380419v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00412100v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00405264v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00426667v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00415573v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00395338v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00422297v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00405235v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00438290v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02241316v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dock&#232;s" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00438304v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00380412v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00438297v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00363557v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00246585v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00331801v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00331795v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00331804v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00323715v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto Kaufmann" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Kessler" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00351553v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lefranc-Hamoniaux" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00216023v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00331798v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00261080v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00323716v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00261077v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00261072v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00351881v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00216086v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00146343v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00146340v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00215995v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00215980v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00134746v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00147215v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00146337v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00216014v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00134751v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00134749v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00200150v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00151319v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00096831v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00067869v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00094097v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00118758v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00118760v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00067864v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00096841v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00068587v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00134743v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00146344v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00247722v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00067891v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00248086v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00067882v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00087645v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010559v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265411v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265752v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265438v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265270v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236345v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265239v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265311v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265764v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265766v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265756v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lhernould" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265770v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00370434v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265777v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02197557v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02197423v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046308v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924910v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117591v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018493v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627691v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Pellerin" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04618913v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813105v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184165v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560929v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560873v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621015v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03971667v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck H&#233;as" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621018v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621017v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03971458v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02149298v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906087v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375684v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01942958v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aude Renoux" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bizette" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Aulnette Le Roux" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01836170v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01949383v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01836206v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01836235v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01520190v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01657862v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01556370v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Domin" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01657835v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Redon" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01633658v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01342795v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01520188v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01343171v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01343161v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110048v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01217425v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01204619v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01247182v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01016042v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01010850v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01061753v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01089249v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01016021v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01016014v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01016006v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00874778v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00955434v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00757606v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00727255v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00782415v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00649952v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Langlais" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591872v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00506436v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00538695v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00410983v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00405276v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00331806v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00174790v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00174793v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00096845v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00096843v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00067875v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04914254v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780891v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Baudel" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Desmoulin-Canselier" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul V&#233;ron" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620995v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03365379v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04150973v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Le Barbier" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/Droit_social_europ%C3%A9en_et_international" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05485822v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/droit-social-europeen-et-international" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03259884v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-54355-6" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02362756v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01633613v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01342330v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00854404v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00533645v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265423v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01110065v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00098363v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265445v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779822v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693825v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Anthelme Ad&#232;le" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03082783v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>