--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marion Demonteil </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politique d’égalité de genre dans les carrières des hauts fonctionnaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Action publique. Recherche et pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 4 (27), pp.25-38. </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/aprp.027.0025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05492943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une profession dans les marges des catégories statistiques : les guides-conférencières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Mauchaussée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Vivès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Connaissance de l'emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05262511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cadres du secteur public : des inégalités de carrière et de genre qui se creusent avec l'âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Connaissance de l'emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04159210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On n’est pas là pour s’encroûter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Charpenel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reguina Hatzipetrou-Andronikou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelle Revue du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« On n’est pas là pour s’encroûter ». L’injonction à la mobilité dans les carrières publiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Charpenel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reguina Hatzipetrou-Andronikou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelle Revue du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 22, pp.131-148. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/nrt.13809⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04086538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une part de rêve à 12 000 €</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biens Symboliques = Symbolic Goods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les inspecteurs au rapport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politix</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 135 (34)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une part de rêve à 12 000 euros » : l’hétéronomisation encadrée du jugement des expert·e·s dans une commission Théâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biens Symboliques = Symbolic Goods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bssg.1239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04889390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les inspecteurs au rapport. Recomposition de l’identité des contrôleurs autour d’un instrument d’action publique (1959-2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politix</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 34 (135)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire sens d’un déplacement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire sens d’un déplacement. Ajustement et désajustement des haut·es fonctionnaires en fin de carrière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“On n’est évidemment pas forcé de tout dire”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 15 (4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“On n’est évidemment pas forcé de tout dire” : L’ignorance stratégique au cœur des rapports d’inspection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03377178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ascensions et plafonnements. Les modèles genrés des carrières des cadres du ministère de la Culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Jacquemart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Charpenel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reguina Hatzipetrou-Andronikou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Marry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culture études</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1 (1), pp.1-16. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cule.211.0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03356835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cosande (Fanny) – Le rang. Préséances et hiérarchies dans la France d’Ancien Régime. – Paris, Gallimard, 2016 (Bibliothèque des Histoires). 496 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 69 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02306085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David N. Margolis, Shaimaa Yassin, Les accidents de carrière, Paris, Les Presses de Sciences Po, coll. « Sécuriser l'emploi », 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02194283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand l’interdisciplinarité s’impose : contournement d’un refus de terrain par la prosopographie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studia Europaea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24193/subbeuropaea.2018.2.06⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02194273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Schweitzer, Les inspectrices du Travail, 1878-1974. Le genre de la fonction publique, Rennes, Presses universitaires de Rennes, coll. « Pour une histoire du travail », 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02194340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dubois (Vincent), La culture comme vocation, Paris, Raisons d’agir, coll. Cours&Travaux, 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 56 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02194314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrats courts et longues carrières. Penser les transformations de l’emploi dans la dynamique des parcours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Mauchaussée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La médiation culturelle en questions : formation, emploi et dynamiques professionnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CERLIS; DEPS, Jan 2026, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05475912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déréguler pour diversifier ? Transformations de l’emploi et difficultés de maintien dans la carrière des guides conférencières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Uzlyte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées internationales de sociologie du travail (JIST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d'Évry, Jul 2024, Evry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04602053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les territoires du choix. Les contextes territoriaux différenciés de la contractualisation des guides-conférencières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Poulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Mauchaussée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études Le choix du contrat et des candidat.es</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNAM-CEET, Jun 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04602060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La soutenabilité conditionnelle de l'emploi discontinu dans les mondes de l'art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madlyne Samak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'Association française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04851457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les inspecteurs au rapport. Recomposition de l’identité des contrôleurs autour d’un instrument unique d’action publique (2000-2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’association française de Science politique (AFSP), ST 8. Instruments des réformes managériales et mobilisations professionnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02306090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une administration culturelle sous contrôle ? Rapprochement et centralisation des inspections du ministère de la Culture (2000-2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’association française de Science politique (AFSP), ST 6. Les fusions des organisations publiques. Une nouvelle forme du souci de soi de l’État ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02306092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un travail de catégorisation en actes : observation des commissions régionales de conventionnement des compagnies de théâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’association française de Sociologie (AFS), RT14 - Sociologie des arts et de la culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Aix en Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02306089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La différenciation de la fonction d’inspection par ses archives : genèse de la constitution d’une fonction de contrôle au ministère de la culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e Congrès de l’association internationale de Recherche en management public (AIRMAP), Atelier histoire et management public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Biarritz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02306093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les trois mousquetaires, les sept samouraïs et l’armée mexicaine : logiques de déclassement et sécurisation de fin de carrière chez les inspecteurs généraux des affaires culturelles (1959-2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’association française de Science politique (AFSP), ST35 Des élites administratives de second ordre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02313779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les inspecteurs font-ils une inspection ? Etude de l’évolution des pratiques de l’inspection générale des affaires culturelles (1959-2016) à partir de la prosopographie des inspecteurs généraux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22e journées d'Histoire du management et des organisations (JHMO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02313784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se faire une place face aux inspections « qui ont fait le ministère » : autonomisation, spécialisation et diversification des fonctions d’inspection administrative au ministère de la Culture français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e congrès triennal de l’association belge francophone de Science politique (ABSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02306094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la démocratisation culturelle à la « culture pour chacun » : évolution des priorités politiques en matière d’accès à la culture, en France, de 1959 à nos jours, à travers les commandes ministérielles de rapports d’étude et d’inspection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’association internationale des Sociologues de langue française (AISLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02313807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fin de « l’inspection des gommes et crayons » : transformation du rôle de l’inspecteur dans l’administration française à l’aune du New public management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude Activités professionnelles, régulation et action publique, Université Paris Dauphine-PSL, Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02313796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les inspections générales ministérielles: de la sanction à l’évaluation ? Etude des effets des réformes inspirées du new public management sur les corps de contrôle à travers le cas de l’inspection générale des affaires culturelles (1959-2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’association internationale de Recherche en management public (AIRMAP), atelier 21</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02313811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand l’interdisciplinarité s’impose : contournement d’un refus de terrain par l’histoire et la sociologie des élites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international IDEP (interdisciplinarité dans les études du politique)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Créteil, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02313790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le genre des frontières professionnelles dans l’administration culturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reguina Hatzipetrou-Andronikou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Jacquemart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicky Le Feuvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Perrenoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Octarès. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les frontières du travail. Déplacements, brouillages et recompositions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Octarès, 2025, 978-2-36630-149-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05049372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artiste et bureaucrate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François Buton (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">En déplacement. Sociologie des passages de frontières professionnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Editions, pp.49-68, 2024, Sociétés, Espaces, Temps, 979-10-362-0756-3. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12hae⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La richesse et la fragilité. Construction et déstabilisation du territoire professionnel de l’IGB sous la Ve République</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inspecter les bibliothèques (1822-2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l’enssib, pp.49-62, 2024, 978-2-37546-188-4. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12kfw⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le genre des frontières dans l’administration culturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Jacquemart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reguina Hatzipetrou-Andronikou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Octarès. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des journées internationales de sociologie du travail 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Octarès, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’institutionnalisation contrariée de l’inspection générale des Bibliothèques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabienne Henryot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les bibliothèques sous le regard de l’inspection générale (1822-2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENSSIB, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fusion à la dérive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Clément Arambourou; Emmanuel Négrier; Marion Paoletti; Vincent Simoulin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques de la fusion. Organisations, services, territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LGDJ Editions, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ministère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Martin; Vincent Martigny; Emmanuel Wallon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les années Lang</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, la Documentation française, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ministère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les années Lang : une histoire des politiques culturelles, 1981-1993 : dictionnaire critique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.275-279, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03377372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fusion à la dérive : rapprochement des inspections de la culture par deplacement et drift (2000-2019)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques de la fusion. Organisations, services, territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.23-34, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03356870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans les petits papiers de l’Inspection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Brunier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylvain Brunier; Olivier Pilmis. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La règle et le rapporteur. Une sociologie de l’inspection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses des Mines, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans les petits papiers de l'inspection. Le travail des inspections générales ministérielles au prisme des listes des personnes auditionnées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Brunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylvain Brunier; Olivier Pilmis. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La règle et le rapporteur. Une sociologie de l’inspection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses des Mines, pp.65 - 85, 2020, 9782356715999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02954557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inspecter la culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ENS Editions. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENS Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Gouvernement en question(s), Laurent Dartigues; Gilles Pollet; Jean-Claude Zancarini, 979-10-362-0728-0. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/128pa⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le genre des carrières. Inégalités dans l’administration culturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Jacquemart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Charpenel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reguina Hatzipetrou-Andronikou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Marry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses de Sciences Po, Ministère de la Culture, 432 p., 2022, Coéditions, 978-2-7246-3845-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03882263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des corps à l’ouvrage. Les inspections du ministère de la Culture face au new public management (1959-2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Science politique. Université Paris sciences et lettres, 2019. Français. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2019PSLED001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03222404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId78"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marion Demonteil </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politique d’égalité de genre dans les carrières des hauts fonctionnaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Action publique. Recherche et pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 4 (27), pp.25-38. </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/aprp.027.0025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05492943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une profession dans les marges des catégories statistiques : les guides-conférencières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Mauchaussée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Vivès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Connaissance de l'emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05262511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cadres du secteur public : des inégalités de carrière et de genre qui se creusent avec l'âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Connaissance de l'emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04159210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On n’est pas là pour s’encroûter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Charpenel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reguina Hatzipetrou-Andronikou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelle Revue du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« On n’est pas là pour s’encroûter ». L’injonction à la mobilité dans les carrières publiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Charpenel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reguina Hatzipetrou-Andronikou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelle Revue du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 22, pp.131-148. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/nrt.13809⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04086538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une part de rêve à 12 000 euros » : l’hétéronomisation encadrée du jugement des expert·e·s dans une commission Théâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biens Symboliques = Symbolic Goods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bssg.1239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04889390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les inspecteurs au rapport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politix</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 135 (34)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une part de rêve à 12 000 €</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biens Symboliques = Symbolic Goods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire sens d’un déplacement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les inspecteurs au rapport. Recomposition de l’identité des contrôleurs autour d’un instrument d’action publique (1959-2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politix</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 34 (135)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire sens d’un déplacement. Ajustement et désajustement des haut·es fonctionnaires en fin de carrière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“On n’est évidemment pas forcé de tout dire”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 15 (4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“On n’est évidemment pas forcé de tout dire” : L’ignorance stratégique au cœur des rapports d’inspection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03377178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ascensions et plafonnements. Les modèles genrés des carrières des cadres du ministère de la Culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Jacquemart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Charpenel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reguina Hatzipetrou-Andronikou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Marry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culture études</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1 (1), pp.1-16. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cule.211.0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03356835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cosande (Fanny) – Le rang. Préséances et hiérarchies dans la France d’Ancien Régime. – Paris, Gallimard, 2016 (Bibliothèque des Histoires). 496 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 69 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02306085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David N. Margolis, Shaimaa Yassin, Les accidents de carrière, Paris, Les Presses de Sciences Po, coll. « Sécuriser l'emploi », 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02194283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand l’interdisciplinarité s’impose : contournement d’un refus de terrain par la prosopographie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studia Europaea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24193/subbeuropaea.2018.2.06⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02194273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Schweitzer, Les inspectrices du Travail, 1878-1974. Le genre de la fonction publique, Rennes, Presses universitaires de Rennes, coll. « Pour une histoire du travail », 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02194340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dubois (Vincent), La culture comme vocation, Paris, Raisons d’agir, coll. Cours&Travaux, 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 56 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02194314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrats courts et longues carrières. Penser les transformations de l’emploi dans la dynamique des parcours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Mauchaussée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La médiation culturelle en questions : formation, emploi et dynamiques professionnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CERLIS; DEPS, Jan 2026, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05475912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déréguler pour diversifier ? Transformations de l’emploi et difficultés de maintien dans la carrière des guides conférencières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Uzlyte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées internationales de sociologie du travail (JIST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d'Évry, Jul 2024, Evry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04602053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les territoires du choix. Les contextes territoriaux différenciés de la contractualisation des guides-conférencières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Poulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Mauchaussée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études Le choix du contrat et des candidat.es</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNAM-CEET, Jun 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04602060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La soutenabilité conditionnelle de l'emploi discontinu dans les mondes de l'art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madlyne Samak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'Association française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04851457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les inspecteurs au rapport. Recomposition de l’identité des contrôleurs autour d’un instrument unique d’action publique (2000-2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’association française de Science politique (AFSP), ST 8. Instruments des réformes managériales et mobilisations professionnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02306090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une administration culturelle sous contrôle ? Rapprochement et centralisation des inspections du ministère de la Culture (2000-2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’association française de Science politique (AFSP), ST 6. Les fusions des organisations publiques. Une nouvelle forme du souci de soi de l’État ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02306092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un travail de catégorisation en actes : observation des commissions régionales de conventionnement des compagnies de théâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’association française de Sociologie (AFS), RT14 - Sociologie des arts et de la culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Aix en Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02306089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La différenciation de la fonction d’inspection par ses archives : genèse de la constitution d’une fonction de contrôle au ministère de la culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e Congrès de l’association internationale de Recherche en management public (AIRMAP), Atelier histoire et management public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Biarritz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02306093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les trois mousquetaires, les sept samouraïs et l’armée mexicaine : logiques de déclassement et sécurisation de fin de carrière chez les inspecteurs généraux des affaires culturelles (1959-2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’association française de Science politique (AFSP), ST35 Des élites administratives de second ordre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02313779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les inspecteurs font-ils une inspection ? Etude de l’évolution des pratiques de l’inspection générale des affaires culturelles (1959-2016) à partir de la prosopographie des inspecteurs généraux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22e journées d'Histoire du management et des organisations (JHMO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02313784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se faire une place face aux inspections « qui ont fait le ministère » : autonomisation, spécialisation et diversification des fonctions d’inspection administrative au ministère de la Culture français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e congrès triennal de l’association belge francophone de Science politique (ABSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02306094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fin de « l’inspection des gommes et crayons » : transformation du rôle de l’inspecteur dans l’administration française à l’aune du New public management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude Activités professionnelles, régulation et action publique, Université Paris Dauphine-PSL, Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02313796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la démocratisation culturelle à la « culture pour chacun » : évolution des priorités politiques en matière d’accès à la culture, en France, de 1959 à nos jours, à travers les commandes ministérielles de rapports d’étude et d’inspection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’association internationale des Sociologues de langue française (AISLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02313807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les inspections générales ministérielles: de la sanction à l’évaluation ? Etude des effets des réformes inspirées du new public management sur les corps de contrôle à travers le cas de l’inspection générale des affaires culturelles (1959-2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’association internationale de Recherche en management public (AIRMAP), atelier 21</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02313811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand l’interdisciplinarité s’impose : contournement d’un refus de terrain par l’histoire et la sociologie des élites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international IDEP (interdisciplinarité dans les études du politique)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Créteil, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02313790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le genre des frontières professionnelles dans l’administration culturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reguina Hatzipetrou-Andronikou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Jacquemart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicky Le Feuvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Perrenoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Octarès. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les frontières du travail. Déplacements, brouillages et recompositions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Octarès, 2025, 978-2-36630-149-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05049372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artiste et bureaucrate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François Buton (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">En déplacement. Sociologie des passages de frontières professionnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Editions, pp.49-68, 2024, Sociétés, Espaces, Temps, 979-10-362-0756-3. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12hae⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le genre des frontières dans l’administration culturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Jacquemart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reguina Hatzipetrou-Andronikou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Octarès. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des journées internationales de sociologie du travail 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Octarès, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La richesse et la fragilité. Construction et déstabilisation du territoire professionnel de l’IGB sous la Ve République</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inspecter les bibliothèques (1822-2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l’enssib, pp.49-62, 2024, 978-2-37546-188-4. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12kfw⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’institutionnalisation contrariée de l’inspection générale des Bibliothèques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabienne Henryot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les bibliothèques sous le regard de l’inspection générale (1822-2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENSSIB, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ministère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Martin; Vincent Martigny; Emmanuel Wallon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les années Lang</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, la Documentation française, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ministère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les années Lang : une histoire des politiques culturelles, 1981-1993 : dictionnaire critique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.275-279, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03377372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fusion à la dérive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Clément Arambourou; Emmanuel Négrier; Marion Paoletti; Vincent Simoulin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques de la fusion. Organisations, services, territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LGDJ Editions, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fusion à la dérive : rapprochement des inspections de la culture par deplacement et drift (2000-2019)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques de la fusion. Organisations, services, territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.23-34, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03356870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans les petits papiers de l’Inspection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Brunier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylvain Brunier; Olivier Pilmis. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La règle et le rapporteur. Une sociologie de l’inspection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses des Mines, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans les petits papiers de l'inspection. Le travail des inspections générales ministérielles au prisme des listes des personnes auditionnées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Brunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylvain Brunier; Olivier Pilmis. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La règle et le rapporteur. Une sociologie de l’inspection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses des Mines, pp.65 - 85, 2020, 9782356715999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02954557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inspecter la culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ENS Editions. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENS Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Gouvernement en question(s), Laurent Dartigues; Gilles Pollet; Jean-Claude Zancarini, 979-10-362-0728-0. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/128pa⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le genre des carrières. Inégalités dans l’administration culturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Jacquemart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Charpenel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reguina Hatzipetrou-Andronikou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Marry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses de Sciences Po, Ministère de la Culture, 432 p., 2022, Coéditions, 978-2-7246-3845-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03882263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des corps à l’ouvrage. Les inspections du ministère de la Culture face au new public management (1959-2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Demonteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Science politique. Université Paris sciences et lettres, 2019. Français. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2019PSLED001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03222404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId78"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492943v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Demonteil" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/aprp.027.0025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-05262511v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Mauchauss&#233;e" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Viv&#232;s" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04159210v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579255v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Charpenel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reguina Hatzipetrou-Andronikou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086538v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.13809" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579284v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579276v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04889390v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bssg.1239" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575164v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579266v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575167v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579289v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377178v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356835v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Jacquemart" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Marry" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cule.211.0001" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306085v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194283v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194273v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24193/subbeuropaea.2018.2.06" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194340v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194314v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475912v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602053v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Uzlyte" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602060v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Poulard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851457v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madlyne Samak" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306090v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306092v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306089v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306093v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313779v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313784v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306094v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313807v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313796v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313811v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313790v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049372v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicky Le Feuvre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Perrenoud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579297v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hae" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04756724v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12kfw" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579295v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579308v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579313v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579315v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377372v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356870v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579330v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Brunier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02954557v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579157v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://catalogue-editions.ens-lyon.fr/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/128pa" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882263v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03222404v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019PSLED001" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492943v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Demonteil" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/aprp.027.0025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-05262511v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Mauchauss&#233;e" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Viv&#232;s" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04159210v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579255v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Charpenel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reguina Hatzipetrou-Andronikou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086538v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.13809" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04889390v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bssg.1239" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579276v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579284v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579266v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575164v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575167v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579289v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377178v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356835v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Jacquemart" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Marry" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cule.211.0001" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306085v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194283v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194273v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24193/subbeuropaea.2018.2.06" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194340v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194314v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475912v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602053v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Uzlyte" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602060v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Poulard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851457v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madlyne Samak" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306090v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306092v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306089v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306093v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313779v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313784v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306094v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313796v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313807v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313811v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313790v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049372v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicky Le Feuvre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Perrenoud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579297v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hae" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579295v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04756724v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12kfw" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579308v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579315v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377372v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579313v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356870v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579330v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Brunier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02954557v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579157v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://catalogue-editions.ens-lyon.fr/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/128pa" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882263v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03222404v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019PSLED001" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>