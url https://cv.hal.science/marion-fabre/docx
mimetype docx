--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -81,1811 +81,1811 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usages du numérique, enseignement et apprentissage à distance : que retenir des facilitateurs et des freins pour des étudiants sourds ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">In Élise Brayet, Frédéric Dupré, Isabelle Queval et Sabine Zorn. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Critique de la raison inclusive : formation, apprentissages, médiations : formation, apprentissages, médiations.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INSEI, pp.101-118, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04952378v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Préface de Charpiot, C., Gueyraud, C. &amp; Melizi, F. (2020)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">100 idées pour faire classe autrement. Ou comment les pédagogies coopératives changent la vie de l'école.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04744058v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liminalité et « vivre ensemble » dans le contexte de l’école inclusive.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conférence-discussion « L’anniversaire 10 Ans + 1 « Siècle Sourd en Marche » : hommage au passage d’OSS 2007 à Lyon les 7, 8 et 9 juin 2013 » (Conférence hors contexte universitaire)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Favre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Fabre</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chloé Courtot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international « Vivre ensemble » dans l’océan Indien et au-delà : pratiques, représentations, discours. 18-19 octobre 2024. Université de La Réunion - Faculté de Lettres et Sciences Humaines.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Réunion, France</w:t>
+              <w:t xml:space="preserve">journées portes ouvertes de l’Ecole des Beaux-Arts et en partenariat avec la Section Patrimoine Association des Sourds de Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04744087v1</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04748572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enjeux éthiques d’un cours magistral : de la prise en compte des singularités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Duclos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire « L’Ethique comme sujet et objet de recherche et d’enseignement en éducation/formation »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International House Des Langues Et Des Cultures (MILC), Université Lyon 2., Oct 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04748483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeux et enjeux méthodologiques dans l’étude des dynamiques inclusives à l’Université Lumière Lyon 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Valente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Bettendorff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliane Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Derobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international Approches performatives pour une éducation inclusive de l’école à l’université</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04748241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conférence-discussion « L’anniversaire 10 Ans + 1 « Siècle Sourd en Marche » : hommage au passage d’OSS 2007 à Lyon les 7, 8 et 9 juin 2013 » (Conférence hors contexte universitaire)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Liminalité et « vivre ensemble » dans le contexte de l’école inclusive.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Courtot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">journées portes ouvertes de l’Ecole des Beaux-Arts et en partenariat avec la Section Patrimoine Association des Sourds de Lyon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">Colloque international « Vivre ensemble » dans l’océan Indien et au-delà : pratiques, représentations, discours. 18-19 octobre 2024. Université de La Réunion - Faculté de Lettres et Sciences Humaines.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Réunion, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04748572v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04744087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversité des vies étudiantes en première année de licence : vers des profils de vulnérabilités ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Bettendorff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriela Valente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliane Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Rita Galiano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Fabre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diversité, Réussite[s] dans l’Enseignement Supérieur (2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nantes Université [Nantes Univ], Apr 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04557123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'utilisation de l'IA : inclusion et réussite - Projet IACom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Fabre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international Public communication and artificial intelligence : impact and consequences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Bucarest, Jul 2024, Bucharest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04748154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projection-débat « De l’obscurantisme à la lumière sur la langue des signes (Conférence hors contexte universitaire)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Conférence-discussion « Lumière sur les acteurs « sous-terrain » lyonnais d’hier et d’aujourd’hui » (Conférence hors contexte universitaire)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Fabre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Mondiale des Sourds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, JMS la Fierté, Sep 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04748535v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04748564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conférence-discussion « Lumière sur les acteurs « sous-terrain » lyonnais d’hier et d’aujourd’hui » (Conférence hors contexte universitaire)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Projection-débat « De l’obscurantisme à la lumière sur la langue des signes (Conférence hors contexte universitaire)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Fabre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Mondiale des Sourds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, JMS la Fierté, Sep 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04748564v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04748535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’université inclusive, entre le dire et le faire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliane Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Fabre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès international d’Actualité de la Recherche en Éducation et en Formation (AREF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AREF, Sep 2022, Lausanne ( CH), Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04677026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Négociation et appropriation des savoirs : quand les stratégies des étudiants sourds et non sourds invitent à se décentrer du seul usage de l’écrit</w:t>
+                <w:t xml:space="preserve">Parole aux parents : quels déterminants pour le choix d’une scolarisation en classe bilingue LSF/ Français écrit ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Peyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">89e Congrès de l'Acfas, Colloque Éducation des élèves sourds ou ayant une surdité : Entre participation sociale, inclusion et littératie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Laval, May 2022, Québec, Canada</w:t>
+              <w:t xml:space="preserve">Journée d’études du DIPHE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Lumière Lyon 2, Jun 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04748294v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04748392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parole aux parents : quels déterminants pour le choix d’une scolarisation en classe bilingue LSF/ Français écrit ?</w:t>
+                <w:t xml:space="preserve">Négociation et appropriation des savoirs : quand les stratégies des étudiants sourds et non sourds invitent à se décentrer du seul usage de l’écrit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Fabre</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marine Peyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’études du DIPHE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Lumière Lyon 2, Jun 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">89e Congrès de l'Acfas, Colloque Éducation des élèves sourds ou ayant une surdité : Entre participation sociale, inclusion et littératie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Laval, May 2022, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04748392v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04748294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Usages du numérique et distanciel pour l’apprentissage des Sourds : quels facilitateurs, quels freins ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Fabre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les jeudis du GRHAPES 2021-2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INSHEA, Apr 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04748435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prises de notes des étudiants sourds : accueillir les stratégies de translanguaging pour penser des perspectives pédagogiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Estève</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence international « Langues minoritaires vocales ou signées &amp; Espaces inclusifs »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Paris, France. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.5834265⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03613880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penser des dispositifs pédagogiques inclusifs à l’université pour les étudiants bilingues : focus sur les traces écrites des étudiants sourds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Estève</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Langues minoritaires vocales ou signées &amp; Espaces inclusifs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INSHEA, May 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04748593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards Automatic Captioning of University Lectures for French Students who are Deaf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Evain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Lecouteux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Portet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Estève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Fabre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACM SIGACCESS Conference on Computers and Accessibility</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Athènes, Greece. pp.1-4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3373625.3418010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02896681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interculturalité et accès aux savoirs : quand les étudiants sourds créent un effet loupe sur les besoins d’acculturation des étudiants à la littéracie universitaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Estève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Fabre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">colloque International CODES « Communication, Diversité, Solidarité : Discours et pratiques de la diversité culturelle »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Coïmbra, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03613868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre et apprécier les habiletés de collégiens sourds dans la décomposition de mots écrits morphologiquement complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Barbier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de l’Actualité de la Recherche en Éducation et Formation (AREF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01963195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le développement des compétences à l'écrit de collégiens sourds : des manipulations lexicales et sublexicales en référence à la Langue des Signes Française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Barbier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6ème Colloque international du RIPSYDEVE; Actualités de la Psychologie du Développement et de l'Éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, France. pp.95-102</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01018664v1</w:t>
-              </w:r>
-[...172 lines deleted...]
-                <w:t xml:space="preserve">hal-04744058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2162,51 +2162,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’examen psychologique dans le handicap visuel : intérêts et limites méthodologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Rita Galiano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Poussin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2409,51 +2409,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shorts Message Services of deaf teenagers and adults: what can we learn from their spontaneous writing?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Jullien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2504,51 +2504,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les adolescents sourds et la production écrite en contextes variés : SMS, prises de notes, écrits scolaires et blogs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Arciszewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2625,234 +2625,234 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deaf students' note-taking: welcoming translanguaging strategies to consider pedagogical perspectives</w:t>
+                <w:t xml:space="preserve">Prises de notes des étudiants sourds : accueillir les stratégies de translanguaging pour penser des perspectives pédagogiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Estève</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">In C. Moreau et al. (Ed.), the International Conference on “Minority languages spoken or signed and inclusive spaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, PARIS, France. 2022</w:t>
+              <w:t xml:space="preserve">Minority Languages spoken or signed &amp; inclusive spaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, PARIS, France. Zenodo, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04748352v1</w:t>
+                <w:t xml:space="preserve">hal-04844794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prises de notes des étudiants sourds : accueillir les stratégies de translanguaging pour penser des perspectives pédagogiques</w:t>
+                <w:t xml:space="preserve">Deaf students' note-taking: welcoming translanguaging strategies to consider pedagogical perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Estève</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Minority Languages spoken or signed &amp; inclusive spaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, PARIS, France. Zenodo, 2022</w:t>
+              <w:t xml:space="preserve">In C. Moreau et al. (Ed.), the International Conference on “Minority languages spoken or signed and inclusive spaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, PARIS, France. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04844794v1</w:t>
+                <w:t xml:space="preserve">hal-04748352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prises de notes des étudiants sourds : accueillir les stratégies de translanguaging pour penser des perspectives pédagogiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Estève</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence international « Langues minoritaires vocales ou signées &amp; Espaces inclusifs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Paris, France. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2922,51 +2922,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parole aux parents : quels déterminants pour le choix d'une scolarisation en classe bilingue LSF/français écrit ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Courtot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Poussin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3291,51 +3291,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744087v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fabre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Courtot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748483v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Duclos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748241v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Valente" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bettendorff" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Pelletier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Derobert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748572v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Favre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557123v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Valente" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rita Galiano" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748154v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748535v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748564v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04677026v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748294v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748392v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Peyre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748435v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613880v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Est&#232;ve" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5834265" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748593v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02896681v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Evain" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lecouteux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Portet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3373625.3418010" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613868v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01963195v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Barbier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01018664v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952378v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744058v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681106v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Labrell" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hassler" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bretaudeau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Dumas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741508v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Geffroy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nresi.098.0233" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01709296v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Poussin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blois-da Conceicao" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2017.04.004" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626470v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Walachowski" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tabouret" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucras" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2017.01089" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771525v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Jullien" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771767v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Arciszewski" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Tsao" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748352v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844794v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743922v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952228v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxine Peyre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26171/tropics_1102" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05148419v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952378v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fabre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744058v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748572v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Favre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748483v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Duclos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748241v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Valente" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bettendorff" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Pelletier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Derobert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744087v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Courtot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557123v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Valente" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rita Galiano" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748154v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748564v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748535v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04677026v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748392v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Peyre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748294v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748435v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613880v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Est&#232;ve" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5834265" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748593v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02896681v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Evain" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lecouteux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Portet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3373625.3418010" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613868v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01963195v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Barbier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01018664v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681106v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Labrell" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hassler" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bretaudeau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Dumas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741508v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Geffroy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nresi.098.0233" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01709296v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Poussin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blois-da Conceicao" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2017.04.004" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626470v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Walachowski" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tabouret" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucras" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2017.01089" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771525v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Jullien" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771767v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Arciszewski" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Tsao" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844794v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748352v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743922v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952228v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxine Peyre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26171/tropics_1102" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05148419v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>