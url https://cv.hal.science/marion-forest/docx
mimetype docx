--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -4088,159 +4088,159 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03041517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“La Unidad de Trabajo 3: excavación de la estructura M238: una “casa grande” en contexto doméstico”, dans Proyecto Uacúsecha. Informe técnico sobre los trabajos de campo llevados a cabo en el Malpaís de Zacapu y otros asentamientos de la región de Zacapu, Michoacán, Temporada 4 (2011-2012) (Pereira G. éd.), 23–50, Rapport technique d’activités de terrain et laboratoire</w:t>
+                <w:t xml:space="preserve">“La Unidad de Trabajo 3: complementos de excavación en la estructura M238”, dans Proyecto Uacúsecha. Informe técnico sobre los trabajos de campo llevados a cabo en el Malpaís de Zacapu y otros asentamientos de la región de Zacapu, Michoacán Temporada 6 (2014) (Pereira G. éd.), 6–28, Rapport technique d’activités de terrain et laboratoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Forest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[reportType_6] CEMCA - CENTRE D'ETUDES MEXICAINES ET CENTRAMERICAINES; UMR 8096; INAH. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03041520v1</w:t>
+                <w:t xml:space="preserve">hal-03041518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“La Unidad de Trabajo 3: complementos de excavación en la estructura M238”, dans Proyecto Uacúsecha. Informe técnico sobre los trabajos de campo llevados a cabo en el Malpaís de Zacapu y otros asentamientos de la región de Zacapu, Michoacán Temporada 6 (2014) (Pereira G. éd.), 6–28, Rapport technique d’activités de terrain et laboratoire</w:t>
+                <w:t xml:space="preserve">“La Unidad de Trabajo 3: excavación de la estructura M238: una “casa grande” en contexto doméstico”, dans Proyecto Uacúsecha. Informe técnico sobre los trabajos de campo llevados a cabo en el Malpaís de Zacapu y otros asentamientos de la región de Zacapu, Michoacán, Temporada 4 (2011-2012) (Pereira G. éd.), 23–50, Rapport technique d’activités de terrain et laboratoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Forest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[reportType_6] CEMCA - CENTRE D'ETUDES MEXICAINES ET CENTRAMERICAINES; UMR 8096; INAH. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03041518v1</w:t>
+                <w:t xml:space="preserve">hal-03041520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet UACÚSECHA, Rapport quadriennal sur les travaux de fouille menés au Malpaís Prieto et autres sites de la région de Zacapu, Michoacán. (2010-2013)</w:t>
               </w:r>
@@ -5663,51 +5663,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919131v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Pereira" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Forest" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811422v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Testard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Jadot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben A. Nelson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Torvinen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041504v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Costa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Combey" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dorison" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/aap.2019.42" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02455470v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0956536119000026" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502507v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Smith" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Chatterjee" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Huster" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sierra Stewart" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0956536118000573" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875393v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Fisher" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Cohen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Solinis-Casparius" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florencia Pezzutti" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Bush" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/laq.2019.50" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132726v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2018.0298" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132783v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oralia Cabrera-Cort&#233;s" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Mcmanamon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Robertson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2018.102" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469520v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264537v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Michelet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00655407v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041528v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041529v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041530v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01818625v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01818613v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041531v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041536v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041537v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manin Aur&#233;lie" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041532v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00994046v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00994039v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041533v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041534v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041535v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Faug&#232;re" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Darras" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041503v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00655406v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Mas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03515621v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041509v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041505v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025742v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041507v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03098014v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135705v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Manin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134832v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041512v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906299v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904783v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891922v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900486v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041513v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01931331v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osiris Quezada" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Gillot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041515v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041517v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041520v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041518v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00994030v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliott Michelle" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00994031v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041519v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00993963v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00993948v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00994032v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00994028v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041522v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041524v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041525v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041526v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03221100v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014PA010612" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01111936v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919131v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Pereira" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Forest" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811422v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Testard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Jadot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben A. Nelson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Torvinen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041504v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Costa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Combey" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dorison" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/aap.2019.42" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02455470v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0956536119000026" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502507v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Smith" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Chatterjee" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Huster" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sierra Stewart" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0956536118000573" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875393v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Fisher" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Cohen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Solinis-Casparius" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florencia Pezzutti" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Bush" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/laq.2019.50" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132726v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2018.0298" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132783v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oralia Cabrera-Cort&#233;s" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Mcmanamon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Robertson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2018.102" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469520v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264537v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Michelet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00655407v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041528v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041529v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041530v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01818625v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01818613v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041531v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041536v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041537v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manin Aur&#233;lie" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041532v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00994046v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00994039v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041533v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041534v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041535v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Faug&#232;re" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Darras" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041503v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00655406v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Mas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03515621v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041509v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041505v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025742v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041507v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03098014v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135705v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Manin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134832v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041512v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906299v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904783v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891922v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900486v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041513v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01931331v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osiris Quezada" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Gillot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041515v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041517v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041518v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041520v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00994030v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliott Michelle" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00994031v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041519v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00993963v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00993948v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00994032v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00994028v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041522v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041524v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041525v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041526v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03221100v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014PA010612" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01111936v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>