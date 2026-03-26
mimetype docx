--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -97,2966 +97,2966 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (17)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre l'esprit et la lettre. Dynamique du droit des successions dans La Comédie humaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Mas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éric Bordas; Andrea Del Lungo; Pierre Glaudes. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Balzac et les disciplines du savoir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, In press</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05219872v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La fiction pour interroger le réel en classe de 4e</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Mas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gersende Plissonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nicolas Rouvière. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Questionnement des valeurs dans les manuels de français : Programmes de 2015 pour le collège</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">UGA Éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.305-330 [Partie V], 2025, Didaskein, 978-2-37747-505-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/13fh1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05171281v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filiations problématiques et réinvention de l'héritage chez Sand et Balzac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Mas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Magali Charreire. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Filiations à rebours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de la Méditerranée, pp.113-125, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04865125v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contextualiser et actualiser : pour une nouvelle pratique de l'histoire littéraire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Mas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gersende Plissonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Magali Brunel; Sébastien Hébert. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lire les oeuvres littéraires au lycée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, l'Harmattan, pp.93-107, 2023, 978-2-336-40654-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04440026v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'héritage des genres populaires dans Les six compagnons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Mas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">François Quet; Anne-Marie Mercier-Faivre. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Des six compagnons de la Croix-Rousse aux six compagnons. Une série policière pour la jeunesse (1961-1978)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Bordeaux, pp.121-133, 2022, 979-10-300-0583-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04157845v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Raconter le Code civil aux femmes : le jeu du récit et de la norme dans Le Code des femmes, récits et entretiens sur leurs droits, privilèges, devoirs et obligations, d’Auguste-Charles Guichard »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Mas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marion Mas et François Kerlouégan. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Code en toutes lettres. Écriture et réécritures du Code civil au XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, 2020, "Esprit des lois, esprit des lettres", 978-2-406-10046-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10048-5.p.0131⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01994970v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qui suis-je ? La question de l’identité : Nom, filiation, langue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Mas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christianne Connan-Pintado, Sylvie Lalagüe-Dulac, Gersende Plissonneau. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Écrire l'esclavage dans la littérature pour la jeunesse. Littérature, Enseignement, Recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 45, PUF, 2020, Modernités</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03059357v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'écriture littéraire: quelles modélisations? Quelles conceptualisations?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Mas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nathalie Denizot; Jean-Louis Dufays; Brigitte Louichon. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Approches didactiques de la littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Namur, p. 49-66, 2019, "Recherches en didactique du français"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03059388v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Formes et enjeux de l'écriture du droit dans Le Cousin Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Mas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pierre Glaudes et Eléonore Reverzy. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Relire Le Cousin Pons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.275-290, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-08971-1.p.0275⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01994834v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’ombre de Balzac : le récit de filiation dans Ma Vie parmi les ombres, de Richard Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Mas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chantal Massol. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Balzac contemporain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.107-125, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-07137-2.p.0107⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01994769v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enseigner la littérature au risque du conflit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Mas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nicolas Rouvière. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enseigner la littérature en questionnant les valeurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, p.189-201, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01994823v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Madame porte les culottes » : un emblème paradoxal de la femme au foyer. Le cas exemplaire de Madame Pantalon, de Paul de Kock. »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Mas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Stéphane Gougelmann et Anne Verjus. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Écrire le mariage en France au XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Publications de l’Université de Saint-Étienne, p.391-403, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01994758v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Épique et travestissement burlesque dans Les Soleils des Indépendances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Mas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Patrick Voisin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ahmadou Kourouma, entre poétique et littérature politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.309-326, 2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-8124-3704-5.p.0309⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01995344v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le père et l’héritière dans le roman balzacien »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Mas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pascale Auraix-Jonchière. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Balzac et consorts. Scénographies familiales des conflits historiques dans le roman du XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Rodopi, p.35-48, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01994732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Fortune balzacienne d’une scène de La Nouvelle Héloïse »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Mas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Geneviève Goubier et Stéphane Lojkine. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sources et postérités de La Nouvelle Héloïse. Le modèle de Julie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Desjonquères, p.115-121, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01994724v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le « terrain » des IUFM »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Mas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Dupas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Louis Chiss, Hélène Merlin-Kajman et Christian Puech. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le français, discipline d’enseignement : histoire, champ et terrain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Riveneuves éditions, p.253-267, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01994720v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Grand homme selon &amp;quot;Le Médecin de campagne&amp;quot;, un antimoderne?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Mas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Boris Lyon Caen et Marie-Eve Thérenty. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Balzac et le politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Christian Pirot éditeur, p.85-95, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01993954v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (20)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les procès de personnages fictifs : quels processus de fictionnalisation pour quelle(s) expérience(s) de lecture(s) ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Mas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pratiques : linguistique, littérature, didactique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 205-206, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/149ag⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05219863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le roman de procédure contemporain, ou comment saisir le réel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Mas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Droit &amp; Littérature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, n° 9 (1), pp.269-281. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/rdl.009.0269⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05530783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le roman, entre tribune et exercice de pédagogie judiciaire. Le cas du Docteur Claude (1878), Conscience (1888), Justice (1889), d'Hector Malot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Mas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Autour de Vallès : revue de lectures et d'études vallésiennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Du cri à l'écrit. Le droit (vu) par la littérature, du coup d'État à l'affaire Dreyfus, 54, pp.117-133</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04865153v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Roman. Le Droit du poète : la justice dans l’œuvre de Victor Hugo . Saint-Étienne, PUSE, « Le xix e siècle en représentation(s) », 2023, 448 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Mas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, n° 205 (3), pp.138-140. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/rom.205.0138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04865131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'oral dans les procès de personnages littéraires en classe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Mas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle De Peretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Français Aujourd'hui</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 4 (227), pp.35-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04865143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Dictionnaire Balzac: un dictionnaire monde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Mas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acta fabula : Revue des parutions pour les études littéraires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (4), pp.en ligne. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58282/acta.16339⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04157814v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Questionner en classe le texte littéraire du point de vue du droit : une motivation pour la lecture littéraire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Mas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Repères : recherches en didactique du français langue maternelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 68, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/reperes.5946⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04440038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...77 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Interprétation en question dans La Vengeance m'appartient, de Marie Ndiaye et dans La Décision, de Karine Tuil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Mas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Critique de Fixxion Française Contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Littérature du procès, procès de la littérature, 26, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/fixxion.10866⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04157915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une littérature féminine?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Mas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Fablijes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04157881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Article 353 du Code pénal, de Tanguy Viel : un vrai-faux roman de procédure ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Mas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Droit &amp; Littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, N° 5 (5), pp.285-292. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rdl.005.0285⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03483524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Le droit en fiction, le droit comme fiction. Article 353 du Code pénal : un vrai-faux récit de procès ? »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Mas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Alexandre Vialatte. Tanguy Viel, 1109-1110, pp.212-219</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03483600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...77 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recension « Éric Bordas et Agathe Novak-Lechevalier (dir.), Le Théâtre de Balzac. Splendeurs et misères d’un parent pauvre, Classiques-Garnier, « Rencontres », 2020 »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Mas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoires littéraires. revue trimestrielle consacrée à la littérature française des XIX et XXe siècles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 86</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03483571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction. Éloquence, rhétorique, littérature. Tensions et interrogations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Mas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ailloud-Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches et travaux (Grenoble)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Penser le retour de l'éloquence et de son enseignement, Penser le retour de l’éloquence et de son enseignement (99), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/recherchestravaux.3854⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03475131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recension - The Balzac review / Revue Balzac, Balzac et l’étranger, 2018, n°1, sous la direction de FRANCESCO SPANDRI, Paris, Classiques Garnier, 210 p., Studi Francesi n°190</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Mas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Studi francesi</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/studifrancesi.22871⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03059414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le lecteur et le citoyen. Analyse des relations entre littérature et valeurs dans les nouveaux programmes de l’école primaire (cycle 3)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Mas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Français Aujourd'hui</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Littérature et valeurs, 197, pp.27-35. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/lfa.197.0027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01994810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Le père : un homme social ? »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Mas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sciences Humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Balzac et l’homme social, 323, p.179-191</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01994798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Normes familiales et modèle pathologique dans Les Parents pauvres, d’Honoré de Balzac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Mas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année balzacienne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Balzac homme de loi(s) ?, 15, pp.269-287. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/balz.015.0269⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01994791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte rendu de l’essai de Michael Lucey, &amp;quot;Les Ratés de la famille : Balzac et les formes sociales de la sexualité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Mas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Labyrinthe. Atelier interdisciplinaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 33, p.147-151. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/labyrinthe.4034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01994777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« De L’Elixir de longue vie à La Recherche de l’Absolu : l’hérédité à l’épreuve du romanesque chez Balzac »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Mas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Romanesques : revue du Cercll : roman &amp; romanesque</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Romanesque et Histoire, 3, p.159-174</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01994786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Les finalités de l’autorité dans l’école au quotidien »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Mas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Esprit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, p.58-70</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01994783v1</w:t>
-              </w:r>
-[...1368 lines deleted...]
-                <w:t xml:space="preserve">hal-01993954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3351,64 +3351,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penser le retour de l’éloquence et de son enseignement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Mas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ailloud-Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches et travaux (Grenoble)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 99, 2021, Penser le retour de l'éloquence et de son enseignement</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3538,195 +3538,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05231492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ecrire pour les adultes, écrire pour les enfants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Mas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Mercier-Faivre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marion Mas. Classiques Garnier, 243 p., 2020, Rencontres, n° 459, 978-2-406-10137-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10139-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02006626v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le Code en toutes lettres. Écriture et réécritures du Code civil au XIXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Mas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Kerlouégan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marion Mas et François Kerlouégan. Classiques-Garnier, 2020, "Esprit des lois, Esprit des lettres", Bruno Méniel, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10048-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03059402v1</w:t>
-              </w:r>
-[...82 lines deleted...]
-                <w:t xml:space="preserve">hal-02006626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Père Balzac. Représentations de la paternité dans La Comédie humaine</w:t>
               </w:r>
@@ -4492,51 +4492,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219863v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Mas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/149ag" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530783v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdl.009.0269" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865131v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rom.205.0138" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865153v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865143v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle De Peretti" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440038v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reperes.5946" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157814v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.16339" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157915v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fixxion.10866" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157881v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483600v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483524v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdl.005.0285" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483571v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475131v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ailloud-Nicolas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vibert" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/recherchestravaux.3854" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059414v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/studifrancesi.22871" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994810v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.197.0027" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994798v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994791v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/balz.015.0269" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994777v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/labyrinthe.4034" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994786v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994783v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219872v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171281v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gersende Plissonneau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uga-editions.com/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13fh1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865125v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440026v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157845v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994970v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10048-5.p.0131" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059357v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059388v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994834v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08971-1.p.0275" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994769v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07137-2.p.0107" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994823v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994758v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995344v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-3704-5.p.0309" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994732v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994724v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994720v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Dupas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01993954v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530777v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15bc0" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157868v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Cald&#233;rone" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157923v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Roman" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rom.199.0005" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475137v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05231492v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059402v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Kerlou&#233;gan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10048-5" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006626v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Mercier-Faivre" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10139-0" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994817v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-4627-6" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483559v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483272v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059372v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994991v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995007v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994998v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-00705754v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219872v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Mas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171281v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gersende Plissonneau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uga-editions.com/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13fh1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865125v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440026v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157845v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994970v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10048-5.p.0131" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059357v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059388v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994834v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08971-1.p.0275" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994769v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07137-2.p.0107" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994823v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994758v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995344v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-3704-5.p.0309" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994732v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994724v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994720v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Dupas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01993954v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219863v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/149ag" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530783v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdl.009.0269" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865153v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865131v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rom.205.0138" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865143v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle De Peretti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157814v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.16339" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440038v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reperes.5946" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157915v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fixxion.10866" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157881v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483524v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdl.005.0285" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483600v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483571v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475131v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ailloud-Nicolas" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vibert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/recherchestravaux.3854" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059414v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/studifrancesi.22871" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994810v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.197.0027" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994798v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994791v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/balz.015.0269" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994777v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/labyrinthe.4034" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994786v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994783v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530777v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15bc0" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157868v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Cald&#233;rone" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157923v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Roman" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rom.199.0005" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475137v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05231492v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006626v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Mercier-Faivre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10139-0" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059402v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Kerlou&#233;gan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10048-5" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994817v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-4627-6" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483559v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483272v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059372v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994991v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995007v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994998v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-00705754v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>