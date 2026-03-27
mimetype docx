--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -387,234 +387,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05490882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Webinaire. Initier, soutenir et pérenniser des démarches d’école promotrice de santé – région Auvergne Rhône-Alpes. Alliance. FORMATION, ACCOMPAGNEMENT, RESSOURCES</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">De la conception à l’institutionnalisation d’un dispositif de promotion de la santé en milieu scolaire : vers un modèle autonome et pérenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Riera-Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Monier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Pironom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Régnier Denois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Simar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Webinaire groupe national EPSA - ecole promotrice de santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, DGESCO - MEN, Nov 2026, paris en ligne, France</w:t>
+              <w:t xml:space="preserve">Colloque international francophone d'UNIRéS : "Vivre en santé dans et hors l'Ecole tout au long de sa vie : quels enjeux de Promotion et d’éducation à la santé au 21e siècle ?"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UNIRéS, Jan 2026, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05506138v1</w:t>
+                <w:t xml:space="preserve">hal-05490890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la conception à l’institutionnalisation d’un dispositif de promotion de la santé en milieu scolaire : vers un modèle autonome et pérenne</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camille Riera-Navarro</w:t>
+                <w:t xml:space="preserve">Webinaire. Initier, soutenir et pérenniser des démarches d’école promotrice de santé – région Auvergne Rhône-Alpes. Alliance. FORMATION, ACCOMPAGNEMENT, RESSOURCES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Simar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Monier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international francophone d'UNIRéS : "Vivre en santé dans et hors l'Ecole tout au long de sa vie : quels enjeux de Promotion et d’éducation à la santé au 21e siècle ?"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UNIRéS, Jan 2026, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Webinaire groupe national EPSA - ecole promotrice de santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DGESCO - MEN, Nov 2026, paris en ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05490890v1</w:t>
+                <w:t xml:space="preserve">hal-05506138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perspectives du point de vue de l’analyse de l’activité des enseignants du premier degré dans le cadre du dispositif ALLIANCE</w:t>
               </w:r>
@@ -1251,402 +1251,402 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alliance pour la santé : Dispositif de déploiement des Écoles Promotrices de Santé. Résultats clés et perspectives de transférabilité</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camille Riera-Navarro</w:t>
+                <w:t xml:space="preserve">Health Promoting School in France Alliance project: a moderated mediation model by socio emotional learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Simar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Cury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Monier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Chloé Prigent</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Régnier Denois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès 2025 de la Société Française de Santé publique "Santé mentale publique"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Lille, France</w:t>
+              <w:t xml:space="preserve">25th IUHPE world conference on health education "Settings for planetary health &amp; well-being"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Abu Dabi, United Arab Emirates. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05344511v1</w:t>
+                <w:t xml:space="preserve">hal-05068960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teacher Engagement in Health Education: An analysis in the context of Health Promoting Schools - Alliance project</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Cury</w:t>
+                <w:t xml:space="preserve">Alliance pour la santé : Dispositif de déploiement des Écoles Promotrices de Santé. Résultats clés et perspectives de transférabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Riera-Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Monier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Giron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Pironom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Prigent</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camille Riera-Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th European Public Health Conference 2025 "Investing for sustainable health and well-being"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Helsinki, Finland</w:t>
+              <w:t xml:space="preserve">Congrès 2025 de la Société Française de Santé publique "Santé mentale publique"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05361652v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Health Promoting School in France Alliance project: a moderated mediation model by socio emotional learning</w:t>
+                <w:t xml:space="preserve">Teacher Engagement in Health Education: An analysis in the context of Health Promoting Schools - Alliance project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Simar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Monier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Véronique Régnier Denois</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Prigent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Riera-Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th IUHPE world conference on health education "Settings for planetary health &amp; well-being"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Abu Dabi, United Arab Emirates. </w:t>
+              <w:t xml:space="preserve">18th European Public Health Conference 2025 "Investing for sustainable health and well-being"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05068960v1</w:t>
+                <w:t xml:space="preserve">hal-05361652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developping Health-Promoting School in Alliance project: Mediation effects of life skills on health behaviours for French pupils aged 8-11 years old</w:t>
               </w:r>
@@ -1926,51 +1926,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04764896v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Simar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Coudert-Chevreau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Monier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cury" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pironom" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckae144.1815" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490882v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Riera-Navarro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique R&#233;gnier Denois" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506138v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490890v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490870v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Prigent" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490893v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490859v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05068937v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Jourdan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04796761v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Genton" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05344511v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Giron" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05361652v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05068960v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04786951v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Doridant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04764896v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Simar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Coudert-Chevreau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Monier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cury" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pironom" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckae144.1815" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490882v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Riera-Navarro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique R&#233;gnier Denois" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490890v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506138v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490870v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Prigent" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490893v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490859v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05068937v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Jourdan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04796761v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Genton" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05068960v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05344511v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Giron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05361652v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04786951v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Doridant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>