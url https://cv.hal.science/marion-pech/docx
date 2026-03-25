--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1645,282 +1645,282 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04098173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the Potential of Artificial Intelligence in Individualized Cognitive Training: a Systematic Review</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Détection de situations à risques en vie quotidienne chez des personnes âgées fragiles au moyen de méthodes d'intelligence artificielle : expérimentation d'un dispositif en population générale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Pech</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">,</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Psychologie. Université de Bordeaux, 2023. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Masataka Sawayama</w:t>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+                <w:t xml:space="preserve">⟨NNT : 2023BORD0057⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04363997v1</w:t>
+                <w:t xml:space="preserve">tel-04133026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Thèse (1)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection de situations à risques en vie quotidienne chez des personnes âgées fragiles au moyen de méthodes d'intelligence artificielle : expérimentation d'un dispositif en population générale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring the Potential of Artificial Intelligence in Individualized Cognitive Training: a Systematic Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Adolphe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Pech</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Psychologie. Université de Bordeaux, 2023. Français. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masataka Sawayama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Maurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨NNT : 2023BORD0057⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">tel-04133026v1</w:t>
+                <w:t xml:space="preserve">Alexandra Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04363997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2296,51 +2296,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="956520A4"/>
+    <w:nsid w:val="318B9E75"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2527,51 +2527,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marion-pech" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3636-5231" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/257464077" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05178433v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pech" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Adolphe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Oudeyer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Sauz&#233;on" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2025.105271" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098094v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rupayan Mallick" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thinhinane Yebda" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Benois-Pineau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akka Zemmari" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MMUL.2022.3147381" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03887500v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gbessemehlan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Dupuy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lafitte" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/39185" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723815v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Benois Pineau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Mmul.2022.3147381" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834233v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Meillon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Marquet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Dartigues" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Amieva" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/trc2.12328" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03435416v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Sauzeon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Benoit-Pineau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/29744" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03549071v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713745v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose-Alberto Avila-Funes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sybille Caillot-Ranjeva" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Koleck" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14283/jfa.2020.60" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169826v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848811v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098173v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CBMI50038.2021.9461910" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04363997v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masataka Sawayama" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Maurel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Delmas" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04133026v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023BORD0057" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087982v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR56361.2022.9956675" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088005v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3512731.3534212" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marion-pech" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3636-5231" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/257464077" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05178433v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pech" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Adolphe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Oudeyer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Sauz&#233;on" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2025.105271" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098094v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rupayan Mallick" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thinhinane Yebda" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Benois-Pineau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akka Zemmari" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MMUL.2022.3147381" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03887500v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gbessemehlan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Dupuy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lafitte" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/39185" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723815v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Benois Pineau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Mmul.2022.3147381" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834233v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Meillon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Marquet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Dartigues" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Amieva" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/trc2.12328" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03435416v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Sauzeon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Benoit-Pineau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/29744" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03549071v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713745v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose-Alberto Avila-Funes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sybille Caillot-Ranjeva" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Koleck" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14283/jfa.2020.60" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169826v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848811v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098173v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CBMI50038.2021.9461910" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04133026v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023BORD0057" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04363997v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masataka Sawayama" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Maurel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Delmas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087982v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR56361.2022.9956675" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088005v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3512731.3534212" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>