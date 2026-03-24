--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:62.5px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marion RISBET </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">marion-risbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-0426-3185</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">073460230</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Professeur des universités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, section CNU 60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université de Technologie de Compiègne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (UTC)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Unité de recherche Roberval</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (mécanique, énergie, électricité) / Equipe Matériaux et surface</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ORCID : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">0000-0003-0426-3185</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1995 - 1996</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Licence et Maîtrise de Physique - Université Rennes I</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1997</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">   D.E.A. Sciences des Matériaux - Université Lille I</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1999- 2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  Thèse de doctorat spécialité Sciences Mécaniques pour l’ingénieur- Université de Technologie de Compiègne, Unité de Recherche Roberval</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  Habilitation à Diriger des Recherches - Université de Technologie de Compiègne, Unité de Recherche Roberval</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsabilités</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**Depuis 2023 Directrice adjointe du laboratoire Roberval</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis 2019 Directrice du laboratoire commun FuseMetal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">UTCArcelorMittal France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Créé en 2019 et cofinancé par l’Union européenne avec le Fonds européen de développement régional (FEDER), FuseMetal est un laboratoire commun qui rassemble des chercheurs du laboratoire Roberval de l’UTC et du centre de R&D Montataire d’ArcelorMittalFrance autour des thématiques scientifiques liées la maîtrise de la soudabilité des aciers de haute résistance de 3ème génération, et de la maîtrise des procédés de fabrication additive des aciers et leurs applications.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020-2024 Directrice adjointe du GDR COnCOrD 2081 CNRS</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'objectif de ce GDR est d'établir un dialogue entre des équipes françaises abordant l'oxydation haute température sous différents aspects, chimiqueet mécanique, expérimental et de modélisation, afin de motiver une approche pluridisciplinaire et ainsi contribuer à de nouvelles avancées sur cette thématique complexe.</w:t></w:r><w:br/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://gdr-concord.cnrs.fr/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mots-clés des domaines de recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mécanique des matériaux, alliages métalliques, essais mécaniques, fatigue, endommagement, longueurs internes, microscopie électronique, EBSD, approche expérimentale multi-échelle, couplage mécanique/environnement.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thématiques de recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes activités de recherche portent sur la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">caractérisation expérimentale multi-échelle des matériaux métalliques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, centrée sur la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">prise en compte des longueurs internes microstructurales pour la compréhension des phénomènes mécaniques (comportement, durabilité) à une échelle fine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. Le caractère multi-échelle de cette approche nécessite la combinaison de plusieurs techniques de caractérisation et d’observation de la microstructure, ainsi que de technique d’analyse des résultats expérimentaux obtenus. Ces investigations sont menées dans des buts multiples, alimenter des modèles à base physique, aider à l’optimisation des procédés et/ou des microstructures…</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cette thématique générale vient nourrir plusieurs axes de recherche aux problématiques sous-jacentes sensiblement différentes.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">-</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Effets des longueurs internes de microstructures hétérogènes dans les problèmes d’assemblage par soudage d’alliages métalliques.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Apport des caractérisations multi-techniques et multi-échelles dans la compréhension des mécanismes intervenant à une échelle fine dans les problématiques de contact roue-rail</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Couplages mécanique/environnement (ex : interaction H/endommagement en fatigue)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the Microstructure Changes Induced by a Rolling Contact Bench Reproducing Wheel/Rail Contact on a Pearlitic Steel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lafilé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Marteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Merino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (5), </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/met12050745⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04045345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An attempt to generate mechanical white etching layer on rail surface on a new rolling contact test bench</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Merino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Cazottes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lafile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Saulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wear</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 482, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.wear.2021.203945⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03484906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-Depth Microstructural Analysis of Galling Deformation in Stainless Steels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lesage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.-E. Mazeran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Bouvier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tribology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 69 (4), </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11249-021-01520-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03649501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of microstructure changes induced in two pearlitic rail steels subjected to a full-scale wheel/rail contact rig test</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Wen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Marteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cristofari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wear</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 456-457, pp.203354. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.wear.2020.203354⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02884323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Galling categories investigations in stainless steels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lesage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Oudriss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wear</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 460-461, pp.203413. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.wear.2020.203413⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03180864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Understanding of the Influence of the Process Parameters During Linear Friction Welding on the Joint Quality and the Microstructural Changes of Two Mono-Material Titanium Alloy Joints: The β-Metastable Ti-5Al-2Sn-2Zr-4Mo-4Cr (Ti17) and the Near-α Ti-6Al-2Sn-4Zr-2Mo (Ti6242)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorick Ballat-Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 51 (1), pp.263-278. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11661-019-05503-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02884324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributions of an innovative post-weld heat treatment to the micro-tensile behavior of two mono-material linear friction welded joints using: The β-metastable Ti–5Al–2Sn–2Zr–4Mo–4Cr (Ti17) and the near-α Ti–6Al–2Sn–4Zr–2Mo (Ti6242) Ti-alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorick Ballat-Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Engineering: A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 766, pp.138334. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.msea.2019.138334⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Through analysis of the microstructure changes during linear friction welding of the near-α titanium alloy Ti-6Al-2Sn-4Zr-2Mo (Ti6242) towards microstructure optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorick Ballat-Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Pantleon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Characterization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 151, pp.38-52. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matchar.2019.02.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface Roughness Based Characterization of Slip Band for Damage Initiation in a Nickel Base Superalloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hsin Shen Ho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Feaugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Bigerelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erliang Zhang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 24 (1), </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5755/j01.ms.24.1.17684⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-scale and multi-technic microstructure analysis of a linear friction weld of the metastable-β titanium alloy Ti-5Al-2Sn-2Zr-4Mo-4Cr (Ti17) towards a new Post-Weld Heat Treatment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorick Ballat-Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Pantleon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Characterization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 144, pp.661-670. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matchar.2018.08.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01971840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cyclic slip irreversibility based model for fatigue crack initiation of nickel base alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.S. Ho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Feaugas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Fatigue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 102, pp.1 - 8. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2017.04.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The tridimensional gradient of microstructure in worn rails – Experimental characterization of plastic deformation accumulated by RCF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dylewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Bouvier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wear</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 392-393, pp.50-59. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.wear.2017.09.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01993208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiscale characterization of head check initiation on rails under rolling contact fatigue: Mechanical and microstructure analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dylewski Benoît</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wear</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 366-367, pp.383-391. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.wear.2016.06.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02909058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the unified view of the contribution of plastic strain to cyclic crack initiation: Impact of the progressive transformation of shear bands to persistent slip bands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.S. Ho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Feaugas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 85, pp.155-167. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actamat.2014.11.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Characterization of the Tridimensional Gradient of Microstructure Induced by RCF in the Rolling Band of Rails</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dylewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Bouvier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 133, pp.202-210. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeng.2015.12.659⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02920612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of silicon and addition elements on the mechanical behavior of ferritic ductile cast iron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akram Alhussein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chobaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Balloy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Engineering: A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 605, pp.222 - 228. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.msea.2014.03.057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01911285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of silicon content and defects on the lifetime of ductile cast iron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akram Alhussein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Favergeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MATEC Web of Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 12, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/matecconf/20141204006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01911283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlation of precipitation state in a nickel-base superalloy on fatigue damage:A local approach of crack initiation resulting from the localization of plastic deformation on slip band</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.S. Ho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Feaugas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 93, pp.207-209. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matlet.2012.11.078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of grain size on the localization of plastic deformation in shear bands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.S. Ho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Feaugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scripta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 65 (11), pp.998-1001. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scriptamat.2011.09.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Several aspects of the temperature history in relation to the cyclic behaviour of an austenitic stainless steel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Gentet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Feaugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Lejaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pilvin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Engineering: A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 528, pp.7696-7707. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.msea.2011.06.048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fundamental mechanisms of surface damage associated to the localization of the plastic deformation in fatigue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.S. Ho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Feaugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Favergeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2 (1), pp.751 - 757. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeng.2010.03.081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01911361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damage in nickel base superalloy: Influence of local parameters measured by electron backscattered diffraction and atomic force microscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Feaugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Guillemer-Neel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scripta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 60 (5), pp.269-272. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scriptamat.2008.06.053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00751281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some comments about fatigue crack initiation in relation to cyclic slip irreversibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Feaugas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Engineering Fracture Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 75 (11), pp.3511-3519. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.engfracmech.2007.04.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stereological characterization of the γ' particles in a nickel base superalloy: Comparison between transmission electron microscopy and atomic force microscopy techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Feaugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Guillemer-Neel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Characterization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 59 (9), pp.In Press. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matchar.2007.10.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00264486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the size effect on work hardening behaviour in stage II of Ni20wt.%Cr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Rudloff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Keller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hug</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 62 (20), pp.3591-3593. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matlet.2008.03.058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-derivative equations for fatigue crack growth in metals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Pommier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Fracture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 131 (1), pp.79-106. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10704-004-3633-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time derivative equations for mode I fatigue crack growth in metals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Pommier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Fatigue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 27 (10-12), pp.1297-1306. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2005.06.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00114052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time derivative equations for mode I fatigue crack growth in metals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pommier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Fatigue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 27 (10-12), pp.1297 - 1306. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2005.06.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effects of grain size on the cyclic deformation behaviour of polycrystalline nickel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Haddou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Marichal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Feaugas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Engineering: A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 379 (1-2), pp.102-111. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.msea.2003.12.069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of atomic force microscopy to quantify slip irreversibility in a nickel-base superalloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Feaugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Guillemer-Neel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scripta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 49 (6), pp.533-538. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1359-6462(03)00357-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence invitée : Optimisation de structures en acier sûres pour le secteur automobile : le laboratoire commun FuseMetal, un exemple de partenariat académique/industriel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Schmit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque InterUT Systèmes sûrs et durables</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Technologie de Compiègne [UTC], Feb 2023, Paris, France. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34746/hndt-az12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04011810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Prediction of Stresses at High Temperature of 3rd Generation Advanced High Strength Steels During Resistance Spot Welding - Liquid Metal Embrittlement Risk Assessment. Methodology to Create and Validate a Reliable and Robust Numerical Material Card</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lejault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gaied</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Favergeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th WCCM-ECCOMAS Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Virtual conference, France. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23967/wccm-eccomas.2020.228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04276192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cyclic slip irreversibility based model for fatigue crack initiation of nickel base alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hsin Shen Ho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Feaugas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Fatigue Congress, FATIGUE 2018;</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Poitiers, France. pp.04002, </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/matecconf/201816504002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">STUDY OF GRAIN BOUNDARY OXIDATION OF HIGH ALLOYED CARBON STEELS AT COILING TEMPERATURE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larissa Agrizzi Ronqueti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Favergeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Picard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">53º Seminário de Laminação</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Rio de Janeiro, France. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5151/1983-4764-27735⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01911262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damage mechanism related to localization of plastic deformation of Waspaloy™: effect of grain size</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.S. Ho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Feaugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on the Mechanical Behavior of Materials (ICM11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Como, Italy. pp.863-868, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeng.2011.04.142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital Image Correlation technique: Application to early fatigue damage detection in stainless steel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Feissel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Roland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Brancherie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Roëlandt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Fatigue Congress, FATIGUE 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Prague, Czech Republic. pp.2219-2227, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeng.2010.03.238⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de l'amorçage en fatigue d'un acier par corrélation d'images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Feissel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Roland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Brancherie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Roelandt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03391354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the cyclic softening of an under-aged gamma'-precipitated nickel-base superalloy (Waspaloy)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Feaugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th European Mechanics of Materials Conference on Processes, Microstructures and Mechanical Properties EUROMECH-MECAMAT'2000;</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2000, Metz, France. pp.Pr4-293-Pr4-301, </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jp4:2001436⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatigue Crack Initiation and Propagation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Doquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Hénaff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Palin-Luc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanics - Microstructure - Corrosion Coupling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.65-90, 2019, 9781785483097. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/b978-1-78548-309-7.50004-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02906110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Whittaker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Baietto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Burns</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Nowell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phillipa Reed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, pp.123. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2017.09.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId164"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:62.5px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marion RISBET </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">marion-risbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-0426-3185</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">073460230</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Professeur des universités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, section CNU 60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université de Technologie de Compiègne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (UTC)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Unité de recherche Roberval</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (mécanique, énergie, électricité) / Equipe Matériaux et surface</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ORCID : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">0000-0003-0426-3185</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1995 - 1996</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Licence et Maîtrise de Physique - Université Rennes I</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1997</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">   D.E.A. Sciences des Matériaux - Université Lille I</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1999- 2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  Thèse de doctorat spécialité Sciences Mécaniques pour l’ingénieur- Université de Technologie de Compiègne, Unité de Recherche Roberval</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  Habilitation à Diriger des Recherches - Université de Technologie de Compiègne, Unité de Recherche Roberval</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsabilités</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**Depuis 2023 Directrice adjointe du laboratoire Roberval</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis 2019 Directrice du laboratoire commun FuseMetal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">UTCArcelorMittal France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Créé en 2019 et cofinancé par l’Union européenne avec le Fonds européen de développement régional (FEDER), FuseMetal est un laboratoire commun qui rassemble des chercheurs du laboratoire Roberval de l’UTC et du centre de R&D Montataire d’ArcelorMittalFrance autour des thématiques scientifiques liées la maîtrise de la soudabilité des aciers de haute résistance de 3ème génération, et de la maîtrise des procédés de fabrication additive des aciers et leurs applications.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020-2024 Directrice adjointe du GDR COnCOrD 2081 CNRS</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'objectif de ce GDR est d'établir un dialogue entre des équipes françaises abordant l'oxydation haute température sous différents aspects, chimiqueet mécanique, expérimental et de modélisation, afin de motiver une approche pluridisciplinaire et ainsi contribuer à de nouvelles avancées sur cette thématique complexe.</w:t></w:r><w:br/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://gdr-concord.cnrs.fr/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mots-clés des domaines de recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mécanique des matériaux, alliages métalliques, essais mécaniques, fatigue, endommagement, longueurs internes, microscopie électronique, EBSD, approche expérimentale multi-échelle, couplage mécanique/environnement.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thématiques de recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes activités de recherche portent sur la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">caractérisation expérimentale multi-échelle des matériaux métalliques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, centrée sur la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">prise en compte des longueurs internes microstructurales pour la compréhension des phénomènes mécaniques (comportement, durabilité) à une échelle fine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. Le caractère multi-échelle de cette approche nécessite la combinaison de plusieurs techniques de caractérisation et d’observation de la microstructure, ainsi que de technique d’analyse des résultats expérimentaux obtenus. Ces investigations sont menées dans des buts multiples, alimenter des modèles à base physique, aider à l’optimisation des procédés et/ou des microstructures…</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cette thématique générale vient nourrir plusieurs axes de recherche aux problématiques sous-jacentes sensiblement différentes.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">-</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Effets des longueurs internes de microstructures hétérogènes dans les problèmes d’assemblage par soudage d’alliages métalliques.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Apport des caractérisations multi-techniques et multi-échelles dans la compréhension des mécanismes intervenant à une échelle fine dans les problématiques de contact roue-rail</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Couplages mécanique/environnement (ex : interaction H/endommagement en fatigue)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the Microstructure Changes Induced by a Rolling Contact Bench Reproducing Wheel/Rail Contact on a Pearlitic Steel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lafilé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Marteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Merino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (5), </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/met12050745⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04045345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An attempt to generate mechanical white etching layer on rail surface on a new rolling contact test bench</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Merino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Cazottes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lafile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Saulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wear</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 482, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.wear.2021.203945⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03484906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-Depth Microstructural Analysis of Galling Deformation in Stainless Steels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lesage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.-E. Mazeran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Bouvier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tribology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 69 (4), </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11249-021-01520-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03649501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of microstructure changes induced in two pearlitic rail steels subjected to a full-scale wheel/rail contact rig test</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Wen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Marteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cristofari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wear</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 456-457, pp.203354. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.wear.2020.203354⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02884323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Galling categories investigations in stainless steels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lesage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Oudriss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wear</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 460-461, pp.203413. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.wear.2020.203413⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03180864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Understanding of the Influence of the Process Parameters During Linear Friction Welding on the Joint Quality and the Microstructural Changes of Two Mono-Material Titanium Alloy Joints: The β-Metastable Ti-5Al-2Sn-2Zr-4Mo-4Cr (Ti17) and the Near-α Ti-6Al-2Sn-4Zr-2Mo (Ti6242)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorick Ballat-Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 51 (1), pp.263-278. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11661-019-05503-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02884324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributions of an innovative post-weld heat treatment to the micro-tensile behavior of two mono-material linear friction welded joints using: The β-metastable Ti–5Al–2Sn–2Zr–4Mo–4Cr (Ti17) and the near-α Ti–6Al–2Sn–4Zr–2Mo (Ti6242) Ti-alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorick Ballat-Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Engineering: A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 766, pp.138334. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.msea.2019.138334⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Through analysis of the microstructure changes during linear friction welding of the near-α titanium alloy Ti-6Al-2Sn-4Zr-2Mo (Ti6242) towards microstructure optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorick Ballat-Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Pantleon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Characterization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 151, pp.38-52. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matchar.2019.02.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-scale and multi-technic microstructure analysis of a linear friction weld of the metastable-β titanium alloy Ti-5Al-2Sn-2Zr-4Mo-4Cr (Ti17) towards a new Post-Weld Heat Treatment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorick Ballat-Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Pantleon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Characterization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 144, pp.661-670. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matchar.2018.08.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01971840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface Roughness Based Characterization of Slip Band for Damage Initiation in a Nickel Base Superalloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hsin Shen Ho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Feaugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Bigerelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erliang Zhang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 24 (1), </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5755/j01.ms.24.1.17684⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cyclic slip irreversibility based model for fatigue crack initiation of nickel base alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.S. Ho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Feaugas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Fatigue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 102, pp.1 - 8. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2017.04.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The tridimensional gradient of microstructure in worn rails – Experimental characterization of plastic deformation accumulated by RCF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dylewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Bouvier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wear</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 392-393, pp.50-59. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.wear.2017.09.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01993208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiscale characterization of head check initiation on rails under rolling contact fatigue: Mechanical and microstructure analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dylewski Benoît</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wear</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 366-367, pp.383-391. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.wear.2016.06.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02909058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the unified view of the contribution of plastic strain to cyclic crack initiation: Impact of the progressive transformation of shear bands to persistent slip bands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.S. Ho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Feaugas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 85, pp.155-167. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actamat.2014.11.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Characterization of the Tridimensional Gradient of Microstructure Induced by RCF in the Rolling Band of Rails</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dylewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Bouvier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 133, pp.202-210. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeng.2015.12.659⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02920612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of silicon and addition elements on the mechanical behavior of ferritic ductile cast iron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akram Alhussein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chobaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Balloy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Engineering: A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 605, pp.222 - 228. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.msea.2014.03.057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01911285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of silicon content and defects on the lifetime of ductile cast iron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akram Alhussein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Favergeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MATEC Web of Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 12, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/matecconf/20141204006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01911283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlation of precipitation state in a nickel-base superalloy on fatigue damage:A local approach of crack initiation resulting from the localization of plastic deformation on slip band</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.S. Ho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Feaugas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 93, pp.207-209. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matlet.2012.11.078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Several aspects of the temperature history in relation to the cyclic behaviour of an austenitic stainless steel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Gentet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Feaugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Lejaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pilvin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Engineering: A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 528, pp.7696-7707. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.msea.2011.06.048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of grain size on the localization of plastic deformation in shear bands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.S. Ho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Feaugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scripta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 65 (11), pp.998-1001. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scriptamat.2011.09.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fundamental mechanisms of surface damage associated to the localization of the plastic deformation in fatigue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.S. Ho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Feaugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Favergeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2 (1), pp.751 - 757. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeng.2010.03.081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01911361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damage in nickel base superalloy: Influence of local parameters measured by electron backscattered diffraction and atomic force microscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Feaugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Guillemer-Neel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scripta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 60 (5), pp.269-272. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scriptamat.2008.06.053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00751281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some comments about fatigue crack initiation in relation to cyclic slip irreversibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Feaugas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Engineering Fracture Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 75 (11), pp.3511-3519. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.engfracmech.2007.04.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stereological characterization of the γ' particles in a nickel base superalloy: Comparison between transmission electron microscopy and atomic force microscopy techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Feaugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Guillemer-Neel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Characterization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 59 (9), pp.In Press. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matchar.2007.10.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00264486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the size effect on work hardening behaviour in stage II of Ni20wt.%Cr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Rudloff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Keller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hug</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 62 (20), pp.3591-3593. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matlet.2008.03.058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-derivative equations for fatigue crack growth in metals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Pommier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Fracture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 131 (1), pp.79-106. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10704-004-3633-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time derivative equations for mode I fatigue crack growth in metals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Pommier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Fatigue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 27 (10-12), pp.1297-1306. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2005.06.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00114052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time derivative equations for mode I fatigue crack growth in metals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pommier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Fatigue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 27 (10-12), pp.1297 - 1306. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2005.06.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effects of grain size on the cyclic deformation behaviour of polycrystalline nickel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Haddou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Marichal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Feaugas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Engineering: A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 379 (1-2), pp.102-111. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.msea.2003.12.069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of atomic force microscopy to quantify slip irreversibility in a nickel-base superalloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Feaugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Guillemer-Neel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scripta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 49 (6), pp.533-538. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1359-6462(03)00357-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence invitée : Optimisation de structures en acier sûres pour le secteur automobile : le laboratoire commun FuseMetal, un exemple de partenariat académique/industriel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Schmit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque InterUT Systèmes sûrs et durables</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Technologie de Compiègne [UTC], Feb 2023, Paris, France. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34746/hndt-az12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04011810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Prediction of Stresses at High Temperature of 3rd Generation Advanced High Strength Steels During Resistance Spot Welding - Liquid Metal Embrittlement Risk Assessment. Methodology to Create and Validate a Reliable and Robust Numerical Material Card</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lejault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gaied</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Favergeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th WCCM-ECCOMAS Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Virtual conference, France. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23967/wccm-eccomas.2020.228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04276192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cyclic slip irreversibility based model for fatigue crack initiation of nickel base alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hsin Shen Ho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Feaugas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Fatigue Congress, FATIGUE 2018;</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Poitiers, France. pp.04002, </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/matecconf/201816504002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">STUDY OF GRAIN BOUNDARY OXIDATION OF HIGH ALLOYED CARBON STEELS AT COILING TEMPERATURE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larissa Agrizzi Ronqueti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Favergeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Picard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">53º Seminário de Laminação</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Rio de Janeiro, France. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5151/1983-4764-27735⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01911262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damage mechanism related to localization of plastic deformation of Waspaloy™: effect of grain size</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.S. Ho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Feaugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on the Mechanical Behavior of Materials (ICM11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Como, Italy. pp.863-868, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeng.2011.04.142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital Image Correlation technique: Application to early fatigue damage detection in stainless steel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Feissel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Roland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Brancherie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Roëlandt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Fatigue Congress, FATIGUE 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Prague, Czech Republic. pp.2219-2227, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeng.2010.03.238⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de l'amorçage en fatigue d'un acier par corrélation d'images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Feissel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Roland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Brancherie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Roelandt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03391354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the cyclic softening of an under-aged gamma'-precipitated nickel-base superalloy (Waspaloy)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Feaugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th European Mechanics of Materials Conference on Processes, Microstructures and Mechanical Properties EUROMECH-MECAMAT'2000;</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2000, Metz, France. pp.Pr4-293-Pr4-301, </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jp4:2001436⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatigue Crack Initiation and Propagation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Doquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Hénaff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Palin-Luc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Risbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanics - Microstructure - Corrosion Coupling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.65-90, 2019, 9781785483097. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/b978-1-78548-309-7.50004-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02906110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Whittaker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Baietto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Burns</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Nowell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phillipa Reed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, pp.123. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2017.09.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId164"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D09151D5"/>
+    <w:nsid w:val="99E56E28"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marion-risbet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0426-3185" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/073460230" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gdr-concord.cnrs.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045345v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lafil&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Marteau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Risbet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Bouvier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Merino" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met12050745" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484906v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cazottes" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lafile" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Saulot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2021.203945" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-03649501v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lesage" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-E. Mazeran" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11249-021-01520-z" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884323v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Marteau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cristofari" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2020.203354" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-03180864v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oudriss" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2020.203413" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884324v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorick Ballat-Durand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-019-05503-7" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889610v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2019.138334" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889613v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Pantleon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2019.02.027" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889620v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsin Shen Ho" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Feaugas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Bigerelle" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erliang Zhang" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5755/j01.ms.24.1.17684" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01971840v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2018.08.013" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01700023v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.S. Ho" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Feaugas" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2017.04.007" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01993208v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dylewski" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2017.09.001" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909058v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylewski Beno&#238;t" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2016.06.019" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889628v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2014.11.020" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920612v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2015.12.659" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911285v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Alhussein" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bastien" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chobaut" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Balloy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2014.03.057" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911283v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Favergeon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20141204006" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889629v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2012.11.078" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889630v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Moulin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2011.09.001" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3V1RNKT7-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987023v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gentet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lejaille" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pilvin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2011.06.048" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-28FMW82T-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911361v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2010.03.081" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00751281v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guillemer-Neel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Clavel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2008.06.053" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X1C0LVCV-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889636v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2007.04.014" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QSBK1H64-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00264486v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2007.10.006" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5VJPC8WD-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889635v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rudloff" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Keller" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hug" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2008.03.058" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2H6GB190-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889639v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pommier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-004-3633-9" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-8XJTR24P-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114052v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2005.06.034" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LS0WP5HZ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636587v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pommier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889640v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Haddou" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Marichal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2003.12.069" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N6TX4TKQ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889644v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1359-6462(03)00357-9" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TPWN3V6H-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011810v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Schmit" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/hndt-az12" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276192v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lejault" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaied" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gayet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/wccm-eccomas.2020.228" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889619v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/201816504002" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911262v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa Agrizzi Ronqueti" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Picard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5151/1983-4764-27735" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889631v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2011.04.142" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889633v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Feissel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Roland" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Brancherie" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ro&#235;landt" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2010.03.238" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391354v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Roelandt" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889647v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Clavel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:2001436" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4A3CC2520E780F1BE08F8A56E38157E80D6DD786/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906110v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Doquet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert H&#233;naff" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Palin-Luc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-1-78548-309-7.50004-1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889624v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Whittaker" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Baietto" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Burns" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Nowell" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillipa Reed" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2017.09.014" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marion-risbet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0426-3185" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/073460230" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gdr-concord.cnrs.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045345v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lafil&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Marteau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Risbet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Bouvier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Merino" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met12050745" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484906v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cazottes" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lafile" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Saulot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2021.203945" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-03649501v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lesage" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-E. Mazeran" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11249-021-01520-z" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884323v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Marteau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cristofari" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2020.203354" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-03180864v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oudriss" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2020.203413" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884324v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorick Ballat-Durand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-019-05503-7" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889610v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2019.138334" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889613v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Pantleon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2019.02.027" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01971840v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2018.08.013" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889620v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsin Shen Ho" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Feaugas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Bigerelle" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erliang Zhang" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5755/j01.ms.24.1.17684" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01700023v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.S. Ho" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Feaugas" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2017.04.007" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01993208v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dylewski" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2017.09.001" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909058v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylewski Beno&#238;t" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2016.06.019" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889628v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2014.11.020" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920612v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2015.12.659" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911285v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Alhussein" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bastien" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chobaut" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Balloy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2014.03.057" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911283v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Favergeon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20141204006" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889629v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2012.11.078" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987023v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gentet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lejaille" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pilvin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2011.06.048" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-28FMW82T-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889630v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Moulin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2011.09.001" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3V1RNKT7-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911361v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2010.03.081" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00751281v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guillemer-Neel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Clavel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2008.06.053" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X1C0LVCV-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889636v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2007.04.014" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QSBK1H64-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00264486v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2007.10.006" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5VJPC8WD-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889635v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rudloff" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Keller" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hug" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2008.03.058" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2H6GB190-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889639v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pommier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-004-3633-9" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-8XJTR24P-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114052v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2005.06.034" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LS0WP5HZ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636587v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pommier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889640v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Haddou" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Marichal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2003.12.069" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N6TX4TKQ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889644v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1359-6462(03)00357-9" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TPWN3V6H-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011810v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Schmit" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/hndt-az12" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276192v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lejault" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaied" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gayet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/wccm-eccomas.2020.228" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889619v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/201816504002" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911262v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa Agrizzi Ronqueti" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Picard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5151/1983-4764-27735" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889631v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2011.04.142" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889633v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Feissel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Roland" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Brancherie" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ro&#235;landt" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2010.03.238" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391354v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Roelandt" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889647v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Clavel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:2001436" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4A3CC2520E780F1BE08F8A56E38157E80D6DD786/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906110v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Doquet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert H&#233;naff" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Palin-Luc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-1-78548-309-7.50004-1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889624v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Whittaker" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Baietto" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Burns" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Nowell" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillipa Reed" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2017.09.014" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>