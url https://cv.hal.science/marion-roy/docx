--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1278,76 +1278,76 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-03938683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Film-forming amines for corrosion protection of carbon steels in PWR secondary circuit conditions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impedance analysis of a film-forming amine for the corrosion protection of carbon steel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Pébère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Caussé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Delaunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1357,73 +1357,82 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NPC 2018 (Nuclear Plant Chemistry Conference)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Electrochemical Method in Corrosion Research (EMCR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Cambridge, United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2018.06.189⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02415481v1</w:t>
+                <w:t xml:space="preserve">cea-02400225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behaviour of two products containing film forming amines (FFA) in the secondary circuit physico-chemical conditions of the pressurized water reactor (PWR)</w:t>
               </w:r>
@@ -1528,407 +1537,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02339319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behaviour of two products containing film forming amines (FFA) in the secondary circuit physico-chemical conditions of the pressurized water reactor (PWR)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Film-forming amines for corrosion protection of carbon steels in PWR secondary circuit conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Baux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Pébère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Delaunay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Tireau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Roy</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">S. Delaunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Second International Conference on Film FormingAmines and Products (FFP 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">NPC 2018 (Nuclear Plant Chemistry Conference)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02415314v1</w:t>
+                <w:t xml:space="preserve">hal-02415481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corrosion in liquid metals from database acquisition to life time prediction</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Behaviour of two products containing film forming amines (FFA) in the secondary circuit physico-chemical conditions of the pressurized water reactor (PWR)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. You</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Lecocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Verelst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Delaunay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on High-Temperature Oxidation and Corrosion (ISHOC - 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Matsue, Japan</w:t>
+              <w:t xml:space="preserve">The Second International Conference on Film FormingAmines and Products (FFP 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02400183v1</w:t>
+                <w:t xml:space="preserve">hal-02415314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impedance analysis of a film-forming amine for the corrosion protection of carbon steel</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">J. Tireau</w:t>
+                <w:t xml:space="preserve">Corrosion in liquid metals from database acquisition to life time prediction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Martinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.J. Young</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bosonnet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochemical Method in Corrosion Research (EMCR)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Symposium on High-Temperature Oxidation and Corrosion (ISHOC - 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Matsue, Japan</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02400225v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02400183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of polyacrylic acid on iron oxides formed on steam generator tubes and on metallic copper present in pressurized water reactors</w:t>
               </w:r>
@@ -2428,51 +2428,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04764410v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deni Jero" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Causs&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marsan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Buffeteau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Chaussec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2024.144625" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306915v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Roy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahma Dahmani" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Vallet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Masella" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.3c05383" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235929v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2023.141925" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880106v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Baux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Delaunay" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Tireau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/ab7d42" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357508v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo d'Angelo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pauporte" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique You" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2019.01.021" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02418710v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Arnaud Artola" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Rousseau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Clavaguera" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7cp02743e" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883111v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Esvan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2018.06.189" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911274v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Martinelli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Ginestar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Favergeon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Moulin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2015.11.005" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03938683v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Vital" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415481v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine P&#233;b&#232;re" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delaunay" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tireau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339319v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. You" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mertens" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lecocq" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Verelst" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415314v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02400183v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Martinelli" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Young" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gosse" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bosonnet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02400225v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02421907v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Mansour" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02442333v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02439447v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04764410v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deni Jero" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Causs&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marsan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Buffeteau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Chaussec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2024.144625" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306915v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Roy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahma Dahmani" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Vallet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Masella" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.3c05383" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235929v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2023.141925" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880106v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Baux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Delaunay" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Tireau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/ab7d42" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357508v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo d'Angelo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pauporte" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique You" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2019.01.021" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02418710v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Arnaud Artola" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Rousseau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Clavaguera" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7cp02743e" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883111v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Esvan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2018.06.189" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911274v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Martinelli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Ginestar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Favergeon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Moulin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2015.11.005" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03938683v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Vital" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02400225v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine P&#233;b&#232;re" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delaunay" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tireau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339319v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. You" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mertens" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lecocq" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Verelst" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415481v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415314v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02400183v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Martinelli" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Young" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gosse" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bosonnet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02421907v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Mansour" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02442333v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02439447v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>