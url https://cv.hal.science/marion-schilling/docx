--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -234,295 +234,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05084221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phototropin connects blue light perception to starch metabolism in green algae</w:t>
+                <w:t xml:space="preserve">Betaine lipids overproduced in seed plants are not imported into plastid membranes and promote endomembrane expansion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yizhong Yuan</w:t>
+                <w:t xml:space="preserve">Sarah Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Schilling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Iannetta</w:t>
+                <w:t xml:space="preserve">Catherine Albrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minjae Kim</w:t>
+                <w:t xml:space="preserve">Grégory Si Larbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patric Sadecki</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marius Arend</w:t>
+                <w:t xml:space="preserve">Pierre-Henri Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-57809-3⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 76 (4), pp.980-996. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erae458⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04463739v1</w:t>
+                <w:t xml:space="preserve">hal-04868681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Betaine lipids overproduced in seed plants are not imported into plastid membranes and promote endomembrane expansion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phototropin connects blue light perception to starch metabolism in green algae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yizhong Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Salomon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marion Schilling</w:t>
+                <w:t xml:space="preserve">Anthony Iannetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Albrieux</w:t>
+                <w:t xml:space="preserve">Minjae Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégory Si Larbi</w:t>
+                <w:t xml:space="preserve">Patric Sadecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Henri Jouneau</w:t>
+                <w:t xml:space="preserve">Marius Arend</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 76 (4), pp.980-996. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (1), pp.2545. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jxb/erae458⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-57809-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04868681v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04463739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monogalactosyldiacylglycerol synthase isoforms play diverse roles inside and outside the diatom plastid</w:t>
               </w:r>
@@ -560,51 +560,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Cicéron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Si Larbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Plant cell</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 2024 (12), pp.koae275. </w:t>
@@ -936,51 +936,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jade Ezzedine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clarisse Uwizeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Si Larbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1564,51 +1564,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AtVPS13M1 is involved in lipid remodeling in response to phosphate starvation and is located to mitochondria in Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Leterme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Albrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Couté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2543,51 +2543,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084221v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Manuel Escu&#237;n" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Claver" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a &#193;ngeles Luj&#225;n" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Schilling" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Jouhet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00764-025-00346-y" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463739v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yizhong Yuan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Iannetta" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minjae Kim" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patric Sadecki" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Arend" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-57809-3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868681v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Salomon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Albrieux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Si Larbi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Jouneau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae458" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731720v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Gu&#233;guen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick S&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Cic&#233;ron" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gros" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koae275" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835631v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2024.1386023" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176026v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marceau Levasseur" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Barbier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Oliveira-Correia" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Henry" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof9050536" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294008v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Ezzedine" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Uwizeye" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Villain" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Louwagie" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-43030-7" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791040v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Maia-Grondard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymonde Baltenweck" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Robert" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hugueney" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.988709" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03602739v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuele Moretti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Pacetti" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pierron" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanns-Heinz Kassemeyer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Fischer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36253/phyto-13021" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868262v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Roy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495519v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Baron" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cussac" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Charles" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852503v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leterme" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Cout&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Brugi&#232;re" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gillet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852513v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siqi Yan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Michaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475576v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Baron" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cussac" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924553v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Serbutoviez-Verville" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Artigas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Armanet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834656v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541656v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Farine" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre P&#233;ros" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bertsch" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gelhaye" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.abr.2021.05.007" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084221v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Manuel Escu&#237;n" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Claver" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a &#193;ngeles Luj&#225;n" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Schilling" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Jouhet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00764-025-00346-y" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868681v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Salomon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Albrieux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Si Larbi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Jouneau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae458" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463739v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yizhong Yuan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Iannetta" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minjae Kim" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patric Sadecki" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Arend" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-57809-3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731720v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Gu&#233;guen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick S&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Cic&#233;ron" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gros" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koae275" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835631v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2024.1386023" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176026v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marceau Levasseur" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Barbier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Oliveira-Correia" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Henry" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof9050536" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294008v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Ezzedine" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Uwizeye" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Villain" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Louwagie" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-43030-7" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791040v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Maia-Grondard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymonde Baltenweck" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Robert" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hugueney" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.988709" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03602739v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuele Moretti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Pacetti" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pierron" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanns-Heinz Kassemeyer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Fischer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36253/phyto-13021" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868262v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Roy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495519v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Baron" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cussac" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Charles" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852503v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leterme" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Cout&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Brugi&#232;re" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gillet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852513v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siqi Yan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Michaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475576v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Baron" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cussac" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924553v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Serbutoviez-Verville" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Artigas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Armanet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834656v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541656v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Farine" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre P&#233;ros" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bertsch" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gelhaye" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.abr.2021.05.007" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>