--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marion Amalric </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feedback on a “Territory-Responsive” Participatory Simulation on Coastal Flooding Risk Applied to Two Case Studies in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Monfort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 13622, Springer International Publishing, pp.99-120, 2023, Simulation and Gaming for Social Impact. ISAGA 2022, </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-37171-4_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyser la réception sociale du recul stratégique face au risque de submersion marine en Camargue et en Normandie à travers une expérience simulée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Monfort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Anselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association de géographes français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 98 (3/4), pp.530-545. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bagf.8639⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03621434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LittoSIM-GEN: A generic platform of coastal flooding management for participatory simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Laatabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécilia Pignon-Mussaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Modelling and Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 149, pp.105319. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsoft.2022.105319⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03640456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revealing social vulnerability profiles for urban flood management: the case of Ouagadougou (Burkina Faso)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mwingnè Laure Carolle Da</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Hangnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Nikiema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cybergeo.38243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03583168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réception sociale de la gestion du risque littoral : un éclairage au prisme de la simulation participative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Vol. XXVII (69), pp.63-89. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rips1.069.0063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03441951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une exploration interdisciplinaire des liens entre relation au lieu et concernement. À propos des risques fluviaux et côtiers en France métropolitaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bousquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rocle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rey-Valette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Meur-Ferec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Vye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (2), pp.141-158. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/nss/2021038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03525062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paving the way to coastal adaptation pathways: An interdisciplinary approach based on territorial archetypes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rocle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Rey-Valette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science &amp; Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 110, pp.34-45. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsci.2020.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02614204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping and Describing Geospatial Data to Generalize Complex Models: The Case of LittoSIM-GEN Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Laatabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécilia Pignon-Mussaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Geospatial and Environmental Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 7 (1), pp.1-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03095900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapports à la nature, modes d’habiter et ingénierie écologique : les zones humides artificielles comme symboles de l’écologisation de l’action environnementale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association de géographes français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Les goégraphes et la nature, regards nouveaux, 92 (2), pp.181-201. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bagf.4852⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02372003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participatory simulation to foster social learning on coastal flooding prevention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Anselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier B Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Modelling and Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 98, pp.1-11. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsoft.2017.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01590667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ingénierie écologique face aux territoires : enjeux et représentations sociales d’une innovation dans le domaine du traitement de l’eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Cirelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01525725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ingénierie écologique appliquée aux zones de rejet végétalisées : élimination de micropolluants, biodiversité et intégration socio-territoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ywann Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Polard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cirelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Bacchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/tsm/2017120157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01971687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibiliser au risque de submersion marine par le jeu ou faut-il qu’un jeu soit spatialement réaliste pour être efficace ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Anselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Delay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences du jeu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, http://journals.openedition.org/sdj/859. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sdj.859⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01674298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’ingénierie écologique face aux territoires : enjeux et représentations sociales d’une innovation dans le domaine du traitement de l’eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Cirelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 91/4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02009447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’élaboration des politiques climatiques locales : usage et portée d’un dispositif de concertation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Développement durable et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Lutte contre le changement climatique et maîtrise de la demande d'énergie, 8 (2), </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/developpementdurable.11715⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01578461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle réception sociale pour l'ingénierie écologique industrielle? L'insertion socio-territoriale des zones humides artificielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Cirelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Larrue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Mettre à l'épreuve l'acceptabilité sociale, 15 (3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01264579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choosing, living in and belonging to the community of Montlouis-sur-Loire. Territorial identity for middle class residents of a small suburb of the city of Tours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Semmoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Florin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roman Stadnicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Troin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de géographie du Québec</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, L’urbanisation diffuse : un difficile mais inévitable défi d’aménagement, 58 (165), pp.441-465</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01218604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the Lotka–Volterra model to a spatialised population-driven individual-based model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Thierry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sheeren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Monteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Corson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 306 (June 2015), pp.xxx (2014). </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2014.09.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TOXI-CITY: an agent-based model for exploring the effects of risk awareness and spatial configuration on the survival rate in the case of industrial accidents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Salze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johnny Douvinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 692, </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cybergeo.26522⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02194215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping Mental Representations of Industrial Risk:Illustrated with the Populations of the Estuary of the Seine River, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Chevé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cartographica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 49 (2), pp.102-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01015450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hazard and living environment: combining industrial risk and landscape representations.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Chevé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Travers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Risk Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Volume 15 (Issue 10 Special Issue: Navigating Scientific Routes to Risk), 17 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01015492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Land use management for coastal flooding prevention: a participatory simulation platform applied to Camargue (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Monfort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Anselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paulo Pereira; Eduardo Gomes; Jorge Rocha. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mapping and Forecasting Land Use. The Present and Future of Planning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.193-221, 2022, 978-0-323-90947-1. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-323-90947-1.00002-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03920609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévention et stratégies d’adaptation face aux risques : mesures réglementaires et comportements individuels suite aux inondations de 2009 à Ouagadougou (Burkina Faso)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Hangnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Meunier-Nikiema</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">karthala. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’état réhabilité en Afrique : Réinventer les politiques publiques à l’ère néolibérale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02507685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle SISBIO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Delay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Reulier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Gaudieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Thierry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recueil de fiches pédagogiques du réseau MAPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions CNRS; Réseaux National des Systèmes Complexes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.195-217, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01300698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques temporelles de la pandémie de grippe A/H1N1 dans la presse écrite francophone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Joselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Eliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jeanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Lepastourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clelia Gasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jadt.org Analyse statistique des données textuelles. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des 12es Journées internationales d’Analyse de données textuelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2014, 978-2-9547781-1-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02006859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies de protection patrimoniale et valorisation touristique des paysages culturels, trois démarches significatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Servain-Courant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Verdelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Yengué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tourisme et Territoire, sous la dir. de Annie Bleton-Ruget, Nicole Commerçon, Isabelle Lefort, Ed. Institut de recherche du Val de Saône-Mâconnais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies de protection patrimoniale et valorisation touristique des paysages culturels, trois démarches significatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Servain-Courant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Verdelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Yengue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tourisme et Territoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ed. Institut de recherche du Val de Saône-Mâconnais, p.71-78, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00747982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution de la gestion et appropriation des forêts alluviales ligériennes : le cas de l'agglomération de Tours (Indre-et-Loire, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Servain-Courant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des milieux aux territoires forestiers, itinéraires biogéographiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Artois Presses Université, p.275-291, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00747983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentation médiatique du risque d'inondation : entre déni et rumeur : le cas de la Somme (80)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helga-Jane Scarwell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Laganier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le traitement médiatique des catastrophes dans l'histoire : entre oubli et mémoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS-MSH-Alpes, pp.129-142, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un protocole de méthodes mixtes pour évaluer les effets d’une simulation participative sur la gestion du risque de submersion marine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Monfort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des 1eres journées GAMAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sylvain Dernat; Myriam Grillot; François Guerrier; Gilles Martel; Nicolas Salliou; Médulline Terrier-Gesbert, Jun 2022, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03924940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applying a descriptive participatory simulation to specific case studies: Adapting the LittoSIM coastal flooding management simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Anselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Congress on Environmental Modelling &amp; Software Society (iEMSs 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vrije Universiteit Brussel, Jul 2020, Brussels, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04208497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche et méthode d’évaluation de la participation dans un dispositif de simulation participative : le cas de LittoSIM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Monfort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sixièmes journées doctorales sur la participation et la démocratie participative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03467766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LittoSIM : une simulation interactive pour expérimenter des stratégies alternatives de prévention du risque de submersion marine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Anselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Bergossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées REFMAR 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, La défense, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02431604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LittoSIM : une simulation interactive pour expérimenter des stratégies alternatives de prévention du risque de submersion marine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Anselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Bergossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées REFMAR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Shom; MTES, Mar 2019, Paris, France. 1 diaporama (20 vues)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05173794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participatory simulations with decision makers on coastal flooding prevention: what did they learn?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Anselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Bergossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Simulation and Gaming Association Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02431600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participatory simulation of coastal flooding: building social learning on prevention measures with decision-makers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Anselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Congress on Environmental Modelling and Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Toulouse, France. pp.1-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01382549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Services Ecosystémiques Culturels rendus par les espaces verts urbains: apport à l'étude des représentations du bien-être par les usagers et les gestionnaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Yengué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international pluridisciplinaire Bien-être en Ville, regards croisés nature-santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01090656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques temporelles de la pandémie de grippe A/H1N1 dans la presse écrite francophone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Joselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Eliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jeanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Lepastourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clelia Gasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées internationales d'analyse statistique des données textuelles JADT2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01015517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking macro and micro scales in a predator‐prey individual‐based model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Thierry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Corson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Langlois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Monteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ISEM 2013 : Modélisation des écosystèmes durables dans le contexte des changements globaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Toulouse, France. 22 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02811293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The 2009-2010 H1N1 Vaccination Campaign through the Lense of MediaInformation: A Methodological Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Lepastourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Joselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Daudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clelia Gasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Eliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVth International Medical Geography Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, East Lansing, Michigan, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TOXICITY: Un modèle multi-agent pour simuler les comportements des populations lors d'un accident industriel toxique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sheeren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johnny Douvinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Daudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence SAGEO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00580786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Cartographier les représentations mentales du risque industriel. Illustration avec les populations de l’estuaire de la Seine – France »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Chevé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Guillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international de cartographie (ICC, 25Th)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01825947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TOXICITY, an Agent-Based Model to simulate behaviours and effects of local proximities during a toxic industrial accident</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Daudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johnny Douvinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MAPS 2 Conference « Teaching of/with Agent-Based Models in the Social Sciences »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00511982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risques industriels et aménités paysagères: approche spatiale de la gestion et de la représentation du risque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Chevé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Travers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Risque et Industrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03084944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing hazard in a living environment: combining risk and landscape representations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Chevé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Travers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association of American Geographer Annual meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Washington, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03084942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Making urban development compatible with flood risk ? The French and Dutch regulation systems and their local involvements. Cases in the valley of the Loire (France) and in the valley of the Meuse (The Netherlands)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Serrano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Twan Brinkhof</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Freude am Fluss final conference "Space for the river, space for people?", Panel "Combining Urban development and Flood management"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Nijmegen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00802705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre et évaluer les vulnérabilités liées au risque inondation : la prise en compte des représentations des acteurs. L'exemple du développement urbain dans la vallée de la Loire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bernier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Serrano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque Vulnérabilités sociales, risque et environnement : comprendre et évaluer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Toulouse, France. 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00802667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To a development which is compatible with flood risk - Cases of the medium valley of the Loire (France) and the valley of the Meuse (the Netherlands)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Serrano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeuf Spits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bernier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Freude am Fluss final conference "Space for the river, space for people?", Panel "Combining Urban development and Flood management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Nijmegen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00802704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flood risk consideration : a new paradigm Urban examples in the middle valley of the Loire (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Yengue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrieu Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Serrano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Flood Recovery Innovation and Response (FRIAR) 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, London, United Kingdom. pp 81-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00802492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégrer des données géospatiales dans un modèle multi-agents : le cas de LittoSIM-GEN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Pignon-Mussaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Laatabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Anselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAGEO 2021, 16th Spatial Analysis and Geomatics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03650423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilisation des gestionnaires à la prévention des risques liés à l’eau : modélisation, simulation et participation dans le delta du Mékong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Huyen Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Gaudou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Spatial Analysis and GEOmatics (SAGEO 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, La Rochelle, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03258920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LittoSIM : Gérez le risque de submersion ! Un dispositif participatif de sensibilisation à la gestion du risque de submersion marine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Anselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assises Nationales des Risques Naturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Montpelier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04230407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HABITER L'ENVIRONNEMENT POUR UNE GÉOGRAPHIE SOCIALE ENVIRONNEMENTALE : NATURE, PAYSAGE, RISQUE VOLUME 1 : POSITIONNEMENT & PROJET DE RECHERCHE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université de Bretagne Occidentale, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02371925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SMARE : Simulation and Multi-Agent Risk Experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Tours; Université Grenoble - Alpes. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04237744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action de recherche participante dans le cadre de l’élaboration du PCET de Dreux Agglomération</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UMR CITERES; Association ERACLES. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques et représentations des épidémies. Analyse comparée de la construction d’un problème de santé global</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Eliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clelia Gasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jeanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Joselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Grands réseaux de recherche Haut Normands. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01015536v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LES POLITIQUES ENVIRONNEMENTALES A L'EPREUVE DE L'INTERCOMMUNALITE : VERS DE NOUVEAUX TERRITOIRES D'ACTION ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bonnefond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adèle Debray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01015465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportements des Ouagalais face aux inondations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Nikiema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Hangnon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02362050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Connaissances des inondations par les Ouagalais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Nikiema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Hangnon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02362045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaborer un Plan Climat Energie Territorial : retour d'expérience sur la concertation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bertrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01254679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiche pédagogique Modèle Proie-Prédateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Caillault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Corson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Langlois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Monteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usages et régulation de la ressource paysage : Etudes de cas en France et en Suisse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Larrue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Knoepfel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bonnefond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Pousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation multi-Agents appliquée aux Phénomènes Spatialisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Abrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Amblard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Anselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctorat. France. 2014, pp.258</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01090631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recueil de fiches pédagogiques du réseau MAPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sheeren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Corson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École thématique. Modélisation multi-Agents appliquée aux Phénomènes Spatialisés 2009 - 2014, France. 2014, 258 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les zones humides, appropriations et représentations. L'exemple du Nord-Pas de Calais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université des Sciences et Technologie de Lille - Lille I, 2005. Français. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00012148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId174"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marion Amalric </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feedback on a “Territory-Responsive” Participatory Simulation on Coastal Flooding Risk Applied to Two Case Studies in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Monfort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 13622, Springer International Publishing, pp.99-120, 2023, Simulation and Gaming for Social Impact. ISAGA 2022, </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-37171-4_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyser la réception sociale du recul stratégique face au risque de submersion marine en Camargue et en Normandie à travers une expérience simulée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Monfort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Anselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association de géographes français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 98 (3/4), pp.530-545. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bagf.8639⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03621434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LittoSIM-GEN: A generic platform of coastal flooding management for participatory simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Laatabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécilia Pignon-Mussaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Modelling and Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 149, pp.105319. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsoft.2022.105319⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03640456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revealing social vulnerability profiles for urban flood management: the case of Ouagadougou (Burkina Faso)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mwingnè Laure Carolle Da</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Hangnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Nikiema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cybergeo.38243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03583168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réception sociale de la gestion du risque littoral : un éclairage au prisme de la simulation participative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Vol. XXVII (69), pp.63-89. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rips1.069.0063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03441951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une exploration interdisciplinaire des liens entre relation au lieu et concernement. À propos des risques fluviaux et côtiers en France métropolitaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bousquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rocle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rey-Valette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Meur-Ferec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Vye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (2), pp.141-158. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/nss/2021038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03525062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paving the way to coastal adaptation pathways: An interdisciplinary approach based on territorial archetypes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rocle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Rey-Valette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science &amp; Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 110, pp.34-45. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsci.2020.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02614204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping and Describing Geospatial Data to Generalize Complex Models: The Case of LittoSIM-GEN Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Laatabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécilia Pignon-Mussaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Geospatial and Environmental Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 7 (1), pp.1-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03095900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapports à la nature, modes d’habiter et ingénierie écologique : les zones humides artificielles comme symboles de l’écologisation de l’action environnementale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association de géographes français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Les goégraphes et la nature, regards nouveaux, 92 (2), pp.181-201. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bagf.4852⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02372003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ingénierie écologique face aux territoires : enjeux et représentations sociales d’une innovation dans le domaine du traitement de l’eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Cirelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01525725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participatory simulation to foster social learning on coastal flooding prevention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Anselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier B Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Modelling and Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 98, pp.1-11. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsoft.2017.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01590667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ingénierie écologique appliquée aux zones de rejet végétalisées : élimination de micropolluants, biodiversité et intégration socio-territoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ywann Penru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Polard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cirelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Bacchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/tsm/2017120157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01971687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibiliser au risque de submersion marine par le jeu ou faut-il qu’un jeu soit spatialement réaliste pour être efficace ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Anselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Delay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences du jeu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, http://journals.openedition.org/sdj/859. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sdj.859⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01674298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’ingénierie écologique face aux territoires : enjeux et représentations sociales d’une innovation dans le domaine du traitement de l’eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Cirelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 91/4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02009447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’élaboration des politiques climatiques locales : usage et portée d’un dispositif de concertation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Développement durable et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Lutte contre le changement climatique et maîtrise de la demande d'énergie, 8 (2), </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/developpementdurable.11715⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01578461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle réception sociale pour l'ingénierie écologique industrielle? L'insertion socio-territoriale des zones humides artificielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Cirelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Larrue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Mettre à l'épreuve l'acceptabilité sociale, 15 (3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01264579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choosing, living in and belonging to the community of Montlouis-sur-Loire. Territorial identity for middle class residents of a small suburb of the city of Tours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Semmoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Florin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roman Stadnicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Troin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de géographie du Québec</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, L’urbanisation diffuse : un difficile mais inévitable défi d’aménagement, 58 (165), pp.441-465</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01218604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the Lotka–Volterra model to a spatialised population-driven individual-based model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Thierry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sheeren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Monteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Corson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 306 (June 2015), pp.xxx (2014). </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2014.09.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TOXI-CITY: an agent-based model for exploring the effects of risk awareness and spatial configuration on the survival rate in the case of industrial accidents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Salze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johnny Douvinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 692, </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cybergeo.26522⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02194215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping Mental Representations of Industrial Risk:Illustrated with the Populations of the Estuary of the Seine River, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Chevé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cartographica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 49 (2), pp.102-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01015450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hazard and living environment: combining industrial risk and landscape representations.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Chevé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Travers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Risk Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Volume 15 (Issue 10 Special Issue: Navigating Scientific Routes to Risk), 17 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01015492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Land use management for coastal flooding prevention: a participatory simulation platform applied to Camargue (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Monfort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Anselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paulo Pereira; Eduardo Gomes; Jorge Rocha. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mapping and Forecasting Land Use. The Present and Future of Planning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.193-221, 2022, 978-0-323-90947-1. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-323-90947-1.00002-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03920609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévention et stratégies d’adaptation face aux risques : mesures réglementaires et comportements individuels suite aux inondations de 2009 à Ouagadougou (Burkina Faso)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Hangnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Meunier-Nikiema</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">karthala. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’état réhabilité en Afrique : Réinventer les politiques publiques à l’ère néolibérale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02507685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle SISBIO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Delay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Reulier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Gaudieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Thierry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recueil de fiches pédagogiques du réseau MAPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions CNRS; Réseaux National des Systèmes Complexes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.195-217, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01300698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques temporelles de la pandémie de grippe A/H1N1 dans la presse écrite francophone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Joselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Eliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jeanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Lepastourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clelia Gasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jadt.org Analyse statistique des données textuelles. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des 12es Journées internationales d’Analyse de données textuelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2014, 978-2-9547781-1-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02006859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies de protection patrimoniale et valorisation touristique des paysages culturels, trois démarches significatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Servain-Courant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Verdelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Yengue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tourisme et Territoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ed. Institut de recherche du Val de Saône-Mâconnais, p.71-78, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00747982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies de protection patrimoniale et valorisation touristique des paysages culturels, trois démarches significatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Servain-Courant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Verdelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Yengué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tourisme et Territoire, sous la dir. de Annie Bleton-Ruget, Nicole Commerçon, Isabelle Lefort, Ed. Institut de recherche du Val de Saône-Mâconnais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution de la gestion et appropriation des forêts alluviales ligériennes : le cas de l'agglomération de Tours (Indre-et-Loire, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Servain-Courant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des milieux aux territoires forestiers, itinéraires biogéographiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Artois Presses Université, p.275-291, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00747983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentation médiatique du risque d'inondation : entre déni et rumeur : le cas de la Somme (80)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helga-Jane Scarwell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Laganier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le traitement médiatique des catastrophes dans l'histoire : entre oubli et mémoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS-MSH-Alpes, pp.129-142, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un protocole de méthodes mixtes pour évaluer les effets d’une simulation participative sur la gestion du risque de submersion marine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Monfort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des 1eres journées GAMAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sylvain Dernat; Myriam Grillot; François Guerrier; Gilles Martel; Nicolas Salliou; Médulline Terrier-Gesbert, Jun 2022, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03924940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applying a descriptive participatory simulation to specific case studies: Adapting the LittoSIM coastal flooding management simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Anselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Congress on Environmental Modelling &amp; Software Society (iEMSs 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vrije Universiteit Brussel, Jul 2020, Brussels, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04208497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche et méthode d’évaluation de la participation dans un dispositif de simulation participative : le cas de LittoSIM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Monfort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sixièmes journées doctorales sur la participation et la démocratie participative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03467766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LittoSIM : une simulation interactive pour expérimenter des stratégies alternatives de prévention du risque de submersion marine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Anselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Bergossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées REFMAR 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, La défense, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02431604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LittoSIM : une simulation interactive pour expérimenter des stratégies alternatives de prévention du risque de submersion marine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Anselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Bergossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées REFMAR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Shom; MTES, Mar 2019, Paris, France. 1 diaporama (20 vues)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05173794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participatory simulations with decision makers on coastal flooding prevention: what did they learn?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Anselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Bergossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Simulation and Gaming Association Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02431600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participatory simulation of coastal flooding: building social learning on prevention measures with decision-makers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Anselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Congress on Environmental Modelling and Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Toulouse, France. pp.1-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01382549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Services Ecosystémiques Culturels rendus par les espaces verts urbains: apport à l'étude des représentations du bien-être par les usagers et les gestionnaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Yengué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international pluridisciplinaire Bien-être en Ville, regards croisés nature-santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01090656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques temporelles de la pandémie de grippe A/H1N1 dans la presse écrite francophone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Joselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Eliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jeanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Lepastourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clelia Gasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées internationales d'analyse statistique des données textuelles JADT2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01015517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking macro and micro scales in a predator‐prey individual‐based model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Thierry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Corson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Langlois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Monteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ISEM 2013 : Modélisation des écosystèmes durables dans le contexte des changements globaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Toulouse, France. 22 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02811293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The 2009-2010 H1N1 Vaccination Campaign through the Lense of MediaInformation: A Methodological Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Lepastourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Joselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Daudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clelia Gasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Eliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVth International Medical Geography Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, East Lansing, Michigan, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Cartographier les représentations mentales du risque industriel. Illustration avec les populations de l’estuaire de la Seine – France »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Chevé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Guillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international de cartographie (ICC, 25Th)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01825947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TOXICITY: Un modèle multi-agent pour simuler les comportements des populations lors d'un accident industriel toxique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sheeren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johnny Douvinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Daudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence SAGEO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00580786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TOXICITY, an Agent-Based Model to simulate behaviours and effects of local proximities during a toxic industrial accident</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Daudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johnny Douvinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MAPS 2 Conference « Teaching of/with Agent-Based Models in the Social Sciences »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00511982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing hazard in a living environment: combining risk and landscape representations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Chevé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Travers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association of American Geographer Annual meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Washington, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03084942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risques industriels et aménités paysagères: approche spatiale de la gestion et de la représentation du risque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Chevé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Travers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Risque et Industrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03084944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Making urban development compatible with flood risk ? The French and Dutch regulation systems and their local involvements. Cases in the valley of the Loire (France) and in the valley of the Meuse (The Netherlands)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Serrano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Twan Brinkhof</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Freude am Fluss final conference "Space for the river, space for people?", Panel "Combining Urban development and Flood management"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Nijmegen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00802705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To a development which is compatible with flood risk - Cases of the medium valley of the Loire (France) and the valley of the Meuse (the Netherlands)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Serrano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeuf Spits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bernier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Freude am Fluss final conference "Space for the river, space for people?", Panel "Combining Urban development and Flood management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Nijmegen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00802704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre et évaluer les vulnérabilités liées au risque inondation : la prise en compte des représentations des acteurs. L'exemple du développement urbain dans la vallée de la Loire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bernier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Serrano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque Vulnérabilités sociales, risque et environnement : comprendre et évaluer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Toulouse, France. 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00802667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flood risk consideration : a new paradigm Urban examples in the middle valley of the Loire (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Yengue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrieu Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Serrano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Flood Recovery Innovation and Response (FRIAR) 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, London, United Kingdom. pp 81-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00802492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilisation des gestionnaires à la prévention des risques liés à l’eau : modélisation, simulation et participation dans le delta du Mékong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Huyen Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Gaudou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Spatial Analysis and GEOmatics (SAGEO 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, La Rochelle, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03258920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégrer des données géospatiales dans un modèle multi-agents : le cas de LittoSIM-GEN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Pignon-Mussaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Laatabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Anselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAGEO 2021, 16th Spatial Analysis and Geomatics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03650423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LittoSIM : Gérez le risque de submersion ! Un dispositif participatif de sensibilisation à la gestion du risque de submersion marine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Anselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assises Nationales des Risques Naturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Montpelier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04230407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SMARE : Simulation and Multi-Agent Risk Experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Beck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Tours; Université Grenoble - Alpes. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04237744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action de recherche participante dans le cadre de l’élaboration du PCET de Dreux Agglomération</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UMR CITERES; Association ERACLES. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques et représentations des épidémies. Analyse comparée de la construction d’un problème de santé global</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Eliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clelia Gasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jeanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Joselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Grands réseaux de recherche Haut Normands. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01015536v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LES POLITIQUES ENVIRONNEMENTALES A L'EPREUVE DE L'INTERCOMMUNALITE : VERS DE NOUVEAUX TERRITOIRES D'ACTION ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bonnefond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adèle Debray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01015465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HABITER L'ENVIRONNEMENT POUR UNE GÉOGRAPHIE SOCIALE ENVIRONNEMENTALE : NATURE, PAYSAGE, RISQUE VOLUME 1 : POSITIONNEMENT & PROJET DE RECHERCHE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université de Bretagne Occidentale, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02371925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportements des Ouagalais face aux inondations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Nikiema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Hangnon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02362050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Connaissances des inondations par les Ouagalais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Nikiema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Hangnon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02362045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaborer un Plan Climat Energie Territorial : retour d'expérience sur la concertation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bertrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01254679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiche pédagogique Modèle Proie-Prédateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Caillault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Corson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Langlois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Monteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usages et régulation de la ressource paysage : Etudes de cas en France et en Suisse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Larrue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Knoepfel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bonnefond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Pousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation multi-Agents appliquée aux Phénomènes Spatialisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Abrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Amblard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Anselme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctorat. France. 2014, pp.258</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01090631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recueil de fiches pédagogiques du réseau MAPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sheeren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Corson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École thématique. Modélisation multi-Agents appliquée aux Phénomènes Spatialisés 2009 - 2014, France. 2014, 258 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les zones humides, appropriations et représentations. L'exemple du Nord-Pas de Calais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Amalric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université des Sciences et Technologie de Lille - Lille I, 2005. Français. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00012148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId174"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324792v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Monfort" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Becu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Amalric" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-37171-4_7" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03621434v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Anselme" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Beck" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.8639" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640456v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Laatabi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Marilleau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Pignon-Mussaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2022.105319" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583168v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mwingn&#232; Laure Carolle Da" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Hangnon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Nikiema" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Robert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.38243" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441951v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rips1.069.0063" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03525062v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bousquet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rocle" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rey-Valette" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Meur-Ferec" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Vye" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2021038" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614204v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Rey-Valette" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bertrand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Long" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsci.2020.05.003" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095900v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372003v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.4852" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01590667v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier B Bertin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2017.09.003" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-724VNW8G-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525725v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Cirelli" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01971687v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ywann Penru" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Polard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cirelli" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bacchi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tsm/2017120157" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674298v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Delay" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdj.859" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02009447v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578461v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.11715" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264579v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Larrue" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01218604v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Semmoud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Florin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Stadnicki" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Troin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094650v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Thierry" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sheeren" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Monteil" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Corson" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2014.09.022" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-04LGH2JV-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02194215v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Salze" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Douvinet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bonnet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.26522" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015450v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Chev&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015492v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Travers" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920609v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-90947-1.00002-8" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507685v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Meunier-Nikiema" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01300698v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Reulier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gaudieux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://prodinra.inra.fr/record/313734" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-02006859v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Joselin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Eliot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jeanne" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Lepastourel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clelia Gasquet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094601v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Servain-Courant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Verdelli" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Yengu&#233;" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747982v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Servain-Courant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Yengue" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747983v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327320v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helga-Jane Scarwell" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Laganier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924940v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04208497v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Berry" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467766v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431604v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Bergossi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173794v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431600v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382549v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bertin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090656v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015517v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811293v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Langlois" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094662v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Daud&#233;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00580786v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825947v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Guillot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00511982v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03084944v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03084942v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802705v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Serrano" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Andrieu" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Twan Brinkhof" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fournier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802667v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bernier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802704v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeuf Spits" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802492v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Yengue" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrieu Andrieu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650423v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Pignon-Mussaud" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258920v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Huyen Tran" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rousseaux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gaudou" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230407v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Bertin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02371925v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04237744v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094566v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015536v2" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015465v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonnefond" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Debray" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362050v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362045v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01254679v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094433v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Caillault" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094628v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Knoepfel" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pousset" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/cel-01090631v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Abrami" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Amblard" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Banos" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094421v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00012148v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324792v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Monfort" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Becu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Amalric" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-37171-4_7" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03621434v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Anselme" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Beck" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.8639" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640456v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Laatabi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Marilleau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Pignon-Mussaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2022.105319" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583168v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mwingn&#232; Laure Carolle Da" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Hangnon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Nikiema" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Robert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.38243" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441951v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rips1.069.0063" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03525062v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bousquet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rocle" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rey-Valette" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Meur-Ferec" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Vye" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2021038" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614204v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Rey-Valette" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bertrand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Long" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsci.2020.05.003" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095900v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372003v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.4852" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525725v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Cirelli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01590667v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier B Bertin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2017.09.003" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-724VNW8G-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01971687v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ywann Penru" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Polard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cirelli" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bacchi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tsm/2017120157" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674298v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Delay" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdj.859" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02009447v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578461v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.11715" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264579v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Larrue" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01218604v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Semmoud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Florin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Stadnicki" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Troin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094650v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Thierry" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sheeren" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Monteil" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Corson" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2014.09.022" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-04LGH2JV-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02194215v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Salze" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Douvinet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bonnet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.26522" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015450v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Chev&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015492v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Travers" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920609v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-90947-1.00002-8" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507685v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Meunier-Nikiema" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01300698v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Reulier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gaudieux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://prodinra.inra.fr/record/313734" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-02006859v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Joselin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Eliot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jeanne" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Lepastourel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clelia Gasquet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747982v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Servain-Courant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Verdelli" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Yengue" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094601v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Servain-Courant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Yengu&#233;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747983v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327320v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helga-Jane Scarwell" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Laganier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924940v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04208497v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Berry" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467766v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431604v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Bergossi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173794v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431600v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382549v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bertin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090656v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015517v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811293v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Langlois" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094662v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Daud&#233;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825947v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Guillot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00580786v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00511982v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03084942v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03084944v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802705v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Serrano" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Andrieu" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Twan Brinkhof" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fournier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802704v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeuf Spits" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bernier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802667v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802492v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Yengue" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrieu Andrieu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258920v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Huyen Tran" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rousseaux" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gaudou" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650423v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Pignon-Mussaud" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230407v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Bertin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04237744v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094566v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015536v2" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015465v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonnefond" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Debray" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02371925v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362050v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362045v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01254679v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094433v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Caillault" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094628v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Knoepfel" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pousset" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/cel-01090631v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Abrami" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Amblard" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Banos" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094421v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00012148v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>