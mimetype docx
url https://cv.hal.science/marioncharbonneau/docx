--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -731,204 +731,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04182237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mode d’habiter et construction des savoirs naturalistes locaux : les éleveurs de brebis des Pyrénées occidentales</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nouvelle PAC et agroécologie - Conclusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yves Poinsot</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Thivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 1009</w:t>
+              <w:t xml:space="preserve">Revue de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, PAC et agroécologie, 663, pp.638-640</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03618220v1</w:t>
+                <w:t xml:space="preserve">hal-03954325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelle PAC et agroécologie - Conclusion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mode d’habiter et construction des savoirs naturalistes locaux : les éleveurs de brebis des Pyrénées occidentales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Artano-Garmendia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Delphine Thivet</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Poinsot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de l'Union européenne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, PAC et agroécologie, 663, pp.638-640</w:t>
+              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03954325v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03618220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How ecosystem services and agroecology are greening French agriculture through its reterritorialization</w:t>
               </w:r>
@@ -1031,51 +1031,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour territorialiser les politiques publiques de l’eau potable : Prendre en compte le concernement territorial des acteurs et les configurations spatiales des dispositifs de gestion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Poinsot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 874, </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1185,235 +1185,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01713491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High nature value mountain farming systems in Europe: Case studies from the Atlantic Pyrenees, France and the Kerry Uplands, Ireland</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Par-delà le changement climatique, les représentations du changement environnemental : le poids de la tension entre filière et territoire dans les secteurs pastoral et viticole en Aquitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Charbonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eileen O’rourke</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yves Poinsot</w:t>
+                <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Rebotier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Rural Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jrurstud.2016.05.010⟩</w:t>
+              <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 16 (3), pp.En ligne. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/vertigo.18110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01641029v1</w:t>
+                <w:t xml:space="preserve">hal-01517246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Par-delà le changement climatique, les représentations du changement environnemental : le poids de la tension entre filière et territoire dans les secteurs pastoral et viticole en Aquitaine</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High nature value mountain farming systems in Europe: Case studies from the Atlantic Pyrenees, France and the Kerry Uplands, Ireland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eileen O’rourke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Julien Rebotier</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Poinsot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 16 (3), pp.En ligne. </w:t>
+              <w:t xml:space="preserve">Journal of Rural Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 46, pp.47 - 59. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/vertigo.18110⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jrurstud.2016.05.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01517246v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01641029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poblamiento concentrado y nuevas formas de movilidad en las sociedades de la puna peruana.</w:t>
               </w:r>
@@ -1628,51 +1628,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’individuel au collectif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Poinsot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Études rurales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 181, pp.39-60. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1732,497 +1732,497 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La multiscalarité de l’agroécologie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le concernement des agriculteurs vis-à-vis des politiques agroécologies des collectivités territoriales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Degrémont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Rurales et Entretiens agronomiques Olivier de Serres « Territoires de l’agriculture : Nouveaux enjeux, nouvelles coopérations entre agronomes, géographes et zootechniciens »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CGR-CNFG; AFA; AFZ, Jun 2025, Mirabel, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude « Action publique territoriale et agroécologie : perspectives multiscalaires et transdisciplinaires »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR TREE; UMR CED; CECOJI, Nov 2025, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05499107v1</w:t>
+                <w:t xml:space="preserve">hal-05499100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le concernement des agriculteurs vis-à-vis des politiques agroécologies des collectivités territoriales</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La multiscalarité de l’agroécologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Charbonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Clause</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Degrémont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Phelpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Denaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude « Action publique territoriale et agroécologie : perspectives multiscalaires et transdisciplinaires »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UMR TREE; UMR CED; CECOJI, Nov 2025, Pau, France</w:t>
+              <w:t xml:space="preserve">Journées Rurales et Entretiens agronomiques Olivier de Serres « Territoires de l’agriculture : Nouveaux enjeux, nouvelles coopérations entre agronomes, géographes et zootechniciens »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CGR-CNFG; AFA; AFZ, Jun 2025, Mirabel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05499100v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05499107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les disparités spatiales du positionnement des EPCI-FP vis-à-vis de l’agroécologie en Nouvelle-Aquitaine</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le pluralisme territorial agricole : regards croisés des acteurs basques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine Huguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjolaine Huguet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sylvie Clarimont</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude « Action publique territoriale et agroécologie : perspectives multiscalaires et transdisciplinaires »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UMR TREE; UMR 5116 Centre Emile Durkheim; CECOJI, Nov 2025, Pau, France</w:t>
+              <w:t xml:space="preserve">Circulations et appropriations des modèles agri-alimentaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nanterre, Jun 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05499094v1</w:t>
+                <w:t xml:space="preserve">hal-05499082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le pluralisme territorial agricole : regards croisés des acteurs basques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les disparités spatiales du positionnement des EPCI-FP vis-à-vis de l’agroécologie en Nouvelle-Aquitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Charbonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myrtille Schlur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine Huguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjolaine Huguet</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sylvie Clarimont</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Degrémont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Circulations et appropriations des modèles agri-alimentaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nanterre, Jun 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude « Action publique territoriale et agroécologie : perspectives multiscalaires et transdisciplinaires »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR TREE; UMR 5116 Centre Emile Durkheim; CECOJI, Nov 2025, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05499082v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05499094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la complexité de la gouvernance locale de l’agroécologie : une constellation d’instruments, de champs d’action, d’acteurs et d’échelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine Huguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Action publique territoriale et agroécologie : perspectives multiscalaires et transdisciplinaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2247,90 +2247,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’engagement des EPCI-FP dans la transition agroécologique : une analyse croisée des instruments, des compétences et de la gouvernance des politiques agricoles en Nouvelle-Aquitaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myrtille Schlur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myrtille Schlur</w:t>
+                <w:t xml:space="preserve">Marjolaine Huguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Clarimont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Degrémont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2366,618 +2366,618 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05499080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les transitions agroécologiques dans les territoires néoaquitains : prendre en compte les disparités socio-spatiales des initiatives cherchant à travailler avec le vivant</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analyse de l’évolution des exploitations au cours de ces dernières années, trajectoires, attentes, conditions de travail et pratiques des agriculteurs et agricultrices de Nouvelle-Aquitaine à partir d’un questionnaire en ligne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Bernard de Raymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Inda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Thivet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12es Rencontres du Végétal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Agro Rennes-Angers, Nov 2023, Angers, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude TRANSAGRINA : Mondes agricoles en transition : Regards croisés acteurs/ chercheur.es</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Émile Durkheim, Feb 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05499087v1</w:t>
+                <w:t xml:space="preserve">hal-04150677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Territorialización de los colectivos de agricultores que valoran el origen en el País Vasco: análisis de los modelos agrícolas llevados por estos grupos y su anclaje en el territorio</w:t>
+                <w:t xml:space="preserve">Représentations et positionnements des usagers face aux mesures de protection contre les grands prédateurs : étude territoriale menée dans 5 communes des Pyrénées-Atlantiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Degrémont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Delclaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thao Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Domínguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seminario INTA-IPAF NOA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IPAF NOA, Jun 2023, Maimara, Argentina</w:t>
+              <w:t xml:space="preserve">Séminaire de clôture : Étude d'impact de la mise en place des mesures de protection des troupeaux contre les prédateurs sur le département des Pyrénées-Atlantiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Chambre d'agriculture, Jan 2023, Saint-Palais, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04150789v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04150756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Análisis del despliegue de las políticas públicas de transición agroecológicas en la región Nueva-Aquitania (Francia): formas y disparidades espaciales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seminario: “Políticas Públicas para la transición agroecológica. Alcances y desafíos para su implementación</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INTA, Jun 2023, Buenos-Aires, Argentina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04150805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Représentations et positionnements des usagers face aux mesures de protection contre les grands prédateurs : étude territoriale menée dans 5 communes des Pyrénées-Atlantiques</w:t>
+                <w:t xml:space="preserve">Territorialización de los colectivos de agricultores que valoran el origen en el País Vasco: análisis de los modelos agrícolas llevados por estos grupos y su anclaje en el territorio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dabas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Thivet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire de clôture : Étude d'impact de la mise en place des mesures de protection des troupeaux contre les prédateurs sur le département des Pyrénées-Atlantiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Chambre d'agriculture, Jan 2023, Saint-Palais, France</w:t>
+              <w:t xml:space="preserve">Seminario INTA-IPAF NOA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IPAF NOA, Jun 2023, Maimara, Argentina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04150756v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04150789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de l’évolution des exploitations au cours de ces dernières années, trajectoires, attentes, conditions de travail et pratiques des agriculteurs et agricultrices de Nouvelle-Aquitaine à partir d’un questionnaire en ligne</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les transitions agroécologiques dans les territoires néoaquitains : prendre en compte les disparités socio-spatiales des initiatives cherchant à travailler avec le vivant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Daniele Inda</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Preux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Degrémont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Zahm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Leroux</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Claire Gagnepain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude TRANSAGRINA : Mondes agricoles en transition : Regards croisés acteurs/ chercheur.es</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre Émile Durkheim, Feb 2023, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">12es Rencontres du Végétal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Agro Rennes-Angers, Nov 2023, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04150677v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05499087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La prise en compte des résidus médicamenteux dans l'eau potable : vers la construction d'un problème public ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Clarimont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enzo Lana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3078,657 +3078,657 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04150822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La pluralisation des modèles agricoles en Pays basque : vers une recomposition du système agri-alimentaire territorial</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une étude comparative de deux instruments d’action publique en faveur de la transition agroécologique : les GIEE et les groupes 30 000 en Région Nouvelle-Aquitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laz Brulé-Kopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Thivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Bodiguel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude TRANSAGRINA : Mondes agricoles en transition : Regards croisés acteurs/ chercheur.es.</w:t>
+              <w:t xml:space="preserve">Journée d’étude TRANSAGRINA : Mondes agricoles en transition : Regards croisés acteurs/ chercheur.es</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre Émile Durkheim, Feb 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04150709v1</w:t>
+                <w:t xml:space="preserve">hal-04150694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une étude comparative de deux instruments d’action publique en faveur de la transition agroécologique : les GIEE et les groupes 30 000 en Région Nouvelle-Aquitaine</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">TAETERR-NA Ancrer la Transition AgroEcologique dans les TERRitoires de Nouvelle-Aquitaine : les ressorts territoriaux du développement de systèmes agricoles basés sur la biodiversité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Preux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine Huguet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude TRANSAGRINA : Mondes agricoles en transition : Regards croisés acteurs/ chercheur.es</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre Émile Durkheim, Feb 2023, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude BIOSENA : La recherche autour de l'agroécologie en Nouvelle-Aquitaine : croiser les regards</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, BIOSENA, Feb 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04150694v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04150882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TAETERR-NA Ancrer la Transition AgroEcologique dans les TERRitoires de Nouvelle-Aquitaine : les ressorts territoriaux du développement de systèmes agricoles basés sur la biodiversité</w:t>
+                <w:t xml:space="preserve">La pluralisation des modèles agricoles en Pays basque : vers une recomposition du système agri-alimentaire territorial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marjolaine Huguet</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dabas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xabier Itçaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Thivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude BIOSENA : La recherche autour de l'agroécologie en Nouvelle-Aquitaine : croiser les regards</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, BIOSENA, Feb 2023, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude TRANSAGRINA : Mondes agricoles en transition : Regards croisés acteurs/ chercheur.es.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Émile Durkheim, Feb 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04150882v1</w:t>
+                <w:t xml:space="preserve">hal-04150709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Explorer les transitions environnementales par l'espace : regard croisé des transitions énergétiques et agroécologiques en Nouvelle-Aquitaine</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quelle place pour l’agroécologie dans la PAC 2023-2027 : propos conclusifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Thivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">UGI, Session : Pour une géographie des transitions territoriales ? cadres conceptuels, méthodologiques et approches critiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UGI, Jul 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude : Quelle place pour l’agroécologie dans la PAC 2023-2027 ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CECOJI; Université de Poitiers, Jun 2022, Poitiers, France. pp.638-640</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04150926v1</w:t>
+                <w:t xml:space="preserve">hal-04150897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle place pour l’agroécologie dans la PAC 2023-2027 : propos conclusifs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Territorialiser les rapports Homme-faune sauvage : Cinq communes des Pyrénées-Atlantiques face au retour des grands prédateurs.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Delclaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Degrémont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thao Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Artano-Garmendia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude : Quelle place pour l’agroécologie dans la PAC 2023-2027 ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CECOJI; Université de Poitiers, Jun 2022, Poitiers, France. pp.638-640</w:t>
+              <w:t xml:space="preserve">UGI, Session : Géographie Des Interactions Humains, Animaux, Environnements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UGI, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04150897v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04146092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Territorialiser les rapports Homme-faune sauvage : Cinq communes des Pyrénées-Atlantiques face au retour des grands prédateurs.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julie Delclaux</w:t>
+                <w:t xml:space="preserve">Explorer les transitions environnementales par l'espace : regard croisé des transitions énergétiques et agroécologiques en Nouvelle-Aquitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Arnauld de Sartre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Bouisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">UGI, Session : Géographie Des Interactions Humains, Animaux, Environnements</w:t>
+              <w:t xml:space="preserve">UGI, Session : Pour une géographie des transitions territoriales ? cadres conceptuels, méthodologiques et approches critiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UGI, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04146092v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04150926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Table ronde : « Faire commun autour de la gestion des semences paysannes »</w:t>
               </w:r>
@@ -3885,549 +3885,549 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03327138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversidad y territorialización de los circuitos cortos en el sur de Francia.</w:t>
+                <w:t xml:space="preserve">La implementación de la transición agroecológica en los territorios: diversidad de las acciones colectivas y de los registros de espacialidad.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seminario Internacional "Alimentación, tipos de agricultura y relación productor-consumidor"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INTA et AgriteRRIs, Nov 2019, Buenos Aires, Argentina</w:t>
+              <w:t xml:space="preserve">Programa de capacitación en servicio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Facultad de Ciencias Agrarias y Forestales, Departamento de Desarrollo Rural, Nov 2019, La Plata, Argentina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02396332v1</w:t>
+                <w:t xml:space="preserve">hal-02396339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La implementación de la transición agroecológica en los territorios: diversidad de las acciones colectivas y de los registros de espacialidad.</w:t>
+                <w:t xml:space="preserve">Diversidad y territorialización de los circuitos cortos en el sur de Francia.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Programa de capacitación en servicio</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Facultad de Ciencias Agrarias y Forestales, Departamento de Desarrollo Rural, Nov 2019, La Plata, Argentina</w:t>
+              <w:t xml:space="preserve">Seminario Internacional "Alimentación, tipos de agricultura y relación productor-consumidor"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INTA et AgriteRRIs, Nov 2019, Buenos Aires, Argentina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02396339v1</w:t>
+                <w:t xml:space="preserve">hal-02396332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La territorialización de las políticas agroecológicas en Francia.</w:t>
+                <w:t xml:space="preserve">Quelle agriculture pour quelle alimentation demain ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Muret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bitoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seminario international de la Facultad De Ciencias Agrarias Y Forestales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Facultad De Ciencias Agrarias Y Forestales, Jun 2018, La Plata, Argentine</w:t>
+              <w:t xml:space="preserve">Journée de l’agriculture paysanne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Confédération Paysanne du Béarn et Association béarnaise pour le développement de l'emploi agricole et rural, Oct 2018, Billère, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01955565v1</w:t>
+                <w:t xml:space="preserve">hal-01991131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Las políticas agroecológicas en Francia: el impulso de una acción colectiva, polifacética y territorializada.</w:t>
+                <w:t xml:space="preserve">Ce que les dispositifs « agroécologiques » territorialisés nous disent des transformations de l’agriculture en Nouvelle-Aquitaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIII Congreso de Agricultura Ecológica: “Sistemas alimentarios agroecológicos y cambio climático”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SEAE - Spanish Society for Organic Farming &amp; Agroecology, Nov 2018, Logrono, España</w:t>
+              <w:t xml:space="preserve">Séminaire AgriteRRIs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AgriteRRis, Sep 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01943258v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01961908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’agriculture du mondial au local : territorialiser la transition agroécologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"L'agriculture 2.0", assemblé générale FD CUMA 640</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, FD CUMA 640, Feb 2018, Saint Sever, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01991083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle agriculture pour quelle alimentation demain ?</w:t>
+                <w:t xml:space="preserve">La territorialización de las políticas agroecológicas en Francia.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frank Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de l’agriculture paysanne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Confédération Paysanne du Béarn et Association béarnaise pour le développement de l'emploi agricole et rural, Oct 2018, Billère, France</w:t>
+              <w:t xml:space="preserve">Seminario international de la Facultad De Ciencias Agrarias Y Forestales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Facultad De Ciencias Agrarias Y Forestales, Jun 2018, La Plata, Argentine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01991131v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01955565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ce que les dispositifs « agroécologiques » territorialisés nous disent des transformations de l’agriculture en Nouvelle-Aquitaine</w:t>
+                <w:t xml:space="preserve">Las políticas agroecológicas en Francia: el impulso de una acción colectiva, polifacética y territorializada.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire AgriteRRIs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AgriteRRis, Sep 2018, Montpellier, France</w:t>
+              <w:t xml:space="preserve">XIII Congreso de Agricultura Ecológica: “Sistemas alimentarios agroecológicos y cambio climático”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SEAE - Spanish Society for Organic Farming &amp; Agroecology, Nov 2018, Logrono, España</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01961908v1</w:t>
+                <w:t xml:space="preserve">hal-01943258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Table ronde : Produire : &amp;quot;L’éveil de la permaculture</w:t>
               </w:r>
@@ -4748,398 +4748,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04416394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Condominio y multi-residencialidad: factores de diversificación económica en los márgenes pastorales andinos</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Demeurer pour rester mobile. Étude comparée des villages guarani, de l’Aïr et de la puna andine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Cottereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gagnol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Embajada de Francia en Bolivia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Français d'Etudes Andines, Nov 2012, La Paz, Bolivia</w:t>
+              <w:t xml:space="preserve">Les cultures du déplacement. Mobilités et requalifications des lieux et des territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Nîmes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04416209v1</w:t>
+                <w:t xml:space="preserve">hal-04416437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Être en marge au cœur des Andes : innover et s’organiser autrement. Exemple des marges de la puna andine</w:t>
+                <w:t xml:space="preserve">Adaptación y cambios en las sociedades pastorales de los márgenes en proceso de integración</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire sur les Marges</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PRODIG (UMR 8586), May 2012, Paris, France</w:t>
+              <w:t xml:space="preserve">Márgenes territoriales de los países andinos y relaciones centro – periferia en la mundialización</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRD, PRODIG UMR8586, UMSA, Oct 2012, La Paz, Bolivia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04416319v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04416258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demeurer pour rester mobile. Étude comparée des villages guarani, de l’Aïr et de la puna andine</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’intégration des marges pastorales andines : désenclavement, réformes agraires et restructuration des organisations collectives (Pérou)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les cultures du déplacement. Mobilités et requalifications des lieux et des territoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Nîmes, France</w:t>
+              <w:t xml:space="preserve">L’œuvre de pierre Bourdieu en pratiques 10ème édition "Dépaysannisation : quels regards en 2012 ?"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Pau et des Pays de l'Adour, Apr 2012, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04416437v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04416288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptación y cambios en las sociedades pastorales de los márgenes en proceso de integración</w:t>
+                <w:t xml:space="preserve">Condominio y multi-residencialidad: factores de diversificación económica en los márgenes pastorales andinos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Márgenes territoriales de los países andinos y relaciones centro – periferia en la mundialización</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IRD, PRODIG UMR8586, UMSA, Oct 2012, La Paz, Bolivia</w:t>
+              <w:t xml:space="preserve">Embajada de Francia en Bolivia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Français d'Etudes Andines, Nov 2012, La Paz, Bolivia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04416258v1</w:t>
+                <w:t xml:space="preserve">hal-04416209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’intégration des marges pastorales andines : désenclavement, réformes agraires et restructuration des organisations collectives (Pérou)</w:t>
+                <w:t xml:space="preserve">Être en marge au cœur des Andes : innover et s’organiser autrement. Exemple des marges de la puna andine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’œuvre de pierre Bourdieu en pratiques 10ème édition "Dépaysannisation : quels regards en 2012 ?"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Pau et des Pays de l'Adour, Apr 2012, Pau, France</w:t>
+              <w:t xml:space="preserve">Séminaire sur les Marges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PRODIG (UMR 8586), May 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04416288v1</w:t>
+                <w:t xml:space="preserve">hal-04416319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les ruminants dans les Andes centrales : l'élevage conquérant ?</w:t>
               </w:r>
@@ -5214,398 +5214,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04416485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lignées agnatiques et huacchilleros : hétérogénéité des modes de gestion et des structures foncières dans la puna andine du sud péruvien</w:t>
+                <w:t xml:space="preserve">Du hameau agnatique au bourg communautaire : nouvelles pratiques mobilitaires, réseaux sociaux et gestion des ressources dans la puna péruvienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès « Réformes agraires et gestion des ressources naturelles en Afrique et Amérique latine »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2010, Lleida, Espagne</w:t>
+              <w:t xml:space="preserve">Les Amériques créatives : Regards croisés sur les discours et les pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ATRIA, Université Toulouse 2, Oct 2010, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01641000v1</w:t>
+                <w:t xml:space="preserve">hal-04416185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mobilité et adaptabilité des sociétés pastorales andines confrontées à une raréfaction des ressources fourragères</w:t>
+                <w:t xml:space="preserve">Lignées agnatiques et huacchilleros : hétérogénéité des modes de gestion et des structures foncières dans la puna andine du sud péruvien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">« Agir en situation d’incertitude, quelles constructions individuelles et collectives des régimes de protection et d’adaptation en agriculture ? »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2010, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Congrès « Réformes agraires et gestion des ressources naturelles en Afrique et Amérique latine »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Lleida, Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01641007v1</w:t>
+                <w:t xml:space="preserve">hal-01641000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du hameau agnatique au bourg communautaire : nouvelles pratiques mobilitaires, réseaux sociaux et gestion des ressources dans la puna péruvienne</w:t>
+                <w:t xml:space="preserve">Mobilité et adaptabilité des sociétés pastorales andines confrontées à une raréfaction des ressources fourragères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Amériques créatives : Regards croisés sur les discours et les pratiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ATRIA, Université Toulouse 2, Oct 2010, Toulouse, France</w:t>
+              <w:t xml:space="preserve">« Agir en situation d’incertitude, quelles constructions individuelles et collectives des régimes de protection et d’adaptation en agriculture ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04416185v1</w:t>
+                <w:t xml:space="preserve">hal-01641007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les ruminants dans les Andes centrales : l’élevage conquérant ?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'accessibilité aux centres, un facteur de déstructuration des sociétés pastorales andines ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">Journées d’études interdisciplinaires de l’Ecole Doctorale en Sciences Sociales et Humanités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole Doctorale en Sciences Sociales et Humanités de l'Université de Pau, Jun 2009, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02758342v1</w:t>
+                <w:t xml:space="preserve">hal-04416172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'accessibilité aux centres, un facteur de déstructuration des sociétés pastorales andines ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les ruminants dans les Andes centrales : l’élevage conquérant ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Brunschwig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Aubron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’études interdisciplinaires de l’Ecole Doctorale en Sciences Sociales et Humanités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ecole Doctorale en Sciences Sociales et Humanités de l'Université de Pau, Jun 2009, Pau, France</w:t>
+              <w:t xml:space="preserve">16. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04416172v1</w:t>
+                <w:t xml:space="preserve">hal-02758342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6013,51 +6013,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Par-delà le nomadisme et la sédentarisation : analyse comparée des mobilités et des dynamiques résidentielles de l’espace pastoral andin et saharien. Exemples de la puna péruvienne et des Touaregs Kel Ewey de l’Aïr (Niger)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gagnol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L'Harmattan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dynamiques rurales dans les pays du Sud : l’enjeu territorial</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2008, Itinéraires géographiques, 978-2-296-06622-9</w:t>
@@ -6307,511 +6307,511 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04980815v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport 3 : Représentations et attendus paysagers des usagers : étude territoriale menée dans 5 communes des Pyrénées-Atlantiques. In Étude d'impact de la mise en place des mesures de protection des troupeaux contre les prédateurs sur le département des Pyrénées-Atlantiques. Volet 3 : Étude des pratiques et représentations des usagers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rapport 1 : Présentation des cinq micro-territoires étudiés dans le cadre de l'analyse des dynamiques territoriales et multiusages. In Étude d'impact de la mise en place des mesures de protection des troupeaux contre les prédateurs sur le département des Pyrénées-Atlantiques. Volet 3 : Étude des pratiques et représentations des usagers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Delclaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Degrémont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thao Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Domínguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">UMR TREE. 2023, pp.22</w:t>
+              <w:t xml:space="preserve">UMR TREE. 2023, pp.62</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04125083v1</w:t>
+                <w:t xml:space="preserve">hal-04125103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport 2 : Représentations et positionnements des usagers face aux mesures de protection contre les grands prédateurs : étude territoriale menée dans 5 communes des Pyrénées-Atlantiques. In &amp;quot;Étude d'impact de la mise en place des mesures de protection des troupeaux contre les prédateurs sur le département des Pyrénées-Atlantiques. Volet 3 : Étude des pratiques et représentations des usagers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transagrina. Trajectoires de Transition en Agriculture en Nouvelle-Aquitaine. Rapport final</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Thivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Inda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Pablo Domínguez</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaèle-Jeanne Aubin-Brouté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">UMR TREE. 2023</w:t>
+              <w:t xml:space="preserve">ADEME. 2023, pp.75</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04125078v1</w:t>
+                <w:t xml:space="preserve">hal-04112707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport 1 : Présentation des cinq micro-territoires étudiés dans le cadre de l'analyse des dynamiques territoriales et multiusages. In Étude d'impact de la mise en place des mesures de protection des troupeaux contre les prédateurs sur le département des Pyrénées-Atlantiques. Volet 3 : Étude des pratiques et représentations des usagers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rapport 2 : Représentations et positionnements des usagers face aux mesures de protection contre les grands prédateurs : étude territoriale menée dans 5 communes des Pyrénées-Atlantiques. In &amp;quot;Étude d'impact de la mise en place des mesures de protection des troupeaux contre les prédateurs sur le département des Pyrénées-Atlantiques. Volet 3 : Étude des pratiques et représentations des usagers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Charbonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Degrémont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Delclaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thao Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Domínguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">UMR TREE. 2023, pp.62</w:t>
+              <w:t xml:space="preserve">UMR TREE. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04125103v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04125078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transagrina. Trajectoires de Transition en Agriculture en Nouvelle-Aquitaine. Rapport final</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Daniele Inda</w:t>
+                <w:t xml:space="preserve">Rapport 3 : Représentations et attendus paysagers des usagers : étude territoriale menée dans 5 communes des Pyrénées-Atlantiques. In Étude d'impact de la mise en place des mesures de protection des troupeaux contre les prédateurs sur le département des Pyrénées-Atlantiques. Volet 3 : Étude des pratiques et représentations des usagers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Degrémont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Delclaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thao Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Domínguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">UMR TREE. 2023, pp.22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaèle-Jeanne Aubin-Brouté</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-04112707v1</w:t>
+                <w:t xml:space="preserve">hal-04125083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massif montagneux – Les Pyrénées</w:t>
               </w:r>
@@ -6823,51 +6823,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Arranz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bargerie,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bouisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6932,51 +6932,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les prairies permanentes basco-béarnaises. Caractériser la diversité, les modes d'utilisation et les services écosystémiques.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M Arranz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Artano-Garmendia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7234,51 +7234,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="29C7FFCD"/>
+    <w:nsid w:val="044DEA71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7382,51 +7382,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="C5D30BAF"/>
+    <w:nsid w:val="CAC52AE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7616,51 +7616,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marioncharbonneau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0619-0258" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/146724429" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tree.univ-pau.fr/fr/activites-scientifiques/contrats-de-recherche/axe-3-recompositions/taeterr-na.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tree.univ-pau.fr/fr/activites-scientifiques/contrats-de-recherche/contrats-axe-1-regulations/protection_troupeaux_64.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tree.univ-pau.fr/fr/activites-scientifiques/contrats-de-recherche/contrats-axe-1-regulations/remanap.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tree.univ-pau.fr/fr/activites-scientifiques/contrats-de-recherche/axe-3-recompositions/transagrina.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tree.univ-pau.fr/fr/activites-scientifiques/contrats-de-recherche/axe-3-recompositions/cubic-na.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064494v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga de Cos" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Charbonneau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Puyo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao Tran" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Montagne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2025.107589" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058480v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Preux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Thivet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Degr&#233;mont" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Zahm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13tpr" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182237v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dabas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xabier It&#231;aina" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.752.0033" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618220v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Artano-Garmendia" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Poinsot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954325v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113609v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Arnauld de Sartre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orianne Charrier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5751/ES-10711-240202" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931327v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.29751" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01713491v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Bigando" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01641029v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eileen O&#8217;rourke" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrurstud.2016.05.010" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517246v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Deletraz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rebotier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.18110" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01641025v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416047v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.670.0637" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04417021v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416087v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.8614" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499107v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Clause" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Phelpin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Denaix" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499100v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499094v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille Schlur" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Huguet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Clarimont" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499082v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499096v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499080v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499087v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gagnepain" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150789v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150805v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150756v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Delclaux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Dom&#237;nguez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150677v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bernard de Raymond" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Inda" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Leroux" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05142574v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Lana" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150822v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150709v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150694v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laz Brul&#233;-Kopp" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bodiguel" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150882v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150926v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bouisset" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150897v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146092v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327139v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Goldringer" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lespagnol" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327138v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02396332v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02396339v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955565v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943258v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991083v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991131v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Muret" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bitoun" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Michel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961908v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994635v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benoit Joly" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bellay" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galileo Monnet-Martin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961985v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Le Danvic" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Mahieu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01331696v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416394v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416209v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416319v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416437v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Cottereau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gagnol" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416258v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416288v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416485v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Brunschwig" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Aubron" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01641000v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01641007v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416185v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758342v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416172v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499079v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Artano Garmendia" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01331690v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Arranz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernos" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gascouat" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Inarra" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101600v2" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416006v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416025v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04980815v2" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sydney Girard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Carayon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125083v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125078v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125103v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112707v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#232;le-Jeanne Aubin-Brout&#233;" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885271v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bargerie," TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chauvin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181104v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M Arranz" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00457546v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marioncharbonneau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0619-0258" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/146724429" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tree.univ-pau.fr/fr/activites-scientifiques/contrats-de-recherche/axe-3-recompositions/taeterr-na.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tree.univ-pau.fr/fr/activites-scientifiques/contrats-de-recherche/contrats-axe-1-regulations/protection_troupeaux_64.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tree.univ-pau.fr/fr/activites-scientifiques/contrats-de-recherche/contrats-axe-1-regulations/remanap.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tree.univ-pau.fr/fr/activites-scientifiques/contrats-de-recherche/axe-3-recompositions/transagrina.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tree.univ-pau.fr/fr/activites-scientifiques/contrats-de-recherche/axe-3-recompositions/cubic-na.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064494v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga de Cos" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Charbonneau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Puyo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao Tran" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Montagne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2025.107589" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058480v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Preux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Thivet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Degr&#233;mont" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Zahm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13tpr" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182237v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dabas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xabier It&#231;aina" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.752.0033" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954325v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618220v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Artano-Garmendia" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Poinsot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113609v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Arnauld de Sartre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orianne Charrier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5751/ES-10711-240202" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931327v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.29751" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01713491v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Bigando" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517246v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Deletraz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rebotier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.18110" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01641029v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eileen O&#8217;rourke" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrurstud.2016.05.010" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01641025v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416047v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.670.0637" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04417021v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416087v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.8614" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499100v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499107v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Clause" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Phelpin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Denaix" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499082v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Huguet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Clarimont" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499094v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille Schlur" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499096v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499080v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150677v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bernard de Raymond" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Inda" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Leroux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150756v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Delclaux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Dom&#237;nguez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150805v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150789v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499087v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gagnepain" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05142574v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Lana" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150822v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150694v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laz Brul&#233;-Kopp" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bodiguel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150882v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150709v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150897v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146092v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150926v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bouisset" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327139v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Goldringer" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lespagnol" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327138v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02396339v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02396332v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991131v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Muret" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bitoun" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Michel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961908v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991083v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955565v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943258v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994635v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benoit Joly" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bellay" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galileo Monnet-Martin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961985v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Le Danvic" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Mahieu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01331696v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416394v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416437v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Cottereau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gagnol" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416258v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416288v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416209v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416319v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416485v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Brunschwig" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Aubron" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416185v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01641000v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01641007v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416172v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758342v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499079v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Artano Garmendia" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01331690v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Arranz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernos" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gascouat" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Inarra" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101600v2" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416006v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04416025v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04980815v2" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sydney Girard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Carayon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125103v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112707v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#232;le-Jeanne Aubin-Brout&#233;" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125078v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125083v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885271v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bargerie," TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chauvin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181104v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M Arranz" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00457546v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>