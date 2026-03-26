--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -2423,57 +2423,57 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Genevois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">X. Sauvage</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Racineux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Processing and Manufacturing of Advanced Materials, Thermec'2011</w:t>
             </w:r>
@@ -2491,91 +2491,91 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01008235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Friction stir diffusion bonding of dissimilar metals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Génévois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2599,73 +2599,73 @@
               <w:t xml:space="preserve">FSWP 2010 - International Conference on Scientific and Technical Advances in Friction Stir Welding and Processing,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Lille, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1179/136217110X12720264008475⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01008236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of friction stir diffusion bonding for the heterogeneous welding of aluminium to steel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2694,73 +2694,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COMPLAS X -10th International Conference on Computational Plasticity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01008630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'assemblage Al/Fe par FSW - vers une maîtrise des composés intermétalliques (poster)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2789,73 +2789,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque national MECAMAT - Mécanique et mécanismes des changements de phases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01008372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Intermetallics on the Mechanical Properties of dissimilar Aluminium - Steel Friction Stir Welds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2884,73 +2884,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Processing and Manufacturing of Advanced Materials, Thermec'2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01008327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation thermique du soudage hybride par frottement malaxage assisté laser (poster)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2979,65 +2979,218 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque national MECAMAT, Procédés de transformation des matériaux de structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2008, Aussois, France. p. 42-45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01094676v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-01094676v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suivi in situ de l’évolution microstructurale d’un alliage 7010 brut de fonderie pré-homogénéisé par MEB-EDS lors d’un cycle thermique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Lu-Minh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Antoine Dubos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Branchu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Racineux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée de la section Ouest de la SF2M 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2026, La Rochelle, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05565271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId78"/>
+      <w:footerReference w:type="default" r:id="rId82"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3184,51 +3337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054705v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Grangeat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Girard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Lupi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Leduc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jacquemin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2025.104541" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023811v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218464.2021.2021893" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033241v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218464.2020.1828080" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052716v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael P&#233;ron" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Uguen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Casari" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40563-020-00125-4" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033230v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2019.106439" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484790v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2019.02.009" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01174761v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gaillard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Chesnaux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Burr" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Darque-Ceretti" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.12175" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300146v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Darque Ceretti" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Felder" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2013.10.005" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006857v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gratecap" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surendar Marya" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Racineux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-010-1008-5" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007351v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.38333" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3Z9D05ST-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006990v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Genevois" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Huneau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sauvage" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-011-0660-9" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006907v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/136217110X12720264008475" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419245v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Medina" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lepretre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chataigner" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052438v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Brientin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgine Gaillard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052673v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423978v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052775v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Vogel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Walrick" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15651/978-88-938-5041-4" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621541v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahma Zaabar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kchaou" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Elleuch" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008235v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Genevois" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Sauvage" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008236v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile G&#233;n&#233;vois" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008630v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008372v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008327v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094676v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054705v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Grangeat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Girard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Lupi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Leduc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jacquemin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2025.104541" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023811v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218464.2021.2021893" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033241v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218464.2020.1828080" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052716v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael P&#233;ron" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Uguen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Casari" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40563-020-00125-4" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033230v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2019.106439" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484790v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2019.02.009" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01174761v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gaillard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Chesnaux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Burr" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Darque-Ceretti" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.12175" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300146v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Darque Ceretti" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Felder" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2013.10.005" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006857v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gratecap" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surendar Marya" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Racineux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-010-1008-5" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007351v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.38333" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3Z9D05ST-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006990v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Genevois" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Huneau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sauvage" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-011-0660-9" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006907v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/136217110X12720264008475" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419245v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Medina" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lepretre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chataigner" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052438v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Brientin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgine Gaillard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052673v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423978v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052775v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Vogel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Walrick" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15651/978-88-938-5041-4" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621541v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahma Zaabar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kchaou" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Elleuch" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008235v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Genevois" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008236v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile G&#233;n&#233;vois" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008630v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008372v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008327v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094676v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565271v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Lu-Minh" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Dubos" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Branchu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Racineux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>