--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -115,325 +115,325 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of women’s preference to the overuse of caesarean sections: A propensity score matching analysis based on a multi-country cross-sectional survey, as part of the QUALI-DEC project</w:t>
+                <w:t xml:space="preserve">Variation in caesarean section rates according to the Robson classification in four low- and middle-income countries: a meta-analysis of groups 1 to 4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Marion Ravit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Camille Etcheverry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Ravit</w:t>
+                <w:t xml:space="preserve">Charles Kabore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Kaboré</w:t>
+                <w:t xml:space="preserve">Pisake Lumbiganon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pisake Lumbiganon</w:t>
+                <w:t xml:space="preserve">Guillermo Carroli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 20 (12), pp.e0339007. </w:t>
+              <w:t xml:space="preserve">BMC Pregnancy and Childbirth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20 (5), pp.e0322132. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0339007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12884-025-08586-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05451300v1</w:t>
+                <w:t xml:space="preserve">hal-05436720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variation in caesarean section rates according to the Robson classification in four low- and middle-income countries: a meta-analysis of groups 1 to 4</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Contribution of women’s preference to the overuse of caesarean sections: A propensity score matching analysis based on a multi-country cross-sectional survey, as part of the QUALI-DEC project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Etcheverry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Pilar Betrán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Ravit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Kaboré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pisake Lumbiganon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillermo Carroli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Pregnancy and Childbirth</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 20 (5), pp.e0322132. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20 (12), pp.e0339007. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12884-025-08586-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0339007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05436720v1</w:t>
+                <w:t xml:space="preserve">hal-05451300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesurer la mortalité maternelle dans les pays du sud : un exemple au Cameroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Ravit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Fomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -497,51 +497,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do Surgeons Anticipate Women’s Hopes and Fears Associated with Prolapse Repair? A Qualitative Analysis in the PROSPERE Trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Fritel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Ravit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cécile Pizzoferrato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -618,90 +618,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How a supply‐side intervention can help to increase caesarean section rates in Burkina Faso facilities—Evidence from an interrupted time‐series analysis using routine health data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Ravit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Lohmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Kabore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐louis Koulidiati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -791,51 +791,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Charlotte Pantelias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam de Loenzien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Ravit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rozenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -880,420 +880,420 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03188147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forfait obstétrical et inégalités dans l’accès aux soins maternels en Mauritanie</w:t>
+                <w:t xml:space="preserve">Forfait obstétrical et inégalités dans l'accès aux soins maternels en Mauritanie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Audibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs N’landu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marion Ravit</w:t>
+                <w:t xml:space="preserve">Marion Anaïs N'Landu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertille Raffalli</w:t>
+                <w:t xml:space="preserve">Bertille Ravit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrainolo Ravalihasy</w:t>
+                <w:t xml:space="preserve">Andrainolo Raffalli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs N'Landu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Economique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, Vol. 71 (6), pp.1045-1067. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2020, Avancées de la recherche en microéconomie appliquée à l'occasion des XXXVIèmes JMA (Casablanca 2019), 71 (6), pp.1045 à 1067</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04152391v1</w:t>
+                <w:t xml:space="preserve">halshs-03380766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of the obstetrical risk insurance scheme in Mauritania on maternal healthcare utilization : a propensity score matching analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Forfait obstétrical et inégalités dans l’accès aux soins maternels en Mauritanie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Audibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs N’landu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Ravit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Raffalli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrainolo Ravalihasy</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Health Policy and Planning</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/heapol/czz150⟩</w:t>
+              <w:t xml:space="preserve">Revue Economique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Vol. 71 (6), pp.1045-1067. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/reco.716.1045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04350532v1</w:t>
+                <w:t xml:space="preserve">hal-04152391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forfait obstétrical et inégalités dans l'accès aux soins maternels en Mauritanie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The impact of the obstetrical risk insurance scheme in Mauritania on maternal healthcare utilization : a propensity score matching analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Ravit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrainolo Ravalihasy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Audibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertille Ravit</w:t>
+                <w:t xml:space="preserve">Valéry Ridde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrainolo Raffalli</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anaïs N'Landu</w:t>
+                <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Economique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Health Policy and Planning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/heapol/czz150⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03380766v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04350532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intérêt du test HPV dans le dépistage primaire du cancer du col en milieu rural à Madagascar</w:t>
               </w:r>
@@ -1409,51 +1409,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation du forfait obstétrical en Mauritanie : quand les chercheurs deviennent des consultants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Ravit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Scientifques Réalisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Comment mobiliser la recherche pour la couverture sanitaire universelle ?, pp.42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1504,51 +1504,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Ravit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Degroote</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1586,51 +1586,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Removing user fees to improve access to caesarean delivery: a quasi-experimental evaluation in western Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Ravit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Audibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2014,51 +2014,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krystel Nyangoh Timoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fauconnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Ravit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Bader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2135,51 +2135,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal combination of non-invasive tools for the early detection of potentially life-threatening emergencies in gynecology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catalina Varas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Ravit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mimoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2256,51 +2256,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The hidden costs of a free caesarean section policy in West Africa (Kayes region, Mali)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Ravit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Philibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2422,51 +2422,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Menstrual Waste Management in Ten Low- and Middle-Income Countries: Practices, Policies, and Environmental Challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Ravit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Dignified Menstruation Day: Learning Conference on Dignified Menstruation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Global South Coalition for Dignified Menstruation, Dec 2025, Kathmandou, Nepal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2491,51 +2491,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to break the cycle of period poverty in the Global South by implementing sustainable solutions?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Ravit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd Annual Menstruation Research Network Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Liverpool, Royaume-Uni, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2586,64 +2586,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Audibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs N' Landu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Ravit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertille Raffalli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36ème Journées de Microéconomie Appliquée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Casablanca, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2713,90 +2713,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impacts du forfait obstétrical en Mauritanie sur l'offre, le recours et les inégalités d'accès aux soins : synthèse du rapport final</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Audibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. N'Landu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertille Raffalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">AFD, 79, 60 p. multigr., 2019, Evaluation Ex Post.Série Evaluation et Capitalisation</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
@@ -2863,51 +2863,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du Nord au Sud, la précarité menstruelle est universelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Becquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Ravit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marion Coville; Héloïse Morel; Stéphanie Tabois. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Idées reçues sur les menstruations. Corps, sang, tabou</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -2981,51 +2981,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La précarité menstruelle en Afrique subsaharienne : une question taboue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Ravit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021, en ligne [4 p.]</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3043,90 +3043,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forfait obstétrical en Mauritanie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Ravit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais N'Landu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Audibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrainolo Ravalihasy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valery Ridde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3213,51 +3213,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Diarra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Touré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Ridde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019, 4 p. multigr</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3327,51 +3327,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Diarra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Touré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Ridde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019, 4 p. multigr</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3473,51 +3473,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ravit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Dossa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -3708,51 +3708,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05451300v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Etcheverry" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Pilar Betr&#225;n" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ravit" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Kabor&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pisake Lumbiganon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0339007" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436720v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Kabore" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Carroli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12884-025-08586-w" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689740v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fomba" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Audibert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069251v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fritel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne C&#233;cile Pizzoferrato" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Campagne-Loiseau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Bader" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm12041332" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140667v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Lohmann" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dumont" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;louis Koulidiati" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tmi.13840" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188147v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Schantz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Charlotte Pantelias" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam de Loenzien" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rozenberg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rbms.2020.10.003" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152391v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s N&#8217;landu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Raffalli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrainolo Ravalihasy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.716.1045" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350532v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Ridde" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bonnet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/heapol/czz150" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03380766v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ana&#239;s N'Landu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Ravit" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrainolo Raffalli" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s N'Landu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486830v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dumont" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bessi&#232;res" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Razafindrafara" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ravit" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benbassa" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2018.10.003" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152807v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531453v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Chabrol" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gautier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Degroote" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682919v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Ridde" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjgh-2017-000558" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102110v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schantz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Traore" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aboubakar" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Goyet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.srhc.2018.01.001" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782456v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lucot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cosson" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Debodinance" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Akladios" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eururo.2018.01.044" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154606v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystel Nyangoh Timoh" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fauconnier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Varas Ramos" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.urology.2017.05.009" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559097v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Varas" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mimoun" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Panel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Huchon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0162301" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345441v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Philibert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tourigny" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Traore" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliou Coulibaly" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10995-015-1687-0" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440399v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597989v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02316025v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s N' Landu" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834803v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. N'Landu" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575141v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Becquet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/idees-recues-sur-les-menstruations--9791031806341-page-55.htm" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03534768v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03514031v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais N'Landu" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145661v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Philibert" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Diarra" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tour&#233;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098544v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115860v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Dossa" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436720v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ravit" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Etcheverry" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Kabore" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pisake Lumbiganon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Carroli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12884-025-08586-w" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05451300v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Pilar Betr&#225;n" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Kabor&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0339007" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689740v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fomba" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Audibert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069251v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fritel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne C&#233;cile Pizzoferrato" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Campagne-Loiseau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Bader" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm12041332" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140667v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Lohmann" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dumont" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;louis Koulidiati" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tmi.13840" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188147v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Schantz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Charlotte Pantelias" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam de Loenzien" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rozenberg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rbms.2020.10.003" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03380766v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ana&#239;s N'Landu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Ravit" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrainolo Raffalli" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s N'Landu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152391v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s N&#8217;landu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Raffalli" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrainolo Ravalihasy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.716.1045" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350532v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Ridde" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bonnet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/heapol/czz150" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486830v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dumont" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bessi&#232;res" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Razafindrafara" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ravit" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benbassa" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2018.10.003" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152807v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531453v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Chabrol" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gautier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Degroote" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682919v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Ridde" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjgh-2017-000558" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102110v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schantz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Traore" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aboubakar" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Goyet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.srhc.2018.01.001" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782456v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lucot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cosson" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Debodinance" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Akladios" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eururo.2018.01.044" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154606v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystel Nyangoh Timoh" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fauconnier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Varas Ramos" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.urology.2017.05.009" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559097v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Varas" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mimoun" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Panel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Huchon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0162301" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345441v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Philibert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tourigny" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Traore" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliou Coulibaly" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10995-015-1687-0" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440399v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597989v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02316025v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s N' Landu" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834803v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. N'Landu" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575141v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Becquet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/idees-recues-sur-les-menstruations--9791031806341-page-55.htm" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03534768v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03514031v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais N'Landu" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145661v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Philibert" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Diarra" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tour&#233;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098544v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115860v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Dossa" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>