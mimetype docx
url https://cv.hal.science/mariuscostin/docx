--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -75,2016 +75,2016 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Utilization of tomography data for process improvement in additive manufacturing through cross-correlation with real time monitoring data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jitendra-Singh Rathore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Setoain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bredif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bergeaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Stolidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iCT2023 - 12th International Conference on Industrial Computed Tomography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, Fürth, Germany. , 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04256609v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A multi-resolution reconstruction algorithm for ROI computed tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marius Costin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lazaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Kaftandjian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Legoupil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1st Conference on 3D-Imaging of Materials and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Carcans Maubuisson, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-05460376v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring en ligne adaptatif par des méthodes RX avec fusion de données simulées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Costin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées COFREND 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04410148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X-ray phase contrast imaging model: application on tomography with a single 2D phase grating</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Stolidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Touron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Escoda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Costin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">iCT Conference 2022 - 11th Conference on industrial Computed Tomography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2022, Wels, Austria. 26580 (7 p.), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.58286/26580⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-03993923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adapted acquisition trajectory and iterative reconstruction for few-views CT inspection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Costin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Vienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th Conference on Industrial Computed Tomography (iCT 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2019, Wels, Austria. 21917 (8 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04558342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iterative computed tomography reconstruction algorithms for robotized inspection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Vienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Costin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Stolidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Banjak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">56th Annual Conference of the British Institute of Non-Destructive Testing, NDT 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Telford, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-01843013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automated comparison of X-ray images for cargo scanning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Visser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Schwaninger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Hardmeier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Flisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Costin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2016 IEEE International Carnahan Conference on Security Technology (ICCST)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Orlando, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/CCST.2016.7815714⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-01811890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iterative CT Reconstruction on Limited Angle Trajectories applied to Robotic Inspection</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">X-ray Computed Tomography Reconstruction on Non- Standard Trajectories for Robotized Inspection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hussein Banjak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Costin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Vienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Kaftandjian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">43rd Annual Review of Progress in Quantitative Nondestructive Evaluation (QNDE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Atlanta, United States</w:t>
+              <w:t xml:space="preserve">19th World Conference on Non-Destructive Testing 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01713997v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01468864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X-ray Computed Tomography Reconstruction on Non- Standard Trajectories for Robotized Inspection</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Creating a reference database of cargo inspection X-ray images using high energy CT of cargo mock-ups</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selina Kolokytha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Flisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Luthi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Plamondon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Hartmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th World Conference on Non-Destructive Testing 2016</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2016 IEEE International Conference on Imaging Systems and Techniques (IST)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Chania, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IST.2016.7738232⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01468864v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01836129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Creating a reference database of cargo inspection X-ray images using high energy CT of cargo mock-ups</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Iterative CT Reconstruction on Limited Angle Trajectories applied to Robotic Inspection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefan Hartmann</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hussein Banjak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marius Costin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Vienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Guillamet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Kaftandjian</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 IEEE International Conference on Imaging Systems and Techniques (IST)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">43rd Annual Review of Progress in Quantitative Nondestructive Evaluation (QNDE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Atlanta, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-01836129v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01713997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experiment vs Simulation RT WFNDEC 2014 Benchmark: CIVA Results</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Two Local FBP Algorithms for Helical Cone-beam Computed Tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hussein Banjak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marius Costin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Vienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Kaftandjian</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">41st annual review of progress in quantitative nondestructive evaluation, vol 34</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Digital Industrial Radiology and Computed Tomography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ghent University, Jun 2015, Ghent, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-01852422v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01282363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metrological Evaluation of Tomography Methods Applied to Objects Fabricated by Additive Manufacturing</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Implementation and Evaluation of Two Helical CT Reconstruction Algorithms in CIVA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hussein Banjak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Costin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Vienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Kaftandjian</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International symposium on Digital Industrial radiology and computed tomography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Ghent, Belgium</w:t>
+              <w:t xml:space="preserve">Review of Progress in Quantitative Nondestructive Evaluation:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Minneapolis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01264659v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01282368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation and Evaluation of Two Helical CT Reconstruction Algorithms in CIVA</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Metrological Evaluation of Tomography Methods Applied to Objects Fabricated by Additive Manufacturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Françoise Obaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Costin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Mounaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Michel Jm G Geffrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle C. E. Eyraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Progress in Quantitative Nondestructive Evaluation:</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Minneapolis, United States</w:t>
+              <w:t xml:space="preserve">International symposium on Digital Industrial radiology and computed tomography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01282368v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01264659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two Local FBP Algorithms for Helical Cone-beam Computed Tomography</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Experiment vs Simulation RT WFNDEC 2014 Benchmark: CIVA Results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Tisseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Costin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Rattoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Vienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Industrial Radiology and Computed Tomography</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">41st annual review of progress in quantitative nondestructive evaluation, vol 34</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Boise, United States. pp.1856-1864, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4914811⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01282363v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01852422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation of computed radiography with imaging plate detectors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Tisseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Costin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Mathy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Schumm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">40TH ANNUAL REVIEW OF PROGRESS IN QUANTITATIVE NONDESTRUCTIVE EVALUATION: Incorporating the 10th International Conference on Barkhausen Noise and Micromagnetic Testing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Baltimore, MD, United States. pp.1861-1867, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4865050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-01820679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiresolution X-ray CT Imaging of Fiber Reinforced Composite Materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Costin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legoupil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Lazaro-Ponthus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Kaftandjian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Digital Industrial Radiology and Computed Tomography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Berlin, Germany. pp.Mo 4.2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00904897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multiresolution image reconstruction method in X-ray microCT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Costin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Lazaro-Ponthus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legoupil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Kaftandjian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2009 IEEE Nuclear Science Symposium and Medical Imaging Conference (NSS/MIC 2009)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, Orlando, United States. pp.3871-3876, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/NSSMIC.2009.5401919⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02544394v1</w:t>
-              </w:r>
-[...263 lines deleted...]
-                <w:t xml:space="preserve">cea-05460376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2141,51 +2141,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed El Mansori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Rodríguez de Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Costin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Processing Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 277, pp.116495. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2219,103 +2219,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Creating a reference database of cargo inspection X-ray images using high energy CT of cargo mock-ups</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selina Kolokytha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Flisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Luthi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Plamondon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Hartmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Multimedia Tools and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 77, pp.9379-9391. </w:t>
@@ -2353,51 +2353,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of the mass concentration of flowing powder by fast X-ray CT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Costin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Vabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2469,103 +2469,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multi-resolution image reconstruction method in X-ray computed tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Costin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Lazaro-Ponthus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Legoupil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Duvauchelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Kaftandjian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of X-Ray Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 19 (2), pp.229-247</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2759,51 +2759,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04410148v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Costin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03993923v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Stolidi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Touron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Escoda" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58286/26580" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558342v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vienne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01843013v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vienne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stolidi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Banjak" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01811890v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Visser" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schwaninger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hardmeier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Flisch" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Costin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCST.2016.7815714" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713997v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Banjak" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Guillamet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Kaftandjian" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01468864v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01836129v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selina Kolokytha" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Flisch" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Luthi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Plamondon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Hartmann" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IST.2016.7738232" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01852422v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tisseur" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rattoni" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vabre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4914811" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264659v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Obaton" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mounaix" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Jm G Geffrin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle C. E. Eyraud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282368v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282363v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Kaftandjian" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01820679v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mathy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schumm" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4865050" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904897v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Legoupil" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lazaro-Ponthus" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02544394v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NSSMIC.2009.5401919" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04256609v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jitendra-Singh Rathore" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Setoain" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bredif" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bergeaud" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05460376v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lazaro" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02452745v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saptarshee Mitra" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Mansori" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Rodr&#237;guez de Castro" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2019.116495" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559005v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-017-4937-x" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01834542v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vabre" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Moch" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2013.10.050" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S4WS0GFW-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878543v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duvauchelle" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04256609v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jitendra-Singh Rathore" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Setoain" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bredif" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bergeaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Stolidi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05460376v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Costin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lazaro" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Kaftandjian" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Legoupil" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04410148v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03993923v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Touron" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Escoda" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58286/26580" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558342v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vienne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01843013v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vienne" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stolidi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Banjak" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01811890v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Visser" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schwaninger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hardmeier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Flisch" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Costin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCST.2016.7815714" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01468864v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Banjak" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Kaftandjian" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01836129v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selina Kolokytha" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Flisch" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Luthi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Plamondon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Hartmann" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IST.2016.7738232" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713997v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Guillamet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282363v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282368v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264659v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Obaton" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mounaix" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Jm G Geffrin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle C. E. Eyraud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01852422v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tisseur" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rattoni" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vabre" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4914811" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01820679v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mathy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schumm" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4865050" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904897v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lazaro-Ponthus" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02544394v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NSSMIC.2009.5401919" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02452745v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saptarshee Mitra" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Mansori" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Rodr&#237;guez de Castro" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2019.116495" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559005v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-017-4937-x" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01834542v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vabre" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Moch" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2013.10.050" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S4WS0GFW-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878543v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duvauchelle" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>