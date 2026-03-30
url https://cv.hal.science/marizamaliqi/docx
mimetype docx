--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -299,304 +299,304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04997503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital Twin for Sustainable Systems Methodology: Application in Water Network Management</w:t>
+                <w:t xml:space="preserve">Collaborative Multi-Criteria Decision-Making: Evaluation of Design Scenarios for PSS Heating Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariza Maliqi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Villot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Lamy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Grimaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th IFIP WG 5.5 Working Conference on Virtual Enterprises, PRO-VE 2024</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-71743-7_11⟩</w:t>
+              <w:t xml:space="preserve">25th Working Conference on Virtual Enterprises (PRO-VE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Albi, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-71743-7_21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04703313v1</w:t>
+                <w:t xml:space="preserve">emse-04699599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collaborative Multi-Criteria Decision-Making: Evaluation of Design Scenarios for PSS Heating Systems</w:t>
+                <w:t xml:space="preserve">Digital Twin for Sustainable Systems Methodology: Application in Water Network Management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariza Maliqi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grimaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th Working Conference on Virtual Enterprises (PRO-VE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Albi, France. </w:t>
+              <w:t xml:space="preserve">25th IFIP WG 5.5 Working Conference on Virtual Enterprises, PRO-VE 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Albi, France. pp.163-178, </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-71743-7_21⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-71743-7_11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-04699599v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04703313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Décisions multi-acteurs et multi-critères pour configurer les solutions et les réseaux de valeurs des Systèmes Produits-Services</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariza Maliqi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Villot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Lamy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -647,64 +647,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation de l'évaluation environnementale aux spécificités des systèmes intelligents produits-services : le cas des chauffages connectés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariza Maliqi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Villot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Annuel de la Société Française d'Automatique, de Génie Industriel et de Productique / SAGIP 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Marseille (13), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -742,64 +742,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental Assessment Methods of Smart PSS: Heating Appliance Case Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariza Maliqi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Villot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">APMS 2022: Advances in Production Management Systems. Smart Manufacturing and Logistics Systems: Turning Ideas into Action</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Gyeongju, South Korea. pp.351-358, </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1100,64 +1100,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation of Environmental Assessment to PSS Specificities: Heating Appliance Case Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariza Maliqi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Villot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Vuillaume</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1373,51 +1373,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153034v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariza Maliqi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lamy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grimaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.09.160" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997503v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703313v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71743-7_11" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04699599v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boucher" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Villot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71743-7_21" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628870v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04079977v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03792948v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16411-8_41" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05334641v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154601v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498698v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vuillaume" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41742-024-00576-8" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153034v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariza Maliqi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lamy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grimaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.09.160" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997503v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04699599v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boucher" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Villot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71743-7_21" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703313v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71743-7_11" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628870v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04079977v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03792948v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16411-8_41" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05334641v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154601v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498698v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vuillaume" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41742-024-00576-8" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>