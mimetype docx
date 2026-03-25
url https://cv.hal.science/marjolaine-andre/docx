--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1463,51 +1463,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04760641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DMRT1 is Required For Sex Determination in Rabbits</w:t>
+                <w:t xml:space="preserve">DMRT1, un gène du déterminisme sexuel chez le lapin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Dujardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine André</w:t>
@@ -1542,73 +1542,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Poulat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème symposium du RQR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Québec, Canada</w:t>
+              <w:t xml:space="preserve">ReproSciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Paris ( France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04269224v1</w:t>
+                <w:t xml:space="preserve">hal-04086891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DMRT1 is a Sex Determining Gene in Rabbits</w:t>
               </w:r>
@@ -1713,277 +1713,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04058703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La production in vitro des embryons bovins modifie les dimorphismes sexuels des methylomes foetaux</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Francesca Ali</w:t>
+                <w:t xml:space="preserve">DMRT1 is Required For Sex Determination in Rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dujardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Dewaele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Poulat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epiphase 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Epiphase, Oct 2023, Jouy en Josas, France</w:t>
+              <w:t xml:space="preserve">16ème symposium du RQR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04331159v1</w:t>
+                <w:t xml:space="preserve">hal-04269224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DMRT1, un gène du déterminisme sexuel chez le lapin</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Francis Poulat</w:t>
+                <w:t xml:space="preserve">La production in vitro des embryons bovins modifie les dimorphismes sexuels des methylomes foetaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Duranthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebukhan Derya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Frambourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ReproSciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Paris ( France), France</w:t>
+              <w:t xml:space="preserve">Epiphase 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Epiphase, Oct 2023, Jouy en Josas, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04086891v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04331159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DMRT1 is Required For Sex Determination in Rabbits</w:t>
               </w:r>
@@ -2338,402 +2338,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03284625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epigenetic reprogramming in the male germ line of ruminants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reprogrammation de la méthylation de l’ADN des cellules germinales au cours du développement testiculaire chez Capra Hircus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Calvel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eli Sellem</w:t>
+                <w:t xml:space="preserve">Eric Pailhoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">France-Japan Epigenetics Workshop 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ATouT. Com. FRA., Nov 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02791776v1</w:t>
+                <w:t xml:space="preserve">hal-01607860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vitro studies of the long-range regulation of FOXL2 expression by epigenome editing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Gobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel-Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01605214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reprogrammation de la méthylation de l’ADN des cellules germinales au cours du développement testiculaire chez Capra Hircus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Epigenetic reprogramming in the male germ line of ruminants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Prézelin</w:t>
+                <w:t xml:space="preserve">Pierre Calvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Sellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. 1 p</w:t>
+              <w:t xml:space="preserve">France-Japan Epigenetics Workshop 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ATouT. Com. FRA., Nov 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01607860v1</w:t>
+                <w:t xml:space="preserve">hal-02791776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DMRT1 turns on testicular differentiation during XX sex-reversal in the goat</w:t>
               </w:r>
@@ -2896,51 +2896,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Gobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Journées d'Animation Scientifique du département Phase (JAS Phase 2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Oct 2013, Paris, France</w:t>
@@ -2995,51 +2995,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Involvement of retinoic acid (ATRA) signaling and DMRT1 in rabbit male and female germ cell fates</w:t>
+                <w:t xml:space="preserve">Implication de la signalisation de l'acide rétinoïque (ATRA) et de DMRT1 dans le devenir des cellules germinales mâles et femelles chez le lapin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iris Barka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Dujardin</w:t>
@@ -3074,97 +3074,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Symposium on the Biology of Vertebrate Sex Determination</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Kailua-Kona (Hawaii), United States. </w:t>
+              <w:t xml:space="preserve">JOURNEES REPROSCIENCES 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, PARIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04129729v1</w:t>
+                <w:t xml:space="preserve">hal-04129764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implication de la signalisation de l'acide rétinoïque (ATRA) et de DMRT1 dans le devenir des cellules germinales mâles et femelles chez le lapin</w:t>
+                <w:t xml:space="preserve">Involvement of retinoic acid (ATRA) signaling and DMRT1 in rabbit male and female germ cell fates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iris Barka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Dujardin</w:t>
@@ -3199,129 +3199,129 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOURNEES REPROSCIENCES 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, PARIS, France</w:t>
+              <w:t xml:space="preserve">9th International Symposium on the Biology of Vertebrate Sex Determination</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Kailua-Kona (Hawaii), United States. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04129764v1</w:t>
+                <w:t xml:space="preserve">hal-04129729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vitro production of bovine embryos modified sex-dimorphims in fetal liver methylome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Duranthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Laffont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3501,51 +3501,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Différenciation et reprogrammation épigénétique de la lignée germinale – Analyses transcriptomiques à l’échelle de la cellule.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hérault Eloïse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3764,90 +3764,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vitro studies of the distal regulation of FOXL2 expression by epigenome editing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Gobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel-Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Thepot Thépot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Journées Scientifiques du GdR Repro</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Tours, France. , 76 p., 2017, 2èmes Journées scientifiques GDR REPRO 2017</w:t>
@@ -3889,90 +3889,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long range regulation of FOXL2 expression by epigenome editing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Gobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel-Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Thepot Thépot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. European Symposium on Sex Determination in Vertebrates</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Dinard, France. , 47 p., 2017, 1st European Symposium on Sex Determination in Vertebrates</w:t>
@@ -4053,51 +4053,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Journées du GdR 3606 Repro</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Rennes, France. , 105 p., 2015, 1ères Journées Scientifiques du GdR Repro</w:t>
@@ -4574,51 +4574,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059143v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Barka" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dujardin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Dewaele" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Andr&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Frambourg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolre/ioaf064" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05058912v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Richard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais-Bonnet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Gelin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Deloche" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101508" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04885356v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-024-01444-1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269239v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mandon-P&#233;pin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Poulat" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.89284.3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03884254v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Albina" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jammes" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13112070" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622530v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Gobe" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva M. El Zaiat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meunier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli Sellem" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1007909" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636701v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan J. Castille" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pannetier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Passet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Elzaiat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2211-5463.12002" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574904v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swantje Strassheim" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gennart" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#239;t Muylkens" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Rasschaert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jgv.0.000547" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194038v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva El Zaiat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thepot Th&#233;pot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.114.122796" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04760641v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269224v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mandon-Pepin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058703v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04331159v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Duranthon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chaulot-Talmon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebukhan Derya" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Ali" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086891v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798961v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Namya Mellouk" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03601143v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284625v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bonnet-Garnier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791776v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Calvel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605214v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Daniel-Carlier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Jolivet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pailhoux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607860v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pr&#233;zelin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193822v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189842v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129729v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129764v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04355532v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Laffont" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03599844v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Giton" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949117v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;rault Elo&#239;se" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790316v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Messiaen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Livera" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603125v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602726v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741048v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194103v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va El Zaiat" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Passet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04444948v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059143v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Barka" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dujardin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Dewaele" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Andr&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Frambourg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolre/ioaf064" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05058912v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Richard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais-Bonnet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Gelin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Deloche" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101508" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04885356v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-024-01444-1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269239v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mandon-P&#233;pin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Poulat" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.89284.3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03884254v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Albina" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jammes" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13112070" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622530v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Gobe" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva M. El Zaiat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meunier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli Sellem" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1007909" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636701v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan J. Castille" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pannetier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Passet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Elzaiat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2211-5463.12002" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574904v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swantje Strassheim" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gennart" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#239;t Muylkens" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Rasschaert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jgv.0.000547" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194038v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva El Zaiat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thepot Th&#233;pot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.114.122796" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04760641v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086891v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mandon-Pepin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058703v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269224v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04331159v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Duranthon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chaulot-Talmon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebukhan Derya" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Ali" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798961v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Namya Mellouk" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03601143v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284625v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bonnet-Garnier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607860v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pailhoux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pr&#233;zelin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605214v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Daniel-Carlier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Jolivet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791776v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Calvel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193822v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189842v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129764v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129729v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04355532v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Laffont" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03599844v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Giton" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949117v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;rault Elo&#239;se" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790316v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Messiaen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Livera" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603125v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602726v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741048v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194103v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va El Zaiat" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Passet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04444948v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>