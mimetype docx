--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -887,429 +887,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05465172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using a socioecological approach to explore healthy lifestyle in elite sport: a qualitative study of French athletes’, coaches’, and managers’ perspectives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Visual Search Strategies of Elite Fencers: An Exploratory Study in Ecological Competitive Situation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bagot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélia Chrétien</w:t>
+                <w:t xml:space="preserve">Jean Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabienne D’arripe-Longueville</w:t>
+                <w:t xml:space="preserve">Thibault Kerivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Haffner</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marjorie Bernier</w:t>
+                <w:t xml:space="preserve">Cyril Bossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kermarrec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Qualitative Studies on Health and Well-being</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/17482631.2023.2251235⟩</w:t>
+              <w:t xml:space="preserve">Journal of Functional Morphology and Kinesiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8 (3), pp.106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jfmk8030106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04318689v1</w:t>
+                <w:t xml:space="preserve">hal-04315796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of mindfulness training on decision-making in critical and high-demand situations: A pilot study in combat aviation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Darses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Bernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Darses</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marjorie Bernier</w:t>
+                <w:t xml:space="preserve">Vincent Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Berthelot</w:t>
+                <w:t xml:space="preserve">Marie-Pierre Fornette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Safety Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 166, pp.106204. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ssci.2023.106204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04318679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visual Search Strategies of Elite Fencers: An Exploratory Study in Ecological Competitive Situation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Bagot</w:t>
+                <w:t xml:space="preserve">Using a socioecological approach to explore healthy lifestyle in elite sport: a qualitative study of French athletes’, coaches’, and managers’ perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Chrétien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Fournier</w:t>
+                <w:t xml:space="preserve">Fabienne D’arripe-Longueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Kerivel</w:t>
+                <w:t xml:space="preserve">Kevin Haffner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Bossard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gilles Kermarrec</w:t>
+                <w:t xml:space="preserve">Meggy Hayotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Functional Morphology and Kinesiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 8 (3), pp.106. </w:t>
+              <w:t xml:space="preserve">International Journal of Qualitative Studies on Health and Well-being</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/jfmk8030106⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/17482631.2023.2251235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04315796v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04318689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of an acute Mindfulness-based intervention on exercise tolerance, maximal strength, pain and effort-related experiences in individuals with primary chronic low back pain: a pilot study</w:t>
               </w:r>
@@ -1481,51 +1481,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manel Ben Salha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nizar Souissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 19 (19), pp.12950. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1572,90 +1572,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le feedback vidéo en sport et en éducation physique : quels usages et quels effets pour la formation à la prise de décision ? Une revue de littérature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Kermarrec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Kerivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Cornière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 127, pp.61-79. </w:t>
@@ -2121,51 +2121,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Trottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Thienot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sport Psychologist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 30 (3), pp.256-266. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2998,51 +2998,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naviguer sous pression : régulation attentionnelle et prise de décision en compétition chez les athlètes élites en IQFoil.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3123,51 +3123,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barrières et facilitateurs de l'adhésion à un programme de pleine conscience : une étude qualitative auprès d'escrimeur.euse.s de haut niveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruben Breniaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Haffner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3244,51 +3244,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régulation de l'attention et prise de décision en iqfoil : une étude qualitative auprès de sportifs élites lors d'un championnat du monde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3458,247 +3458,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04313287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of an acute mindfulness-based intervention on exercise tolerance, maximal strength, and pain-related experiences in individuals with primary chronic low back pain: a pilot study</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Martin Descarreaux</w:t>
+                <w:t xml:space="preserve">Questionner la durabilité des systèmes par une approche multiniveaux : illustration dans la promotion de l’activité physique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Le Pape</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Kerivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Bernier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29th Educational Conference and Research Agenda Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association of Chiropractic Colleges, Mar 2023, New Orleans (LA), France</w:t>
+              <w:t xml:space="preserve">12ème colloque de Psychologie Ergonomique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05319486v1</w:t>
+                <w:t xml:space="preserve">hal-04312561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Questionner la durabilité des systèmes par une approche multiniveaux : illustration dans la promotion de l’activité physique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thibault Kerivel</w:t>
+                <w:t xml:space="preserve">Effects of an acute mindfulness-based intervention on exercise tolerance, maximal strength, and pain-related experiences in individuals with primary chronic low back pain: a pilot study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Daneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Couëpel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Descarreaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Bernier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème colloque de Psychologie Ergonomique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">29th Educational Conference and Research Agenda Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association of Chiropractic Colleges, Mar 2023, New Orleans (LA), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04312561v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05319486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Link between the stress-recovery balance and mindfulness in young elite BMX riders</w:t>
               </w:r>
@@ -3786,704 +3786,704 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04322003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets d’une stratégie d’acceptation sur la tolérance à l’effort, la perception de l’effort et de la douleur, chez des personnes souffrant de lombalgie chronique : une étude pilote</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Martin Descarreaux</w:t>
+                <w:t xml:space="preserve">Behind the fencing mask: attentional and emotional processes of elite level fencers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Bracco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Métral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Pété</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’Études de la Société Française de Psychologie du Sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Aix en Provence, France</w:t>
+              <w:t xml:space="preserve">28th Annual ECSS Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05465220v1</w:t>
+                <w:t xml:space="preserve">hal-04313325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behind the fencing mask: attentional and emotional processes of elite level fencers</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Visual search strategies of elite fencers : an exploratory study in ecological competitive situation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marjorie Bernier</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Bossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kermarrec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Kerivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th Annual ECSS Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">, ECSS, Jul 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04313325v1</w:t>
+                <w:t xml:space="preserve">hal-04316022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visual search strategies of elite fencers : an exploratory study in ecological competitive situation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thibault Kerivel</w:t>
+                <w:t xml:space="preserve">Effets d’une stratégie d’acceptation sur la tolérance à l’effort, la perception de l’effort et de la douleur, chez des personnes souffrant de lombalgie chronique : une étude pilote</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Daneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Couëpel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Descarreaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th Annual ECSS Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ECSS, Jul 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Journées d’Études de la Société Française de Psychologie du Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04316022v1</w:t>
+                <w:t xml:space="preserve">hal-05465220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation interne et analyse du fonctionnement différentiel des items du Mindfulness Inventory for Sport version française</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effets d'un programme d'activité physique utilisant les jeux vidéo actifs sur la dynamique de l'intérêt en situation d'étudiants inactifs physiquement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Le Pape</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Bernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Bossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kermarrec</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th ACAPS international congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Reims, France</w:t>
+              <w:t xml:space="preserve">21è Journées d’Études Francophones en Activité Physique Adaptée (JEFAPA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04734060v1</w:t>
+                <w:t xml:space="preserve">hal-04087860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets d'un programme d'activité physique utilisant les jeux vidéo actifs sur la dynamique de l'intérêt en situation d'étudiants inactifs physiquement</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Validation interne et analyse du fonctionnement différentiel des items du Mindfulness Inventory for Sport version française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruben Breniaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Sondt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Levillain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Vacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21è Journées d’Études Francophones en Activité Physique Adaptée (JEFAPA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Nantes, France</w:t>
+              <w:t xml:space="preserve">20th ACAPS international congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04087860v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04734060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimension sociale de l’intérêt en situation : une étude exploratoire et des perspectives d’intervention</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Le Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Kermarrec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4534,51 +4534,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to manage Exercise-Induced-Pain during a high intensity task? Psychological strategies used by expert crossfiters?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Sondt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Courbalay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4642,77 +4642,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social dimensions of situational interest in young adults in an exergame setting: an exploratory study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Le Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghada Regaieg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4815,51 +4815,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanguy Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Le Bot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Septième Colloque Sport et Recherche en Pays de Loire. Sports, Recherches, Performances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Nantes, France</w:t>
@@ -4940,51 +4940,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanguy Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Le Bot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès M@rsouin. Mesure et analyse des usages numériques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Le Bono, France</w:t>
@@ -5065,51 +5065,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Le Bot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès M@rsouin. Mesure et analyse des usages numériques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Le Bono, France</w:t>
@@ -5151,51 +5151,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lien entre contenu, caractéristiques et fonctions des images mentales chez des golfeurs experts dans différentes situations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'analyse de la performance de haut niveau dans son contexte ? : 3èmes journées internationales des sciences du sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INSEP, Institut national du sport et de l'éducation physique, Nov 2004, Paris, France. pp. 113-114</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5596,77 +5596,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intérêt en situation et jeux vidéo actifs pour promouvoir l'activité physique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Le Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Kermarrec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6222,51 +6222,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795923v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Bracco" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Bernier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie M&#233;tral" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie P&#233;t&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bagot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2024.102780" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970808v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Sondt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Levillain" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vacher" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2025.1516760" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05365721v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Barbry" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Coquart" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Daubresse" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Ovigneur" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12671-025-02713-6" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05301923v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Kermarrec" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2024.102680" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848251v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bracco" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sondt" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dugeny" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Goisbault" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10413200.2024.2437179" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465172v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Amiot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Daneau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Cou&#235;pel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Descarreaux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2023006" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318689v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Chr&#233;tien" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne D&#8217;arripe-Longueville" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Haffner" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meggy Hayotte" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17482631.2023.2251235" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318679v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Darses" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Berthelot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Fornette" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Launay" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2023.106204" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315796v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fournier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Kerivel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bossard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jfmk8030106" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318660v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318664v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Tebourski" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Ben Salha" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Souissi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph191912950" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512754v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Corni&#232;re" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.127.0061" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512456v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Doron" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rouault" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jubeau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2019.101638" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388621v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Ruffault" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi&#233;not Emilie" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean F. Fournier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Flahault" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2016.09.003" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512758v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Milazzo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rosnet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Farrow" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Fournier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2015.07.004" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CDQW546Z-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02391636v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Trottier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Thienot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/tsp.2013-0076" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317534v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Juge" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12671-015-0467-7" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02890793v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dosseville" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Laborde" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2012.713006" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01813485v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Codron" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10413200.2011.561518" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01753418v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2010.05.006)" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01728052v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.083.0025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01710619v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jcsp.3.4.320" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01826205v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Deremaux" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2007.12.003" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155137v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gautier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Bonnet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734053v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Breniaux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316634v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313287v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bracco," TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dug&#233;ny" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Goisbault" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319486v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312561v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Le Pape" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322003v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465220v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313325v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316022v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734060v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087860v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Nicolas" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03783933v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465243v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Courbalay" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pageaux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421188v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghada Regaieg" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02944917v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Le Paven" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Philippe" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Le Bot" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02501883v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621935v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Tanguy" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-03283026v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318682v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542458v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie van Hoye" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mastagli" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Coulomb" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Mino" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321953v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312537v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-2-294-78220-6.00016-0" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01888502v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Dinh-Phung" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01931418v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Demontrond" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Toutirais" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04861365v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795923v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Bracco" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Bernier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie M&#233;tral" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie P&#233;t&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bagot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2024.102780" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970808v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Sondt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Levillain" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vacher" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2025.1516760" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05365721v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Barbry" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Coquart" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Daubresse" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Ovigneur" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12671-025-02713-6" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05301923v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Kermarrec" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2024.102680" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848251v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bracco" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sondt" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dugeny" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Goisbault" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10413200.2024.2437179" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465172v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Amiot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Daneau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Cou&#235;pel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Descarreaux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2023006" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315796v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fournier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Kerivel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bossard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jfmk8030106" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318679v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Darses" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Berthelot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Fornette" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Launay" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2023.106204" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318689v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Chr&#233;tien" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne D&#8217;arripe-Longueville" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Haffner" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meggy Hayotte" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17482631.2023.2251235" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318660v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318664v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Tebourski" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Ben Salha" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Souissi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph191912950" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512754v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Corni&#232;re" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.127.0061" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512456v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Doron" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rouault" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jubeau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2019.101638" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388621v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Ruffault" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi&#233;not Emilie" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean F. Fournier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Flahault" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2016.09.003" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512758v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Milazzo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rosnet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Farrow" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Fournier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2015.07.004" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CDQW546Z-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02391636v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Trottier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Thienot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/tsp.2013-0076" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317534v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Juge" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12671-015-0467-7" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02890793v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dosseville" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Laborde" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2012.713006" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01813485v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Codron" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10413200.2011.561518" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01753418v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2010.05.006)" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01728052v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.083.0025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01710619v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jcsp.3.4.320" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01826205v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Deremaux" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2007.12.003" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155137v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gautier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Bonnet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734053v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Breniaux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316634v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313287v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bracco," TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dug&#233;ny" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Goisbault" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312561v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Le Pape" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319486v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322003v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313325v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316022v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465220v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087860v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Nicolas" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734060v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03783933v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465243v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Courbalay" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pageaux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421188v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghada Regaieg" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02944917v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Le Paven" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Philippe" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Le Bot" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02501883v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621935v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Tanguy" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-03283026v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318682v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542458v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie van Hoye" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mastagli" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Coulomb" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Mino" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321953v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312537v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-2-294-78220-6.00016-0" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01888502v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Dinh-Phung" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01931418v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Demontrond" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Toutirais" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04861365v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>