--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (42)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (44)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1563,1102 +1563,1072 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01898801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental evidence of Xe incorporation in Schottky defects in UO$_2$</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Linking atomic and mesoscopic scales for the modelling of the transport properties of uranium dioxide under irradiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bertolus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Freyss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">René Bes</w:t>
+                <w:t xml:space="preserve">Boris Dorado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Martin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emerson Vathonne</w:t>
+                <w:t xml:space="preserve">Kiet Hoang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Delorme</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Sabathier</w:t>
+                <w:t xml:space="preserve">Serge Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.2644500UO2⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 462, pp.475-495. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2015.02.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02066511v1</w:t>
+                <w:t xml:space="preserve">cea-02066505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking atomic and mesoscopic scales for the modelling of the transport properties of uranium dioxide under irradiation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michel Freyss</w:t>
+                <w:t xml:space="preserve">Behavior of fission gases in nuclear fuel: XAS characterization of Kr in UO2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.M. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boris Dorado</w:t>
+                <w:t xml:space="preserve">E. Vathonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kiet Hoang</w:t>
+                <w:t xml:space="preserve">G. Carlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serge Maillard</w:t>
+                <w:t xml:space="preserve">R. Delorme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Sabathier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 462, pp.475-495. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2015.02.026⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 466, pp.379-392. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2015.08.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02066505v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02530523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavior of fission gases in nuclear fuel: XAS characterization of Kr in UO2</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+                <w:t xml:space="preserve">Behavior of fission gases in nuclear fuel: XAS characterization of Kr in UO$_2$</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.M. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Vathonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Carlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Delorme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Sabathier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 466, pp.379-392. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2015.08.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02530523v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02066509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavior of fission gases in nuclear fuel: XAS characterization of Kr in UO$_2$</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental evidence of Xe incorporation in Schottky defects in UO$_2$</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Carlot</w:t>
+                <w:t xml:space="preserve">René Bes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Delorme</w:t>
+                <w:t xml:space="preserve">Philippe Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emerson Vathonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Sabathier</w:t>
+                <w:t xml:space="preserve">Rémy Delorme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Sabathier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2015.08.019⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 106, pp.114102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.2644500UO2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02066509v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02066511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DFT + U investigation of charged point defects and clusters in UO2 (erratum)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Coupled experimental and DFT + $U$ investigation of positron lifetimes in UO$_2$</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Wiktor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Barthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Jomard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Torrent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Freyss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 26, </w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 90, pp.184101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0953-8984/26/34/349601⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.90.184101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02066524v1</w:t>
+                <w:t xml:space="preserve">cea-02066518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupled experimental and DFT + $U$ investigation of positron lifetimes in UO$_2$</w:t>
+                <w:t xml:space="preserve">Positron annihilation spectroscopy investigation of vacancy clusters in silicon carbide: Combining experiments and electronic structure calculations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Wiktor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Kerbiriou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Jomard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Esnouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-France Barthe</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michel Freyss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 90, pp.184101. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2014, 89, pp.155203</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02066518v1</w:t>
+                <w:t xml:space="preserve">hal-01011912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Positron annihilation spectroscopy investigation of vacancy clusters in silicon carbide: Combining experiments and electronic structure calculations</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
+                <w:t xml:space="preserve">Electronic structure calculations of positron lifetimes in SiC: Self-consistent schemes and relaxation effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Wiktor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Jomard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bertolus</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 327, pp.63-67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nimb.2013.09.050⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01011912v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-05504049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advances in first-principles modelling of point defects in UO 2 : f electron correlations and the issue of local energy minima</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">B. Amadon</w:t>
+                <w:t xml:space="preserve">DFT + U investigation of charged point defects and clusters in UO2 (erratum)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emerson Vathonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Wiktor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Freyss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Jomard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bertolus</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 25 (33), pp.333201. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0953-8984/25/33/333201⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 26, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0953-8984/26/34/349601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02066753v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02066524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electronic structure investigation of energetics and positron lifetimes of fully relaxed monovacancies with various charge states in 3C-SiC and 6H-SiC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Wiktor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2690,1258 +2660,1275 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Bertolus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 87, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/physrevb.87.235207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-05504040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular dynamics simulation of the initial stages of He bubbles formation in silicon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Pizzagalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M L David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bertolus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modelling and Simulation in Materials Science and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 21 (6), pp.065002. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/0965-0393/21/6/065002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-05504044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First-principles calculations of uranium diffusion in uranium dioxide</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Boris Dorado</w:t>
+                <w:t xml:space="preserve">Advances in first-principles modelling of point defects in UO 2 : f electron correlations and the issue of local energy minima</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Dorado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Freyss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David A Andersson</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Blas P Uberuaga</w:t>
+                <w:t xml:space="preserve">B. Amadon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bertolus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Jomard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.86.035110⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 25 (33), pp.333201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0953-8984/25/33/333201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-05504034v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02066753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solution of trivalent cations into uranium dioxide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.C. Middleburgh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.C. Parfitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S.C. Middleburgh</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">R.W. Grimes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Dorado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bertolus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 420 (1-3), pp.258-261. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2011.10.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-05504024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nucleation and growth of intragranular defect and insoluble atom clusters in nuclear oxide fuels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">First-principles calculations of uranium diffusion in uranium dioxide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Dorado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David A Andersson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher R Stanek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Bertolus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Garcia</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">A. Michel</w:t>
+                <w:t xml:space="preserve">Blas P Uberuaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nimb.2011.12.031⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 86 (3), pp.035110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.86.035110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00658341v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-05504034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of density functional theory for bonds formed between rare gases and open-shell atoms: a computational study of small molecules containing He, Ar, Kr and Xe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bertolus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Major</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Brenner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 14 (2), pp.553-561. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/C1CP22324K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00679787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Basic research in support of innovative fuels design for the GEn IV systems: The F-BRIDGE project</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nucleation and growth of intragranular defect and insoluble atom clusters in nuclear oxide fuels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Sabathier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Carlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Engineering and Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nucengdes.2011.08.021⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 277, pp.98-108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nimb.2011.12.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02863764v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00658341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basic research in support of innovative fuels design for the GEn IV systems: The F-BRIDGE project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Valot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Bertolus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudy Konings</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joe Somers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sander de Groot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Engineering and Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 241 (9), pp.3521-3529. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.nucengdes.2011.08.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-05520463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First-principles calculation and experimental study of oxygen diffusion in uranium dioxide</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Boris Dorado</w:t>
+                <w:t xml:space="preserve">Basic research in support of innovative fuels design for the GEn IV systems: The F-BRIDGE project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Valot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bertolus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Konings</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Garcia</w:t>
+                <w:t xml:space="preserve">J. Somers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Carlot</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">S. Degroote</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.83.035126⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Engineering and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 241 (9), pp.3521-3529. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nucengdes.2011.08.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00639167v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02863764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment on “Interplay of defect cluster and the stability of xenon in uranium dioxide from density functional calculations”</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">First-principles calculation and experimental study of oxygen diffusion in uranium dioxide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Dorado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Carlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Davoisne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Amadon</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M. Fraczkiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 84 (9), pp.096101. </w:t>
+              <w:t xml:space="preserve">, 2011, 83, pp.035126. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.84.096101⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.83.035126⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05504002v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00639167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability of oxygen point defects in UO 2 by first-principles DFT + U calculations: Occupation matrix control and Jahn-Teller distortion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Comment on “Interplay of defect cluster and the stability of xenon in uranium dioxide from density functional calculations”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Dorado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Amadon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Jomard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3951,1267 +3938,1475 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Bertolus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 82 (3), pp.035114. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.82.035114⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 84 (9), pp.096101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.84.096101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-05503965v1</w:t>
+                <w:t xml:space="preserve">hal-05504002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An environment-dependent interatomic potential for silicon carbide: calculation of bulk properties, high-pressure phases, point and extended defects, and amorphous structures</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">L Pizzagalli</w:t>
+                <w:t xml:space="preserve">Stability of oxygen point defects in UO 2 by first-principles DFT + U calculations: Occupation matrix control and Jahn-Teller distortion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Dorado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Jomard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Freyss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Bertolus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 22 (3), pp.035802. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 82 (3), pp.035114. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0953-8984/22/3/035802⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.82.035114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-05503953v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-05503965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DFT + U calculations of the ground state and metastable states of uranium dioxide</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marjorie Bertolus</w:t>
+                <w:t xml:space="preserve">An environment-dependent interatomic potential for silicon carbide: calculation of bulk properties, high-pressure phases, point and extended defects, and amorphous structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bertolus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Pizzagalli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.79.235125⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 22 (3), pp.035802. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0953-8984/22/3/035802⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-05503934v1</w:t>
+                <w:t xml:space="preserve">cea-05503953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanisms of amorphization-induced swelling in silicon carbide: the molecular dynamics answer</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M. Defranceschi</w:t>
+                <w:t xml:space="preserve">DFT + U calculations of the ground state and metastable states of uranium dioxide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Dorado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Amadon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Freyss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Bertolus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjb/e2008-00008-2⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 79 (23), pp.235125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.79.235125⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-05503930v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-05503934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Dynamics as a Tool to Interpret Macroscopic Amorphization-Induced Swelling in Silicon Carbide</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId149" w:history="1">
+                <w:t xml:space="preserve">Mechanisms of amorphization-induced swelling in silicon carbide: the molecular dynamics answer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bertolus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ribeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Castelier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">. Defranceschi M</w:t>
+                <w:t xml:space="preserve">M. Defranceschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 52, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjb/e2006-00289-3⟩</w:t>
+              <w:t xml:space="preserve">, 2008, 60 (4), pp.423-433. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjb/e2008-00008-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">cea-02356027v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-05503930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward the comparison of rare earth element and actinide behavior in materials: a computational study of Ce- and U-bearing britholites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Bertolus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Defranceschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 110 (39), pp.19226-19232. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/jp0629083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05503903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating bonding in small silicon–carbon clusters: Exploration of the potential energy surfaces of Si3C4, Si4C3, and Si4C4 using ab initio molecular dynamics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular Dynamics as a Tool to Interpret Macroscopic Amorphization-Induced Swelling in Silicon Carbide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ribeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Castelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bertolus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ph. Millié</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">. Defranceschi M</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.1636717⟩</w:t>
+              <w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 52, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjb/e2006-00289-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00005031v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02356027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling SiC swelling under irradiation: Influence of amorphization</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimizing the formula of rare earth‐bearing materials: A computational chemistry investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Bertolus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Defranceschi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sidney Yip</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0168-583X(02)01840-2⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Quantum Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 107 (3), pp.712-721. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/qua.21133⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-05503885v2</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-05503920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are lithium hydride clusters purely ionic ? Study using model potentials and density-functional theory</w:t>
+                <w:t xml:space="preserve">Investigating bonding in small silicon–carbon clusters: Exploration of the potential energy surfaces of Si3C4, Si4C3, and Si4C4 using ab initio molecular dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bertolus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">P. Millie</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Finocchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph. Millié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 115, pp.4070-4079. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.1389474⟩</w:t>
+              <w:t xml:space="preserve">, 2004, 120 (9), pp.4333. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.1636717⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00136546v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00005031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of covalence and anion symmetry on the structure of small metal hydroxide clusters: Sodium versus silver hydroxide</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">P. Millié</w:t>
+                <w:t xml:space="preserve">Modeling SiC swelling under irradiation: Influence of amorphization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonino Romano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Bertolus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Defranceschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidney Yip</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s100530070067⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 202, pp.100-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0168-583X(02)01840-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05192953v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-05503885v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can we rationalize the structure of small silicon-carbon clusters?</w:t>
+                <w:t xml:space="preserve">Are lithium hydride clusters purely ionic ? Study using model potentials and density-functional theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bertolus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Brenner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Millié</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Millie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s100530050081⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 115, pp.4070-4079. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.1389474⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05192943v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00136546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Influence of covalence and anion symmetry on the structure of small metal hydroxide clusters: Sodium versus silver hydroxide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bertolus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Brenner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Millié</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 11 (3), pp.387-394. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s100530070067⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05192953v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Can we rationalize the structure of small silicon-carbon clusters?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bertolus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Brenner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Millié</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 1 (2), pp.197-205. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s100530050081⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05192943v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Monte Carlo growth method: application to molecular clusters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Bertolus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Brenner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Millié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Bernard Maillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zeitschrift für Physik. D, Atoms, molecules and clusters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 39 (3), pp.239-250. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s004600050133⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-05185392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5221,51 +5416,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Joint Programme on Nuclear Materials of the European Energy Research Alliance (EERA-JPNM) – Coordinating GenIV reactor materials research for a low-carbon Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Malerba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5274,101 +5469,101 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massimo Angiolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bertolus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelika Bohnstedt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Kalivodova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SMINS 4 NEA workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02121889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5378,100 +5573,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de petits agrégats mixtes par la méthode de la fonctionnelle de la densité et par des potentiels modèles.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bertolus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Physique Nucléaire Théorique [nucl-th]. Université PARIS XI, 1998. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02445636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5481,105 +5676,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation à l'échelle atomique de matériaux nucléaires du cycle du combustible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bertolus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Science des matériaux [cond-mat.mtrl-sci]. Université de la Méditerranée - Aix-Marseille II, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00665253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId187"/>
+      <w:footerReference w:type="default" r:id="rId192"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5726,51 +5921,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05191957v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Labonne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gu&#233;neau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Bertolus" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4cp03797a" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178443v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Malerba" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Luisa F&#233;rnandez Vanoni" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Pecelerowicz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marialuisa Gentile" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Angiolini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjn/2025029" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05191958v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Orlat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2023.154390" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05191960v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Luzzi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Barani" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Boer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. del Nevo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lainet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.net.2022.10.038" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03899616v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Agostini" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjn/2022042" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05193086v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cognini" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.net.2021.04.010" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02640809v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bertolus" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Delage" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Gallais-During" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjn/2019021" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02063607v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Cheik Njifon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Hayn" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Freyss" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b01561" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02389430v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Wiktor" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Jomard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Torrent" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/29/3/035503" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02382416v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. W. D. Cooper" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kelly" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6cp01567k" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02063626v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emerson Vathonne" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A. Andersson" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Perriot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael W. D. Cooper" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b01560" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898801v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Barthe" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.195207" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02066511v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Bes" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Delorme" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sabathier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2644500UO2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02066505v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Dorado" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiet Hoang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Maillard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2015.02.026" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02530523v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.M. Martin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vathonne" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Carlot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Delorme" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sabathier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2015.08.019" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02066509v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02066524v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/26/34/349601" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02066518v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.90.184101" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01011912v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Kerbiriou" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jomard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Esnouf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02066753v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dorado" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Freyss" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Amadon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/25/33/333201" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05504040v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.87.235207" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05504044v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Pizzagalli" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M L David" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0965-0393/21/6/065002" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05504034v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A Andersson" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher R Stanek" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blas P Uberuaga" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.035110" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05504024v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.C. Middleburgh" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.C. Parfitt" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.W. Grimes" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2011.10.006" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00658341v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Garcia" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Martin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Michel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2011.12.031" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T80L94LD-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00679787v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Major" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Brenner" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C1CP22324K" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863764v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Valot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Konings" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Somers" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Degroote" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2011.08.021" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05520463v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Valot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Konings" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Somers" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sander de Groot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639167v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Garcia" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Carlot" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Davoisne" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fraczkiewicz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.83.035126" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504002v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Amadon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.84.096101" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05503965v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.82.035114" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05503953v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Lucas" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/22/3/035802" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05503934v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.79.235125" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05503930v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ribeiro" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Defranceschi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2008-00008-2" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02356027v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Castelier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Defranceschi M" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2006-00289-3" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7AB8C823A13356CDFB9A593B33466258B449DB3A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503903v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Defranceschi" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp0629083" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005031v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Finocchi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Milli&#233;" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1636717" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05503885v2" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Romano" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidney Yip" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-583X(02)01840-2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136546v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Millie" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1389474" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192953v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Milli&#233;" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100530070067" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192943v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Milli&#233;" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100530050081" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05185392v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Brenner" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Maillet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s004600050133" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121889v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelika Bohnstedt" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Kalivodova" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/tel-02445636v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00665253v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05191957v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Labonne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gu&#233;neau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Bertolus" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4cp03797a" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178443v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Malerba" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Luisa F&#233;rnandez Vanoni" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Pecelerowicz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marialuisa Gentile" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Angiolini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjn/2025029" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05191958v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Orlat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2023.154390" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05191960v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Luzzi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Barani" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Boer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. del Nevo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lainet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.net.2022.10.038" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03899616v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Agostini" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjn/2022042" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05193086v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cognini" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.net.2021.04.010" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02640809v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bertolus" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Delage" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Gallais-During" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjn/2019021" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02063607v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Cheik Njifon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Hayn" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Freyss" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b01561" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02389430v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Wiktor" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Jomard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Torrent" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/29/3/035503" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02382416v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. W. D. Cooper" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kelly" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6cp01567k" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02063626v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emerson Vathonne" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A. Andersson" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Perriot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael W. D. Cooper" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b01560" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898801v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Barthe" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.195207" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02066505v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Dorado" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiet Hoang" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Maillard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2015.02.026" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02530523v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.M. Martin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vathonne" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Carlot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Delorme" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sabathier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2015.08.019" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02066509v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02066511v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Bes" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Delorme" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sabathier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2644500UO2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02066518v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.90.184101" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01011912v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Kerbiriou" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jomard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Esnouf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05504049v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wiktor" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2013.09.050" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02066524v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/26/34/349601" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05504040v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.87.235207" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05504044v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Pizzagalli" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M L David" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0965-0393/21/6/065002" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02066753v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dorado" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Freyss" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Amadon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/25/33/333201" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05504024v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.C. Middleburgh" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.C. Parfitt" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.W. Grimes" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2011.10.006" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05504034v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A Andersson" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher R Stanek" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blas P Uberuaga" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.035110" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00679787v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Major" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Brenner" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C1CP22324K" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00658341v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Garcia" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Martin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Michel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2011.12.031" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T80L94LD-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05520463v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Valot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Konings" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Somers" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sander de Groot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2011.08.021" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863764v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Valot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Konings" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Somers" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Degroote" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639167v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Garcia" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Carlot" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Davoisne" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fraczkiewicz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.83.035126" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504002v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Amadon" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.84.096101" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05503965v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.82.035114" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05503953v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Lucas" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/22/3/035802" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05503934v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.79.235125" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05503930v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ribeiro" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Defranceschi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2008-00008-2" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503903v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Defranceschi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp0629083" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02356027v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Castelier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Defranceschi M" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2006-00289-3" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7AB8C823A13356CDFB9A593B33466258B449DB3A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05503920v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qua.21133" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005031v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Finocchi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Milli&#233;" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1636717" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05503885v2" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Romano" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidney Yip" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-583X(02)01840-2" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136546v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Millie" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1389474" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192953v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Milli&#233;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100530070067" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192943v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Milli&#233;" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100530050081" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05185392v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Brenner" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Maillet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s004600050133" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121889v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelika Bohnstedt" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Kalivodova" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/tel-02445636v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00665253v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>