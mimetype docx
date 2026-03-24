--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -571,295 +571,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05186089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A line-spread kernel function for angular anisotropy in row-dominated heterogeneous scenarios</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation of three modelling frameworks of thermal infrared radiative transfer for directional anisotropies of temperatures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zunjian Bian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yifan Lu</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Roujean</w:t>
+                <w:t xml:space="preserve">J.L. Roujean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Irvine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hua Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fan Mo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rse.2025.114887⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Geoscience and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TGRS.2025.3530503⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05528788v1</w:t>
+                <w:t xml:space="preserve">hal-04902255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of three modelling frameworks of thermal infrared radiative transfer for directional anisotropies of temperatures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A line-spread kernel function for angular anisotropy in row-dominated heterogeneous scenarios</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yifan Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zunjian Bian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J.L. Roujean</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chandrika Pinnepalli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Roujean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Irvine</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fan Mo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Geoscience and Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, pp.1-1. </w:t>
+              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 328, pp.114887. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TGRS.2025.3530503⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.rse.2025.114887⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04902255v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05528788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morning transition of the coupled vegetation canopy and atmospheric boundary layer turbulence according to the wind intensity</w:t>
               </w:r>
@@ -943,295 +943,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04649088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time series of alpine snow surface radiative-temperature maps from high-precision thermal-infrared imaging</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An analytical urban temperature model with building heterogeneity using geometric optical theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zunjian Bian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Arioli</w:t>
+                <w:t xml:space="preserve">Tengyuan Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ghislain Picard</w:t>
+                <w:t xml:space="preserve">J.-L L Roujean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Arnaud</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Esteban Alonso-González</w:t>
+                <w:t xml:space="preserve">Dandan Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Irvine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth System Science Data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/essd-16-3913-2024⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 301, pp.113948. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rse.2023.113948⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04774461v1</w:t>
+                <w:t xml:space="preserve">hal-04919908v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An analytical urban temperature model with building heterogeneity using geometric optical theory</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zunjian Bian</w:t>
+                <w:t xml:space="preserve">Time series of alpine snow surface radiative-temperature maps from high-precision thermal-infrared imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Arioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tengyuan Fan</w:t>
+                <w:t xml:space="preserve">Laurent Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-L L Roujean</w:t>
+                <w:t xml:space="preserve">Simon Gascoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dandan Wang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mark Irvine</w:t>
+                <w:t xml:space="preserve">Esteban Alonso-González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 301, pp.113948. </w:t>
+              <w:t xml:space="preserve">Earth System Science Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (9), pp.3913-3934. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rse.2023.113948⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/essd-16-3913-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04919908v2</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04774461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of Dust Source Patchiness on the Existence of a Constant Dust Flux Layer During Aeolian Erosion Events</w:t>
               </w:r>
@@ -2415,265 +2415,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02681315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatialization of sensible heat flux over a heterogeneous landscape</w:t>
+                <w:t xml:space="preserve">Correction of scintillometer-derived Cn2 using the standard deviation of the measured voltage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lagouarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Albert Olioso</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Irvine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Bonnefond</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agronomie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 22 (6), pp.627-633. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/agro:2002032⟩</w:t>
+              <w:t xml:space="preserve">, 2002, 22 (1), pp.107-108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/agro:2001007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02681070v1</w:t>
+                <w:t xml:space="preserve">hal-02674185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction of scintillometer-derived Cn2 using the standard deviation of the measured voltage</w:t>
+                <w:t xml:space="preserve">Spatialization of sensible heat flux over a heterogeneous landscape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lagouarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mark Irvine</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xing Fa Fa Gu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Olioso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Bonnefond</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agronomie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 22 (1), pp.107-108. </w:t>
+              <w:t xml:space="preserve">, 2002, 22 (6), pp.627-633. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/agro:2001007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/agro:2002032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02674185v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02681070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated sensible heat flux measurements of a two-surface composite landscape using scintillometry</w:t>
               </w:r>
@@ -2795,276 +2795,276 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02682695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the limits of the CT2-profile method for sensible heat flux measurements in unstable conditions</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The control of coherent eddies in vegetation canopies: streamwise structure spacing, canopy shear scale and atmospheric stability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Irvine</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0168-1923(00)00192-1⟩</w:t>
+              <w:t xml:space="preserve">Boundary-Layer Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 94 (1), pp.139-163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1023/A:1002406616227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02699163v1</w:t>
+                <w:t xml:space="preserve">hal-02698873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The control of coherent eddies in vegetation canopies: streamwise structure spacing, canopy shear scale and atmospheric stability</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Analysis of the limits of the CT2-profile method for sensible heat flux measurements in unstable conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Lagouarde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghani Chehbouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Bonnefond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann H. Kerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Boundary-Layer Meteorology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 94 (1), pp.139-163. </w:t>
+              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 105 (1-3), pp.195-214. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1023/A:1002406616227⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0168-1923(00)00192-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02698873v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02699163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesure des échanges d'énergie d'eau et de CO2. Modéliser le fonctionnement de la vigne</w:t>
               </w:r>
@@ -3253,3234 +3253,3234 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02683712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (37)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (38)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TRISHNA: an Indo-French Space Mission to Study the Thermography of the Earth at Fine Spatio-Temporal Resolution</w:t>
+                <w:t xml:space="preserve">Investigate directional effects of brightness temperature in urban environments at TRISHNA scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Hagolle</w:t>
+                <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Gamet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Roujean</w:t>
+                <w:t xml:space="preserve">Quentin Dehaene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bimal Bhattacharya</w:t>
+                <w:t xml:space="preserve">Renato Cifuentes La Mura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Boulet</w:t>
+                <w:t xml:space="preserve">Françoise Nerry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark R. Irvine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LPS25</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ESA, Jun 2025, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">Thermal EO 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05208233v1</w:t>
+                <w:t xml:space="preserve">hal-05542378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring and Modeling TIR Directional Effects based on the Thermal Infrared Anisotropy Measurements in India and Southern Europe (Tiramisu) Project: Preparation to the Trishna Mission</w:t>
+                <w:t xml:space="preserve">TRISHNA: an Indo-French Space Mission to Study the Thermography of the Earth at Fine Spatio-Temporal Resolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Pinnepalli</w:t>
+                <w:t xml:space="preserve">Olivier Hagolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-L. Roujean</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Philippe Gamet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Roujean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bimal Bhattacharya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Boulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGARSS 2024 - 2024 IEEE International Geoscience and Remote Sensing Symposium</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">LPS25</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ESA, Jun 2025, Vienne, Austria</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04987429v1</w:t>
+                <w:t xml:space="preserve">hal-05208233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abundance of giant mineral dust particles: Insights from measured emitted dust size distributions during the J-WADI campaign</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Measuring and Modeling TIR Directional Effects based on the Thermal Infrared Anisotropy Measurements in India and Southern Europe (Tiramisu) Project: Preparation to the Trishna Mission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andres Alastuey</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Dupont</w:t>
+                <w:t xml:space="preserve">C. Pinnepalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vicken Etyemezian</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">J.-L. Roujean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Irvine</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-11544⟩</w:t>
+              <w:t xml:space="preserve">IGARSS 2024 - 2024 IEEE International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Athens, France. pp.3584-3588, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS53475.2024.10641023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04643038v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04987429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forest edge flows and fluxes under unstable atmospheric conditions.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">First analysis of edge flows during the august IOP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myrtille Grulois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Bonnefond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myrtille Grulois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Dupont</w:t>
+                <w:t xml:space="preserve">Cyriane Garrigou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Irvine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMS Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Barcelona, Spain</w:t>
+              <w:t xml:space="preserve">MOSAI annual workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05245116v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04643420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daily Evapotranspiration TRISHNA Level-2 products, EVASPA</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelling edge turbulence under two different stability conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myrtille Grulois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Ogée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Irvine</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Science Workshop on High-Resolution Thermal Earth Observation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISRO, Nov 2024, Ahmedabad, India</w:t>
+              <w:t xml:space="preserve">MOSAI annual workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05037175v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04643411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First analysis of edge flows during the august IOP</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Bonnefond</w:t>
+                <w:t xml:space="preserve">Abundance of giant mineral dust particles: Insights from measured emitted dust size distributions during the J-WADI campaign</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannah Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Alastuey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mark Irvine</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vicken Etyemezian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Girdwood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MOSAI annual workshop</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Vienne (AUT), Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-11544⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04643420v1</w:t>
+                <w:t xml:space="preserve">hal-04643038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling edge turbulence under two different stability conditions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
+                <w:t xml:space="preserve">Forest edge flows and fluxes under unstable atmospheric conditions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myrtille Grulois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Irvine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Ogée</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mark Irvine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MOSAI annual workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">EMS Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04643411v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05245116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring And Modelling Directional Effects In The Frame Of Tiramisu (Thermal Infrared Anisotropy Measurements In India And Southern Europe)</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Daily Evapotranspiration TRISHNA Level-2 products, EVASPA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Olioso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Boulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gamet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Roujean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bimal Bhattacharya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISPRS TC III Mid-term Symposium “Beyond the canopy: technologies and applications of remote sensing”</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Science Workshop on High-Resolution Thermal Earth Observation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISRO, Nov 2024, Ahmedabad, India</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04833059v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05037175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morning transition simulation of the coupled boundary layer and canopy turbulence according to the wind intensity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Dupont</w:t>
+                <w:t xml:space="preserve">Measuring And Modelling Directional Effects In The Frame Of Tiramisu (Thermal Infrared Anisotropy Measurements In India And Southern Europe)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chandrika Pinnepalli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis C. H. Roujean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Irvine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Bidot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop MOSAI</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ISPRS TC III Mid-term Symposium “Beyond the canopy: technologies and applications of remote sensing”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISPRS, Nov 2024, Belém, Brazil. pp.325-330, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/isprs-annals-X-3-2024-325-2024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04643089v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04833059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forest – maize transition: first results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myrtille Grulois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Bonnefond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myrtille Grulois</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Cyriane Garrigou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Irvine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lafont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MOSAI annual workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Lannemezan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04643389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Jordan Wind erosion And Dust Investigation (J-WADI)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Morning transition simulation of the coupled boundary layer and canopy turbulence according to the wind intensity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Irvine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bidot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Workshop MOSAI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Lannemezan, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04643001v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04643089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TRISHNA: an Indo-French space mission to study the thermography of the Earth at fine spatio-temporal resolution.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Gamet</w:t>
+                <w:t xml:space="preserve">The Jordan Wind erosion And Dust Investigation (J-WADI)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Klose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tareq Hussein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. R. Pandya</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gilles Boulet</w:t>
+                <w:t xml:space="preserve">Andreas Wieser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Alastuey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Böhmländer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">InGARSS 2021, IEEE India Geoscience and Remote Sensing Symposium 2021</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/InGARSS51564.2021.9791925⟩</w:t>
+              <w:t xml:space="preserve">EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Vienne (AUT), Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-8286⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03558092v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04643001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprehensive high-latitude dust field campaign in the desert of Dyngjunsandur, Iceland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Perez Garcia-Pando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konrad Kandler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kerstin Schepanski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Klose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Gonzalez-Florez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU Fall Meeting 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, New Orleans (US), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04643270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation du Centre d'Expertise Scientifique (CES) Température de surface et Emissivité</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Michel</w:t>
+                <w:t xml:space="preserve">TRISHNA: an Indo-French space mission to study the thermography of the Earth at fine spatio-temporal resolution.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Roujean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bimal Bhattacharya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Briottet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Aude Lemonsu</w:t>
+                <w:t xml:space="preserve">M. R. Pandya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Boulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TEMU 2020</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">InGARSS 2021, IEEE India Geoscience and Remote Sensing Symposium 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Online, India. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/InGARSS51564.2021.9791925⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04851622v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03558092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of a phase transition in the multifractal spectra of turbulent temperature fluctuations at a forest canopy top</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Françoise Argoul</w:t>
+                <w:t xml:space="preserve">Présentation du Centre d'Expertise Scientifique (CES) Température de surface et Emissivité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Roupioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Briottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Irvine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Lemonsu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU, European Geosciences Union, General Assembly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">TEMU 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2020, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02787324v1</w:t>
+                <w:t xml:space="preserve">hal-04851622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Indian-French TRISHNA mission: Earth observation in the thermal infrared with high spatio-temporal resolution and its application to agriculture and hydrology</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Gamet</w:t>
+                <w:t xml:space="preserve">Evidence of a phase transition in the multifractal spectra of turbulent temperature fluctuations at a forest canopy top</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evgeniya Gerasimova-Chechkina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Argoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Irvine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sanjay S. Babu</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alain Arnéodo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing &amp; Hydrology Symposium 2018. Earth Observation for Integrated Water and Basin Management: New Possibilities and Challenges for Adaptation to a Changing Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Cordoba, Spain</w:t>
+              <w:t xml:space="preserve">EGU, European Geosciences Union, General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03589552v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02787324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Indian-French Trishna Mission: Earth Observation in the Thermal Infrared with High Spatio-Temporal Resolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lagouarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bimal Kumar Bhattacharya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Crebassol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanjay S. Babu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IGARSS 2018 - 2018 IEEE International Geoscience and Remote Sensing Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institute of Electrical and Electronics Engineers (IEEE). USA., Jul 2018, Valencia, Spain. pp.4078-4081, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IGARSS.2018.8518720⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02390710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of the spatial distribution of atmospheric turbulence with SCINDAR on a mosaic of urban surfaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Indian-French TRISHNA mission: Earth observation in the thermal infrared with high spatio-temporal resolution and its application to agriculture and hydrology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Lagouarde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bimal Kumar Bhattacharya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Crebassol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gamet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent M. Mugnier</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Mark P. Irvine</w:t>
+                <w:t xml:space="preserve">Sanjay S. Babu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Optics in Atmospheric Propagation and Adaptive Systems XX (SPIE REMOTE SENSING)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Remote Sensing &amp; Hydrology Symposium 2018. Earth Observation for Integrated Water and Basin Management: New Possibilities and Challenges for Adaptation to a Changing Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Cordoba, Spain</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737576v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03589552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial and temporal variability of surface temperature of a forest canopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Measurement of the spatial distribution of atmospheric turbulence with SCINDAR on a mosaic of urban surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent M. Mugnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Conan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khanh-Lin Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis-Etienne Boudreault</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">J. M. Cohard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark P. Irvine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22. Symposium on Boundary Layers and Turbulence</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Conference on Optics in Atmospheric Propagation and Adaptive Systems XX (SPIE REMOTE SENSING)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Varsovie, Poland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2279446⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01594877v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accuracy test of a miniaturized thermal infrared camera to be carried on board UAVs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Gomez-Candon</w:t>
+                <w:t xml:space="preserve">Spatial and temporal variability of surface temperature of a forest canopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis-Etienne Boudreault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lagouarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Irvine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GeoUAV - ISPRS Geospatial Week</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, La Grande Motte, France</w:t>
+              <w:t xml:space="preserve">22. Symposium on Boundary Layers and Turbulence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Meteorological Society (AMS). USA., Jun 2016, Salt Lake City, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02799394v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01594877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of atmospheric turbulence on the accuracy of LST measurements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Accuracy test of a miniaturized thermal infrared camera to be carried on board UAVs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gomez-Candon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lagouarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Irvine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Dupont</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. GlobTemperature User Consultation Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Space Agency (ESA). INT., Jun 2015, Reading, United Kingdom. n.p</w:t>
+              <w:t xml:space="preserve">GeoUAV - ISPRS Geospatial Week</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, La Grande Motte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02795610v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02799394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micrometeorology and flux partitioning between forest understorey and overstorey: a synthesis based on FLUXNET data</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of atmospheric turbulence on the accuracy of LST measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Lagouarde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Irvine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Fall Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2005, San Francisco, United States. 1 p</w:t>
+              <w:t xml:space="preserve">3. GlobTemperature User Consultation Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Space Agency (ESA). INT., Jun 2015, Reading, United Kingdom. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02832572v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02795610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des sites d'observation des échanges de polluants entre les écosystèmes et l'atmosphère</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Micrometeorology and flux partitioning between forest understorey and overstorey: a synthesis based on FLUXNET data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Misson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dennis Baldocchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Cellier</w:t>
+                <w:t xml:space="preserve">T.A. Black</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Loubet</w:t>
+                <w:t xml:space="preserve">J.R. Dorsey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Zurfluh</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Matthias Falk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier Expérimentation et Instrumentation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Français de Recherche pour l'Exploitation de la Mer (IFREMER). FRA.; Institut National des Sciences de l'Univers (INSU). FRA.; Météo France. FRA., Mar 2004, Paris, France. 7 p</w:t>
+              <w:t xml:space="preserve">AGU Fall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2005, San Francisco, United States. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02833107v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02832572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The VENFOR project: wind and forest interactions from the tree scale to the landscape scale</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Des sites d'observation des échanges de polluants entre les écosystèmes et l'atmosphère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Fourcaud</w:t>
+                <w:t xml:space="preserve">Pierre Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Achim</w:t>
+                <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rex Belcher</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Olivier Zurfluh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Irvine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lamaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wind effect on trees</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2003, Karlsruhe, Germany</w:t>
+              <w:t xml:space="preserve">Atelier Expérimentation et Instrumentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Français de Recherche pour l'Exploitation de la Mer (IFREMER). FRA.; Institut National des Sciences de l'Univers (INSU). FRA.; Météo France. FRA., Mar 2004, Paris, France. 7 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02763944v1</w:t>
+                <w:t xml:space="preserve">hal-02833107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The VENFOR project: the role of forest edges in the patterns of turbulence development - findings from a field experiment, wind tunnel experiment and a large eddy simulation model experiment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The VENFOR project: wind and forest interactions from the tree scale to the landscape scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fourcaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andy Morse</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yves Brunet</w:t>
+                <w:t xml:space="preserve">Alexis Achim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Devalance</w:t>
+                <w:t xml:space="preserve">Rex Belcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mauricio Gamboa-Marrufo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mark Irvine</w:t>
+                <w:t xml:space="preserve">Isabelle Calmet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wind effects on trees</w:t>
+              <w:t xml:space="preserve">Wind effect on trees</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2003, Karlsruhe, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02763529v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02763944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UBL/CLU-ESCOMPTE: the urban boundary layer field experiment over Marseille and the data base</w:t>
+                <w:t xml:space="preserve">The VENFOR project: the role of forest edges in the patterns of turbulence development - findings from a field experiment, wind tunnel experiment and a large eddy simulation model experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Mestayer</w:t>
+                <w:t xml:space="preserve">Andy Morse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Durand</w:t>
+                <w:t xml:space="preserve">Marc Devalance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Augustin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc J.-M. Bonnefond</w:t>
+                <w:t xml:space="preserve">Mauricio Gamboa-Marrufo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Irvine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. International conference on Urban Air Quality</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2003, Prague, Czech Republic. 4 p</w:t>
+              <w:t xml:space="preserve">Wind effects on trees</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2003, Karlsruhe, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02763221v1</w:t>
+                <w:t xml:space="preserve">hal-02763529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The VENFOR project: response of a homogeneous forest canopy to wind stress through the analysis of accelerometer measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Lohou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aimé Druilhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6499,1212 +6499,1337 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference Wind Effects on Trees</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2003, Karlsruhe, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02762196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variabilité spatiale du flux de chaleur sensible mesuré par scintillométrie en zone urbaine : l'effet de &amp;quot;footprint</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Lagouarde</w:t>
+                <w:t xml:space="preserve">UBL/CLU-ESCOMPTE: the urban boundary layer field experiment over Marseille and the data base</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Mestayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Marin</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Patrick Augustin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bastin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc J.-M. Bonnefond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier de modélisation de l'atmosphère</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Météo France. FRA., Dec 2002, Toulouse, France</w:t>
+              <w:t xml:space="preserve">4. International conference on Urban Air Quality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2003, Prague, Czech Republic. 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02764097v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02763221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Project CARBOEUROFLUX - Carbon sequestration by Coconut plantations in Oceania (Vanuatu)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Roupsard</w:t>
+                <w:t xml:space="preserve">Variabilité spatiale du flux de chaleur sensible mesuré par scintillométrie en zone urbaine : l'effet de &amp;quot;footprint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Irvine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Lagouarde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Marin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Bonnefond</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. CarboEurope Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2002, Budapest, Hungary. 1 p</w:t>
+              <w:t xml:space="preserve">Atelier de modélisation de l'atmosphère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Météo France. FRA., Dec 2002, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02828503v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02764097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesure du flux de chaleur sensible en milieu urbain par scintillométrie LAS: premiers résultats sur Marseille</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Lagouarde</w:t>
+                <w:t xml:space="preserve">Project CARBOEUROFLUX - Carbon sequestration by Coconut plantations in Oceania (Vanuatu)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Roupsard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Bonnefond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Epron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Irvine</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Long</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier Expérimentation et Instrumentation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Météo France. FRA., Jan 2002, Toulouse, France</w:t>
+              <w:t xml:space="preserve">2. CarboEurope Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2002, Budapest, Hungary. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02763114v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02828503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Project CARBOEUROFLUX - CO2 fluxes and carbon sequestration within Eucalypt stands in Congo</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yann Nouvellon</w:t>
+                <w:t xml:space="preserve">Mesure du flux de chaleur sensible en milieu urbain par scintillométrie LAS: premiers résultats sur Marseille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Lagouarde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Irvine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Bonnefond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Welcome Mouvondy</w:t>
+                <w:t xml:space="preserve">Sue Grimmond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Long</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. CarboEurope Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2002, Budapest, Hungary. 2 p</w:t>
+              <w:t xml:space="preserve">Atelier Expérimentation et Instrumentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Météo France. FRA., Jan 2002, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02827154v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02763114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the temperature-humidity similarity in a forest canopy in well-watered and water-stressed conditions</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Project CARBOEUROFLUX - CO2 fluxes and carbon sequestration within Eucalypt stands in Congo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Nouvellon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Bonnefond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Hamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Roupsard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Welcome Mouvondy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25. Symposium on Agricultural and Forest Meteorology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Meteorological Society (AMS). USA., May 2002, Norfolk, United States</w:t>
+              <w:t xml:space="preserve">2. CarboEurope Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2002, Budapest, Hungary. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02759415v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02827154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectral analysis of refraction and absorption fluctuations in an urban zone by scintillometry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the temperature-humidity similarity in a forest canopy in well-watered and water-stressed conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lamaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Irvine</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Tim Oke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier expérimentation et instrumentation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Météo France. FRA., Jan 2002, Toulouse, France</w:t>
+              <w:t xml:space="preserve">25. Symposium on Agricultural and Forest Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Meteorological Society (AMS). USA., May 2002, Norfolk, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02762060v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02759415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectral analyses of optical scintillation: refraction and absorption components in an urban zone</w:t>
+                <w:t xml:space="preserve">Spectral analysis of refraction and absorption fluctuations in an urban zone by scintillometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Irvine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lagouarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Bonnefond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sue Grimmond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tim Oke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Symposium on the Urban Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Meteorological Society (AMS). USA., May 2002, Norfolk, United States</w:t>
+              <w:t xml:space="preserve">Atelier expérimentation et instrumentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Météo France. FRA., Jan 2002, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02762740v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02762060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude expérimentale et modélisation des effets directionnels dans l'IRT en zone urbaine</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spectral analyses of optical scintillation: refraction and absorption components in an urban zone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Irvine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lagouarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Solliec</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Bonnefond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sue Grimmond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Groleau</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tim Oke</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier de modélisation de l'atmosphère</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Météo France. FRA., Dec 2002, Toulouse, France</w:t>
+              <w:t xml:space="preserve">4. Symposium on the Urban Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Meteorological Society (AMS). USA., May 2002, Norfolk, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02762825v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02762740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesure des échanges d'énergie d'eau et de CO2. Modéliser le fonctionnement de la vigne</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Pieri</w:t>
+                <w:t xml:space="preserve">Etude expérimentale et modélisation des effets directionnels dans l'IRT en zone urbaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Lagouarde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Solliec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Groleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Irvine</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque INRA-VITI 2000. La recherche se dévoile</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2000, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Atelier de modélisation de l'atmosphère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Météo France. FRA., Dec 2002, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02838272v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02762825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mesure des échanges d'énergie d'eau et de CO2. Modéliser le fonctionnement de la vigne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Valancogne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Dayau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Irvine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque INRA-VITI 2000. La recherche se dévoile</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2000, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02838272v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Use of the scintillation method for the evaluation of surface fluxes at regional scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lagouarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghani Chehbouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann H. Kerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Bonnefond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Irvine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 1999, Méribel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02767873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7714,156 +7839,156 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data presented in Dupont et al. 2024 &amp;quot;Impact of dust source patchiness on the existence of a constant dust flux layer during aeolian erosion events</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Klose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Irvine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina González-Flórez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrés Alastuey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5281/zenodo.10818591⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04649240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7873,401 +7998,401 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New insights of ground-based land surface temperature measurements protocols for improving validation of thermal infrared satellite data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lagouarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Irvine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillevic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IGARSS meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Yokohama, Japan. pp.9184-9187, 2019, IGARSS 2019 - 2019 IEEE International Geoscience and Remote Sensing Symposium. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IGARSS.2019.8898312⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TRISHNA: a high spatio-temporal resolution Indian-French spatial mission for TIR Earth observation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lagouarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bhattacharya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Crebassol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Murthy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESA Living Planet Symposium 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Milan, Italy. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03560639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High resolution thermal infrared measurements over agricultural and peri-urban patchworks: potential errors in surface temperature related to turbulence and aggregation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Irvine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lagouarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Pellarin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Biron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Martial Cohard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. International Symposium Recent Advances in Quantative Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Valence, Spain. 2017, Proceedings of the 5th International Symposium Recent Advances in Quantative Remote Sensing</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02735606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interest of directional measurements in the optical domain for parameterizing the thermal Infrared directional anisotropy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zunjian Bian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8309,823 +8434,823 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. International Symposium Recent Advances in Quantative Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 2017, Proceedings of the 5th International Symposium Recent Advances in Quantative Remote Sensing</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02735695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôle de l’occupation du sol sur la modélisation des flux énergétiques et hydriques en milieu urbain et périurbain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Chancibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Bocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de restitution de la 3ème prospective nationale de recherche INSU 2013/2017. Surfaces et interfaces continentales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Paris, France. pp.1, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02598799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurements and modelling of ozone deposition over a maize crop</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Continuous measurements of O3 fluxes by covariance over forest and arable cropland in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Irvine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Larmanou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lamaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Zurfluh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. ACCENT Symposium The changing chemical climate of the atmosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2005, Urbino, Italy. 1 p., 2005</w:t>
+              <w:t xml:space="preserve">ACCENT-BIAFLUX Trace gas and aerosol flux measurement and techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2005, Riso, Denmark. Riso National Laboratory, Risø-R, 2005, ACCENT-BIAFLUX Workshop 2005, Trace gas and aerosol flux measurement and techniques</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02825476v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02758607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous measurements of O3 fluxes by covariance over forest and arable cropland in France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Measurements and modelling of ozone deposition over a maize crop</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lamaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Loubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Irvine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Fléchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Zurfluh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACCENT-BIAFLUX Trace gas and aerosol flux measurement and techniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2005, Riso, Denmark. Riso National Laboratory, Risø-R, 2005, ACCENT-BIAFLUX Workshop 2005, Trace gas and aerosol flux measurement and techniques</w:t>
+              <w:t xml:space="preserve">1. ACCENT Symposium The changing chemical climate of the atmosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, Urbino, Italy. 1 p., 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02758607v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02825476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flux de CO2 et H2O à deux niveaux d'une canopée de pin maritime</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J.M. Bonnefond</w:t>
+                <w:t xml:space="preserve">Comparison of O3 fluxes measured with the eddy covariance and the gradient methods above a maize field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Irvine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lamaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain S. Delzon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michel Sartore</w:t>
+                <w:t xml:space="preserve">Eric Larmanou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Fléchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Journées d'Ecologie Fonctionnelle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2005, Super Besse, France. 1 p., 2005</w:t>
+              <w:t xml:space="preserve">ACCENT-BIAFLUX Trace gas and aerosol flux measurement and techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2005, Riso, Denmark. Riso National Laboratory, Risø-R, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02827936v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02760646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of O3 fluxes measured with the eddy covariance and the gradient methods above a maize field</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Loubet</w:t>
+                <w:t xml:space="preserve">Flux de CO2 et H2O à deux niveaux d'une canopée de pin maritime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Jarosz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Bonnefond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Irvine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christophe Fléchard</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain S. Delzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Sartore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACCENT-BIAFLUX Trace gas and aerosol flux measurement and techniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2005, Riso, Denmark. Riso National Laboratory, Risø-R, 2005</w:t>
+              <w:t xml:space="preserve">7. Journées d'Ecologie Fonctionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2005, Super Besse, France. 1 p., 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02760646v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02827936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ozone deposition over maize and wheat-straw in nighttime and daytime conditions from eddy correlation measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lamaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Irvine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Fléchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Zurfluh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. European Meeting on Environmental Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2002, Genève, Switzerland. 2002, 3. European meeting on environmental chemistry</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02761783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensible heat flux estimated over the city of Marseille, using a LAS scintillometer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lagouarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9134,226 +9259,226 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Irvine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Bonnefond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sue Grimmond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Long</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Symposium on the Urban Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2002, Norfolk, United States. 2002, 4. Symposium on the Urban Environment</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02764275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carbon flux and sequestration by eucalypt chronosequence in Congo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roupsard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Nouvellon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Hamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Bonnefond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. CarboEuroFlux Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2001, Hyytiälä, Finland. 1 p., 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02829215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9363,51 +9488,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport d’activités projet TOSCA FLUCTSEAU</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Irvine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9420,187 +9545,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lagouarde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport Technique] 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02788210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biopollatm : Biosphère et pollution atmosphérique en zone rurale et périurbaine. Rapport de fin de contrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Dizengremel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Castell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lamaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Contrat] INRA; ADEME. 2004, pp.130</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02828623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId279"/>
+      <w:footerReference w:type="default" r:id="rId283"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9668,51 +9793,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="289E4D35"/>
+    <w:nsid w:val="3F1812AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9899,51 +10024,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mark-irvine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5764-8375" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534165v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandrika Pinnepalli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Roujean" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Oliver-Soulayrol" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahul Nigam" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Irvine" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2026.112646" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325580v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eswar Rajasekaran" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vidal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zunjian Bian" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.srs.2025.100309" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05186089v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dupont" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lamaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bonnefond" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adolfo Gonz&#225;lez-Romero" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-18-2183-2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05528788v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifan Lu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2025.114887" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902255v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Roujean" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua Li" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Mo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2025.3530503" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04649088v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bidot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JAS-D-23-0201.1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774461v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Arioli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Picard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Arnaud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gascoin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Alonso-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-16-3913-2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919908v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tengyuan Fan" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L L Roujean" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dandan Wang" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2023.113948" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04618242v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dupont" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Klose" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M R Irvine" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gonz&#225;lez&#8208;fl&#243;rez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alastuey" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JD040657" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464258v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Sauvage" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Robert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mugnier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Conan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Martial Cohard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.438170" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052890v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Argoul" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeniya Gerasimova-Chechkina" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark R. Irvine" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Arneodo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2020.348" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852562v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Defossez" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Garrigou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2018.06.022" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634062v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Lagouarde" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2015.06.018" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GBVS039J-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351201v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jarosz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Brunet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Bonnefond" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2008.05.001" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00120222v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roupsard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Berbigier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Nouvellon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2006.07.006" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5XTH3TV3-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682721v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Moreau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James A. Voogt" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2003.12.011" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DV4DSW0P-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681315v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenguang G. Zhao" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Olioso" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:2002048" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681070v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jacob" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing Fa Fa Gu" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:2002032" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674185v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:2001007" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682695v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann H. Kerr" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.J. Mcaneney" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1019631428921" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-43HN8Q41-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699163v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghani Chehbouni" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Rodriguez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-1923(00)00192-1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RL0548DG-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698873v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1002406616227" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9WCQ255K-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691541v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Valancogne" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Dayau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pieri" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683712v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0079-1946(97)85578-4" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HNLHL0RX-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05208233v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hagolle" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gamet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bimal Bhattacharya" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Boulet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04987429v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pinnepalli" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Roujean" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS53475.2024.10641023" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04643038v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Meyer" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Alastuey" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicken Etyemezian" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Girdwood" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-11544" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245116v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille Grulois" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Og&#233;e" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05037175v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643420v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriane Garrigou" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643411v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04833059v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis C. H. Roujean" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-X-3-2024-325-2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04643089v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643389v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lafont" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04643001v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Klose" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tareq Hussein" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Wieser" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Alastuey" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander B&#246;hml&#228;nder" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-8286" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03558092v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R. Pandya" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/InGARSS51564.2021.9791925" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04643270v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Perez Garcia-Pando" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konrad Kandler" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Schepanski" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Gonzalez-Florez" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851622v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Roupioz" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Michel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Briottet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Lemonsu" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787324v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Arn&#233;odo" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589552v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bimal Kumar Bhattacharya" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Crebassol" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjay S. Babu" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390710v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2018.8518720" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737576v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent M. Mugnier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khanh-Lin Nguyen" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Cohard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark P. Irvine" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2279446" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594877v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Etienne Boudreault" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799394v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gomez-Candon" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Labb&#233;" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795610v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832572v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Misson" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Baldocchi" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.A. Black" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Dorsey" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Falk" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833107v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cellier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Loubet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Zurfluh" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763944v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fourcaud" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Achim" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rex Belcher" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Calmet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763529v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Morse" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Devalance" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Gamboa-Marrufo" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763221v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Mestayer" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Durand" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Augustin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bastin" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc J.-M. Bonnefond" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762196v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lohou" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lopez" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aim&#233; Druilhet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764097v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Marin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828503v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jourdan" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Epron" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763114v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sue Grimmond" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Long" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827154v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hamel" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Welcome Mouvondy" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759415v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762060v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Oke" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762740v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762825v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Solliec" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Groleau" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838272v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767873v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Bonnefond" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04649240v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Gonz&#225;lez-Fl&#243;rez" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10818591" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736267v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guillevic" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2019.8898312" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560639v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bhattacharya" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Crebassol" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gamet" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Murthy" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735606v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pellarin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Biron" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735695v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598799v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Chancibault" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rodriguez" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Andrieu" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bocher" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bouyer" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825476v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fl&#233;chard" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758607v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Larmanou" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827936v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain S. Delzon" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sartore" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760646v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761783v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764275v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829215v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788210v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828623v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Dizengremel" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Castell" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mark-irvine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5764-8375" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534165v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandrika Pinnepalli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Roujean" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Oliver-Soulayrol" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahul Nigam" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Irvine" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2026.112646" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325580v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eswar Rajasekaran" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vidal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zunjian Bian" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.srs.2025.100309" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05186089v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dupont" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lamaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bonnefond" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adolfo Gonz&#225;lez-Romero" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-18-2183-2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902255v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Roujean" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua Li" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Mo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2025.3530503" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05528788v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifan Lu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2025.114887" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04649088v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bidot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JAS-D-23-0201.1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919908v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tengyuan Fan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L L Roujean" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dandan Wang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2023.113948" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774461v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Arioli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Picard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Arnaud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gascoin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Alonso-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-16-3913-2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04618242v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dupont" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Klose" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M R Irvine" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gonz&#225;lez&#8208;fl&#243;rez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alastuey" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JD040657" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464258v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Sauvage" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Robert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mugnier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Conan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Martial Cohard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.438170" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052890v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Argoul" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeniya Gerasimova-Chechkina" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark R. Irvine" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Arneodo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2020.348" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852562v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Defossez" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Garrigou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2018.06.022" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634062v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Lagouarde" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2015.06.018" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GBVS039J-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351201v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jarosz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Brunet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Bonnefond" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2008.05.001" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00120222v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roupsard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Berbigier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Nouvellon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2006.07.006" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5XTH3TV3-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682721v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Moreau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James A. Voogt" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2003.12.011" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DV4DSW0P-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681315v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenguang G. Zhao" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Olioso" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:2002048" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674185v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:2001007" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681070v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jacob" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing Fa Fa Gu" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:2002032" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682695v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann H. Kerr" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.J. Mcaneney" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1019631428921" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-43HN8Q41-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698873v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1002406616227" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9WCQ255K-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699163v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghani Chehbouni" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Rodriguez" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-1923(00)00192-1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RL0548DG-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691541v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Valancogne" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Dayau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pieri" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683712v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0079-1946(97)85578-4" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HNLHL0RX-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05542378v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Roupioz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Dehaene" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Cifuentes La Mura" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Nerry" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05208233v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hagolle" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gamet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bimal Bhattacharya" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Boulet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04987429v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pinnepalli" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Roujean" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS53475.2024.10641023" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643420v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille Grulois" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriane Garrigou" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643411v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Og&#233;e" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04643038v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Meyer" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Alastuey" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicken Etyemezian" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Girdwood" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-11544" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245116v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05037175v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04833059v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis C. H. Roujean" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-X-3-2024-325-2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643389v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lafont" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04643089v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04643001v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Klose" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tareq Hussein" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Wieser" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Alastuey" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander B&#246;hml&#228;nder" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-8286" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04643270v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Perez Garcia-Pando" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konrad Kandler" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Schepanski" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Gonzalez-Florez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03558092v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R. Pandya" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/InGARSS51564.2021.9791925" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851622v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Michel" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Briottet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Lemonsu" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787324v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Arn&#233;odo" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390710v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bimal Kumar Bhattacharya" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Crebassol" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjay S. Babu" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2018.8518720" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589552v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737576v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent M. Mugnier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khanh-Lin Nguyen" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Cohard" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark P. Irvine" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2279446" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594877v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Etienne Boudreault" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799394v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gomez-Candon" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Labb&#233;" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795610v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832572v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Misson" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Baldocchi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.A. Black" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Dorsey" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Falk" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833107v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cellier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Loubet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Zurfluh" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763944v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fourcaud" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Achim" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rex Belcher" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Calmet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763529v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Morse" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Devalance" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Gamboa-Marrufo" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762196v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lohou" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lopez" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aim&#233; Druilhet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763221v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Mestayer" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Durand" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Augustin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bastin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc J.-M. Bonnefond" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764097v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Marin" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828503v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jourdan" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Epron" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763114v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sue Grimmond" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Long" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827154v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hamel" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Welcome Mouvondy" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759415v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762060v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Oke" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762740v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762825v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Solliec" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Groleau" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838272v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767873v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Bonnefond" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04649240v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Gonz&#225;lez-Fl&#243;rez" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10818591" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736267v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guillevic" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2019.8898312" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560639v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bhattacharya" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Crebassol" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gamet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Murthy" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735606v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pellarin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Biron" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735695v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598799v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Chancibault" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rodriguez" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Andrieu" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bocher" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bouyer" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758607v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Larmanou" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825476v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fl&#233;chard" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760646v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827936v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain S. Delzon" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sartore" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761783v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764275v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829215v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788210v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828623v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Dizengremel" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Castell" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>