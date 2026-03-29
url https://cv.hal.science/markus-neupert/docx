--- v0 (2026-03-03)
+++ v1 (2026-03-29)
@@ -1175,293 +1175,293 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">52nd Annual Meeting of the Ecological Society of Germany, Austria and Switzerland</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GfÖ (Gesellschaft für Ökologie), Sep 2023, Leipzig, Germany</w:t>
+              <w:t xml:space="preserve">65th Annual IAVS Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IAVS (International Association for Vegetation Science), Sep 2023, Coffs Harbour, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04929237v1</w:t>
+                <w:t xml:space="preserve">hal-04227537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vegetation community composition and strategies along environmental gradients in an anthropized estuary</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La spectrométrie de masse à rapport isotopique (IRMS) appliquée au fonctionnement de l’interface sol-végétation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Henneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Neupert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Folacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">65th Annual IAVS Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IAVS (International Association for Vegetation Science), Sep 2023, Coffs Harbour, Australia</w:t>
+              <w:t xml:space="preserve">Séminaire Isotopes Stables, Lyon 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Elementar, Mar 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04227537v1</w:t>
+                <w:t xml:space="preserve">hal-05312394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La spectrométrie de masse à rapport isotopique (IRMS) appliquée au fonctionnement de l’interface sol-végétation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vegetation community composition and strategies along environmental gradients in an anthropized estuary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Neupert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Isotopes Stables, Lyon 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Elementar, Mar 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">52nd Annual Meeting of the Ecological Society of Germany, Austria and Switzerland</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GfÖ (Gesellschaft für Ökologie), Sep 2023, Leipzig, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05312394v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04929237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plants Response to Variation in Estuarine Constraints A study in controlled conditions of salinity and inundation gradients</w:t>
               </w:r>
@@ -1794,51 +1794,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d’une méthode de caractérisation de la signature isotopique d13C par couplage Headspace GC-c-IRMS et par EA-IRMS dans le cadre des milieux estuariens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Neupert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2456,51 +2456,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5211F1F0"/>
+    <w:nsid w:val="5F4A6737"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2687,51 +2687,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/markus-neupert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6988-9707" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/ 279256361" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528315v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Landgraf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thomas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Neupert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biombioe.2026.109140" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924881v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Aubert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Langlois" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2025.109158" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627666v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2024.108857" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877277v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Ridel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Althea Cadro" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Pedraza" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2024.112957" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483697v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Margerie" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Forey" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chauvat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bureau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bdee2021-09471" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929085v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christin Carl" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f11101048" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375875v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Vincenot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928997v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929237v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227537v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312394v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Blanchard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Henneron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Folacher" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Aubert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330374v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310868v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421012v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Richard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Piat" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190316v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Buquet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Milandou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228323v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929223v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306275v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04681641v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024NORMR016" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/markus-neupert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6988-9707" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/ 279256361" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528315v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Landgraf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thomas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Neupert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biombioe.2026.109140" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924881v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Aubert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Langlois" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2025.109158" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627666v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2024.108857" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877277v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Ridel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Althea Cadro" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Pedraza" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2024.112957" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483697v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Margerie" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Forey" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chauvat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bureau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bdee2021-09471" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929085v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christin Carl" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f11101048" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375875v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Vincenot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928997v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227537v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312394v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Blanchard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Henneron" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Folacher" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Aubert" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929237v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330374v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310868v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421012v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Richard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Piat" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190316v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Buquet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Milandou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228323v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929223v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306275v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04681641v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024NORMR016" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>