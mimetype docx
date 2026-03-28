--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -66,1630 +66,1630 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prévention des cancers cutanés et théorie de l’inoculation : Recherche interventionnelle chez les adolescents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Bel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Bauquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Coste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Coudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pratiques Psychologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05027382v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Delegation-Level Choice of an Automated Vehicle: An Analysis by Structural Equation Modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Bel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Coeugnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Human-Computer Interaction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 40 (10), pp.2484-2499. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10447318.2023.2170368⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05027406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robotaxis or autonomous shuttles? The role of urban representations and travel habits in tomorrow’s mode choice in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Salladaré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Le Boennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Bel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Transport Economics and Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04986527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transférabilité et adaptation d'une intervention de prévention au collège : Application de la méthode ASTAIRE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Jamain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Coudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Coste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Bauquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13e congrès de l'Association Francophone de Psychologie de la Santé. Les apports de la psychologie de la santé au regard des inégalités sociales de santé : comprendre et agir tout au long de la vie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AFPSA, Jul 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05027367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of Perceived Safety in Acceptance of Automated Vehicle</w:t>
+                <w:t xml:space="preserve">The major role of behavioral beliefs in the intention to use autonomous shuttles: A particular case of the theoretical framework acceptance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Koustanaï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Massoulié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Métayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Rosey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Traffic and Transport Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Göteborg, Sweden</w:t>
+              <w:t xml:space="preserve">17th European Congress of Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Ljubljana, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04987836v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04987845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The major role of behavioral beliefs in the intention to use autonomous shuttles: A particular case of the theoretical framework acceptance</w:t>
+                <w:t xml:space="preserve">Role of Perceived Safety in Acceptance of Automated Vehicle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Koustanaï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bordel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Lemonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Métayer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florence Rosey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th European Congress of Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Ljubljana, Slovenia</w:t>
+              <w:t xml:space="preserve">International Conference on Traffic and Transport Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Göteborg, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04987845v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04987836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acceptabilité du véhicule autonome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Coeugnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Watteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire sur l'Acceptabilité du Véhicule Autonome</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Stratégie Nationale du Développement des Véhicules Autonomes, Direction Générale des Infrastructures, des Transports et de la Mer (DGITM). Ministère de la Transition Écologique et Solidaire (MTES), Mar 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05027425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des besoins, aide à la conception et acceptabilité du véhicule automatisé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Pauzie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyess Ferhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Kraiem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème colloque de Psychologie Ergonomique (EPIQUE). Véhicules autonomes, enjeux ergonomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05027436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Autonomous Driving Acceptability to Autonomous Vehicles’ Functions Acceptability</w:t>
+                <w:t xml:space="preserve">Mieux comprendre les interactions véhicule- infrastructure-usager : les modèles de prédiction du comportement humain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sami Kraiem</w:t>
+                <w:t xml:space="preserve">Stéphanie Bordel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress of Applied Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ICAP, 2018, Montréal (Québec), Canada</w:t>
+              <w:t xml:space="preserve">Journée d’échanges « Données en sécurité routière ».</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Saint-Mandé, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05027466v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04986249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mieux comprendre les interactions véhicule- infrastructure-usager : les modèles de prédiction du comportement humain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The autonomous vehicles acceptability by other road users: A study among 1500 participants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Kraiem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Bordel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’échanges « Données en sécurité routière ».</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Saint-Mandé, France</w:t>
+              <w:t xml:space="preserve">International Congress of Applied Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ICAP, Jul 2018, Montréal (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04986249v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05027451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The autonomous vehicles acceptability by other road users: A study among 1500 participants</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">From Autonomous Driving Acceptability to Autonomous Vehicles’ Functions Acceptability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Bel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Kraiem</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Congress of Applied Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, ICAP, Jul 2018, Montréal (Québec), Canada</w:t>
+              <w:t xml:space="preserve">, ICAP, 2018, Montréal (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05027451v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05027466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le véhicule personnel automatisé : Des acceptabilités pour des niveaux de délégation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire ARPEGE, commission « Nouvelles mobilités et déplacements : activité, vécu, prospective ».</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Telecom Paris Tech, Nov 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04986237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predicting the use of upcoming in-car technologies: A driver support systems acceptance model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Somat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Moessinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Pansu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Conference on Traffic and Transport Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Brisbane, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04986377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anticiper l’usage des STI-C : Prédiction de l’utilisation de technologies inconnues</w:t>
+                <w:t xml:space="preserve">A Driver Support Systems Acceptance Model: The Neglected Role of Predicting the Intention to use Upcoming Innovations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Pansu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Somat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Moessinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Page</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">56ème Congrès de la Société Française de Psychologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">14th European Congress of Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04986268v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04986259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Driver Support Systems Acceptance Model: The Neglected Role of Predicting the Intention to use Upcoming Innovations</w:t>
+                <w:t xml:space="preserve">Anticiper l’usage des STI-C : Prédiction de l’utilisation de technologies inconnues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Pansu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Somat</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yves Page</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th European Congress of Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Milan, Italy</w:t>
+              <w:t xml:space="preserve">56ème Congrès de la Société Française de Psychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...295 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Le Boennec</w:t>
-[...45 lines deleted...]
-                <w:t xml:space="preserve">hal-04986527v1</w:t>
+                <w:t xml:space="preserve">hal-04986268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1707,103 +1707,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AV acceptance by other drivers in current traffic: Towards a definition of perceived safety</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Koustanaï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bordel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Métayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Massoulié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1860,51 +1860,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Vatan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Busson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bordel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2060,103 +2060,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SAM, celui qui conduit ce n’est pas celui qu’on croit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bordel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Haué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Koustanaï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Métayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, pp.(246)36-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
@@ -2204,276 +2204,276 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kit d’évaluation de l’acceptabilité. Rapport de recherche EC2-5.2-1. Projet SAM « Sécurité et Acceptabilité de la Mobilité autonome »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Étude de l’acceptabilité de l’application smartphone par les usagers. Pré-test à Bordeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bordel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">Renault; Cerema; VEDECOM. 2021</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Chahir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport du projet C-Roads (2.3.5.6b), Cerema - Centre d'Etudes et d'Expertise sur les Risques, l'Environnement, la Mobilité et l'Aménagement. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05028804v1</w:t>
+                <w:t xml:space="preserve">hal-05094111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de l’acceptabilité de l’application smartphone par les usagers. Pré-test à Bordeaux</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Kit d’évaluation de l’acceptabilité. Rapport de recherche EC2-5.2-1. Projet SAM « Sécurité et Acceptabilité de la Mobilité autonome »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Bel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bordel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Koustanaï</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Métayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Rosey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Renault; Cerema; VEDECOM. 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehdi Chahir</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-05094111v1</w:t>
+                <w:t xml:space="preserve">hal-05028804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Écomobilité par Véhicules Autonomes sur le territoire de Paris-Saclay. Évaluation des IHMs, Retours utilisateurs pour les services, Bilan et recommandations pour le déploiement des services. Tâche 7.3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Métayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Dias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2579,64 +2579,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monographie : Acceptabilité du véhicule autonome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Coeugnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Watteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">VEDECOM. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2648,426 +2648,426 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05027414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recueil des besoins. Écomobilité par Véhicules Autonomes sur le territoire de Paris-Saclay. Rapport de recherche du projet EVAPS</w:t>
+                <w:t xml:space="preserve">Acceptabilité du véhicule automatisé – Étude par questionnaire. Préférences des différents niveaux d’automatisation et de leurs fonctionnalités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Kraiem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Malin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guilhem Sanmarty</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicolas Souliman</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">VEDECOM. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05028785v1</w:t>
+                <w:t xml:space="preserve">hal-05027474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acceptabilité du véhicule automatisé – Étude par questionnaire. Préférences des différents niveaux d’automatisation et de leurs fonctionnalités</w:t>
+                <w:t xml:space="preserve">Recueil des besoins. Écomobilité par Véhicules Autonomes sur le territoire de Paris-Saclay. Rapport de recherche du projet EVAPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Coeugnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Kraiem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Malin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Souliman</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Guilhem Sanmarty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">VEDECOM. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05027474v1</w:t>
+                <w:t xml:space="preserve">hal-05028785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse des états de l’art. T2.2 Spécification des cas d’usage, des types de CHM et des dispositifs de monitoring M1-M18</w:t>
+                <w:t xml:space="preserve">Identification des indicateurs de l’acceptabilité du véhicule autonome. Rapport exhaustif sur les études des cinq dernières années</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">VEDECOM; GIE RECHERCHE ETUD PSA-RENAULT; PSA; IRCCyN; LAMIH - UMR CNRS 8201; IFSTTAR. 2017</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">VEDECOM. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05028706v1</w:t>
+                <w:t xml:space="preserve">hal-04986460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification des indicateurs de l’acceptabilité du véhicule autonome. Rapport exhaustif sur les études des cinq dernières années</w:t>
+                <w:t xml:space="preserve">Synthèse des états de l’art. T2.2 Spécification des cas d’usage, des types de CHM et des dispositifs de monitoring M1-M18</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">VEDECOM. 2017</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mercedes Bueno-Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine van Der Beken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iolande Vingiano-Viricel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Kraiem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">VEDECOM; GIE RECHERCHE ETUD PSA-RENAULT; PSA; IRCCyN; LAMIH - UMR CNRS 8201; IFSTTAR. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04986460v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05028706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Premières données d’acceptabilité pour les conducteurs de voiture de tourisme. Rapport de recherche L5.1.1. du projet Score@f</w:t>
               </w:r>
@@ -3253,207 +3253,207 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05028869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartographie des valeurs contextualisées. Rapport de recherche AEL3-T3</w:t>
+                <w:t xml:space="preserve">Bien être et performance en entreprise. Rapport de recherche AEL2-T2 : Exploitation des données de l’enquête e-Survey à propos de la &amp;quot;Power Nap&amp;quot;, Expérience novatrice en entreprise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Renault. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04986502v1</w:t>
+                <w:t xml:space="preserve">hal-04986448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bien être et performance en entreprise. Rapport de recherche AEL2-T2 : Exploitation des données de l’enquête e-Survey à propos de la &amp;quot;Power Nap&amp;quot;, Expérience novatrice en entreprise</w:t>
+                <w:t xml:space="preserve">Cartographie des valeurs contextualisées. Rapport de recherche AEL3-T3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mounib Mekhilef</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Renault. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04986448v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04986502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploitation des données e-Survey. Enquête nationale : prédire l’intention comportementale des individus. Rapport de recherche AEL1-T1. Valorisation de la méthode VASA : Moyens mis en œuvre et résultats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mounib Mekhilef</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Renault. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3516,90 +3516,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prédire l’utilisation de nouveaux systèmes de conduite inconnus des utilisateurs à partir de leurs attitudes envers les technologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Pansu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Somat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Moessinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36ème Congrès de la Société Québécoise pour la Recherche en Psychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3637,64 +3637,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’anticipation des actions via la prédiction de l’utilisation de technologies inconnues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Pansu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Somat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop TRACE Cognition et Action</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3888,51 +3888,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027367v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Bel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Jamain" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coudon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Coste" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bauquier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987836v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Koustana&#239;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bordel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Lemonnier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha M&#233;tayer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987845v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Massouli&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rosey" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027425v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Coeugnet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Watteau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027436v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Pauzie" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyess Ferhat" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Kraiem" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027466v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986249v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027451v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986237v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986377v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Somat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Page" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Moessinger" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pansu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986268v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986259v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027382v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Moulin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027406v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10447318.2023.2170368" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986527v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Salladar&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Le Boennec" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027493v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986401v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joly Roxane" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Vatan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Busson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028763v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ja&#226;far Berrada" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coulombel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne de la Blanchardi&#232;re" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dunez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027462v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Hau&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028804v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094111v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Chahir" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027501v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dias" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986468v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027414v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028785v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Malin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Sanmarty" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027474v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Souliman" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028706v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Bueno-Garcia" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine van Der Beken" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iolande Vingiano-Viricel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986460v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986430v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Barbier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Leon Ojeda" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028869v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Ramon Leon Ojeda" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Charlotte Nicoud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Heim" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986502v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounib Mekhilef" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986448v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986493v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986253v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986254v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027382v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Bel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bauquier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Moulin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Coste" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coudon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027406v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Coeugnet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10447318.2023.2170368" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986527v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Salladar&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Le Boennec" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027367v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Jamain" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987845v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Koustana&#239;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Massouli&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha M&#233;tayer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rosey" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987836v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bordel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Lemonnier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027425v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Watteau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027436v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Pauzie" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyess Ferhat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Kraiem" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986249v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027451v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027466v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986237v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986377v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Somat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Page" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Moessinger" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pansu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986259v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986268v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027493v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986401v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joly Roxane" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Vatan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Busson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028763v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ja&#226;far Berrada" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coulombel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne de la Blanchardi&#232;re" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dunez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027462v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Hau&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094111v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Chahir" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028804v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027501v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dias" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986468v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027414v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027474v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Malin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Souliman" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028785v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Sanmarty" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986460v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028706v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Bueno-Garcia" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine van Der Beken" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iolande Vingiano-Viricel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986430v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Barbier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Leon Ojeda" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028869v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Ramon Leon Ojeda" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Charlotte Nicoud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Heim" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986448v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986502v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounib Mekhilef" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986493v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986253v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986254v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>