--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -758,347 +758,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02390794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteomic Data Integration Highlights Central Actors Involved in Einkorn (Triticum monococcum ssp. monococcum) Grain Filling in Relation to Grain Storage Protein Composition</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">David Alvarez</w:t>
+                <w:t xml:space="preserve">Metabolic responses to potassium availability and waterlogging reshape respiration and carbon use efficiency in oil palm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jing Cui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Davanture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Zivy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Lamade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Tcherkez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2019.00832⟩</w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 223 (1), pp.310-322. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nph.15751⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02323440v1</w:t>
+                <w:t xml:space="preserve">hal-02327315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic responses to potassium availability and waterlogging reshape respiration and carbon use efficiency in oil palm</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marlène Davanture</w:t>
+                <w:t xml:space="preserve">Proteomic Data Integration Highlights Central Actors Involved in Einkorn (Triticum monococcum ssp. monococcum) Grain Filling in Relation to Grain Storage Protein Composition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Bancel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titouan Bonnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlene Davanture</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Zivy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 223 (1), pp.310-322. </w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/nph.15751⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2019.00832⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02327315v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02323440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grain subproteome responses to nitrogen and sulfur supply in diploid wheat Triticum monococcum ssp. monococcum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Bonnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Davanture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1564,64 +1564,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteomic Approach to Identify Nuclear Proteins in Wheat Grain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Bonnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Davanture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1692,377 +1692,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01240237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative variations of the mitochondrial proteome and phosphoproteome during fermentative and respiratory growth in $Saccharomyces\ cerevisiae$</w:t>
+                <w:t xml:space="preserve">Differential protein phosphorylation regulates chloroplast movement in response to strong light and darkness in Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margaux Renvoisé</w:t>
+                <w:t xml:space="preserve">Edouard Boex-Fontvieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Bonhomme</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marlène Davanture</w:t>
+                <w:t xml:space="preserve">Mathieu Jossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène M. Davanture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Valot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michel Zivy</w:t>
+                <w:t xml:space="preserve">Michel M. Zivy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Hodges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Proteomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 106, pp.140-150. </w:t>
+              <w:t xml:space="preserve">Plant Molecular Biology Reporter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 32 (5), pp.987-1001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jprot.2014.04.022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11105-014-0707-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02462405v1</w:t>
+                <w:t xml:space="preserve">hal-02639474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential protein phosphorylation regulates chloroplast movement in response to strong light and darkness in Arabidopsis thaliana</w:t>
+                <w:t xml:space="preserve">Quantitative variations of the mitochondrial proteome and phosphoproteome during fermentative and respiratory growth in $Saccharomyces\ cerevisiae$</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edouard Boex-Fontvieille</w:t>
+                <w:t xml:space="preserve">Margaux Renvoisé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Jossier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marlène M. Davanture</w:t>
+                <w:t xml:space="preserve">Ludovic Bonhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Davanture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel M. Zivy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michael Hodges</w:t>
+                <w:t xml:space="preserve">Benoît Valot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Zivy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Molecular Biology Reporter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 32 (5), pp.987-1001. </w:t>
+              <w:t xml:space="preserve">Journal of Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 106, pp.140-150. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11105-014-0707-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jprot.2014.04.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02639474v1</w:t>
+                <w:t xml:space="preserve">cea-02462405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phosphorylation pattern of Rubisco activase in Arabidopsis leaves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Boex-Fontvieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Davanture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Jossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Hodges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Zivy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 16 (3), pp.550 - 557. </w:t>
@@ -2451,51 +2451,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène M. Davanture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin E. Turk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Zivy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit B. Valot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3245,346 +3245,346 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sub optimal 15N metabolic labelling in plant: A new way to perform large scale protein turnovers determination using the peptides isotopic distribution.</w:t>
+                <w:t xml:space="preserve">Développements pour la protéomique végétale à haut-débit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Willy Vincent Bienvenut</w:t>
+                <w:t xml:space="preserve">Melisande Blein-Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Langella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Renne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Balliau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Filippo Rusconi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Davanture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ProteoVilamoura</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Spanish, French and Portuguese Proteomics Societies, May 2022, VilaMoura, Portugal</w:t>
+              <w:t xml:space="preserve">Journées du Protéome Vert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Gif-sur-Yette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03815633v1</w:t>
+                <w:t xml:space="preserve">hal-03878360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développements pour la protéomique végétale à haut-débit</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sub optimal 15N metabolic labelling in plant: A new way to perform large scale protein turnovers determination using the peptides isotopic distribution.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willy Vincent Bienvenut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Langella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Balliau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melisande Blein-Nicolas</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Thierry Balliau</w:t>
+                <w:t xml:space="preserve">Filippo Rusconi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Davanture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées du Protéome Vert</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Gif-sur-Yette, France</w:t>
+              <w:t xml:space="preserve">ProteoVilamoura</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Spanish, French and Portuguese Proteomics Societies, May 2022, VilaMoura, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03878360v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03815633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data integration to identify key metabolic proteins involved in wheat storage synthesis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Bonnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Davanture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Zivy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3728,316 +3728,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01604794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative comparative phosphoproteomics to decipher signal transduction</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Integration of “omics” data provides tools for understanding effects of variable nitrogen (N) and sulphur (S) supply during wheat grain development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titouan Bonnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Bancel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Dardevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Boudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVII International Botrytis Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Santa Cruz, United States. p. 46</w:t>
+              <w:t xml:space="preserve">COST FA1306 meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2016, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01532614v1</w:t>
+                <w:t xml:space="preserve">hal-02340464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration of “omics” data provides tools for understanding effects of variable nitrogen (N) and sulphur (S) supply during wheat grain development</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantitative comparative phosphoproteomics to decipher signal transduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaafar Kilani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Davanture</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Zivy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Fillinger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COST FA1306 meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2016, Versailles, France</w:t>
+              <w:t xml:space="preserve">XVII International Botrytis Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Santa Cruz, United States. p. 46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02340464v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01532614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How einkorn (Triticum monoccocum) deals with variable nitrogen (N) and sulphur (S) supply during grain development? Exploration through proteome investigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Bonnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Davanture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4118,51 +4118,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaafar Kilani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène M. Davanture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Zivy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Fillinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4347,51 +4347,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dumur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène M. Davanture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Valot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Campion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4472,51 +4472,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène M. Davanture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit B. Valot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Zivy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine, Helma S. H. Fillinger-David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4692,51 +4692,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The fludioxonil induced phosphoproteomes of the phytopathogenic fungi Alternaria brassicicola and Botrytis cinerea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène M. Davanture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Valot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Campion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4836,51 +4836,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advancing Rhizosphere Microbiota Characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willy Vincent Bienvenut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurencia Fera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5000,64 +5000,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurencia Fera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Davanture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willy Vincent Bienvenut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melisande Blein-Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SMAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5121,51 +5121,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shabnam Huseynova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Davanture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melisande Blein-Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ProteoAix</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5229,64 +5229,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Balliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Davanture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Rusconi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melisande Blein-Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ProteoAix 2023 the 3rd Joint Meeting of Spanish, French, and Portuguese Proteomics Societies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Aix en Provence, France</w:t>
@@ -5309,51 +5309,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04103233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X!TandemPipeline++: Software for Ion Mobility-Enabled Quantitative Proteomics in timsTOF Data Format</w:t>
+                <w:t xml:space="preserve">Upgrading X!TandemPipeline and MassChroQ for fast and accurate timsTOF native raw data support for quantitative proteomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Langella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Renne</w:t>
@@ -5388,97 +5388,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sven Brehmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">70th ASMS Conference on Mass Spectrometry and Allied Topics ( ASMS 2022 )</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Minneapolis, United States. </w:t>
+              <w:t xml:space="preserve">ProteoVilamoura 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Vilamoura, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03687564v1</w:t>
+                <w:t xml:space="preserve">hal-03687443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Upgrading X!TandemPipeline and MassChroQ for fast and accurate timsTOF native raw data support for quantitative proteomics</w:t>
+                <w:t xml:space="preserve">X!TandemPipeline++: Software for Ion Mobility-Enabled Quantitative Proteomics in timsTOF Data Format</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Langella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Renne</w:t>
@@ -5513,73 +5513,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sven Brehmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ProteoVilamoura 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Vilamoura, Portugal</w:t>
+              <w:t xml:space="preserve">70th ASMS Conference on Mass Spectrometry and Allied Topics ( ASMS 2022 )</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Minneapolis, United States. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03687443v1</w:t>
+                <w:t xml:space="preserve">hal-03687564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">i2MassChroQ: Software for Ion Mobility-Enabled Quantitative Proteomics in timsTOF Data Format</w:t>
               </w:r>
@@ -5716,51 +5716,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Balliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willy Vincent Bienvenut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Davanture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5815,64 +5815,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteomic changes occuring in einkorn (Triticum monoccocum) grain during filling stages of development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Bonnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Davanture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5953,51 +5953,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phosphoregulation of the photorespiratory enzyme, glycolate oxidase, in response to light and CO2 content in Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Younes Dellero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Boex-Fontvieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Massot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6097,64 +6097,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phosphoproteomic Analysis of Isolated Mitochondria in Yeast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Renvoisé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlene Davanture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6542,51 +6542,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645948v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Langella" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Renne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Balliau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Davanture" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Brehmer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.3c00732" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03132716v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Cui" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne M. Davanture" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lamade" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Zivy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tcherkez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.14017" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02499231v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Carroll" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Abadie" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mainguet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Davanture" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2019.110352" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02907972v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Kilani" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Simon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Fillinger" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2020.103733" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390794v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2019.103580" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323440v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bancel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Bonnot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alvarez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.00832" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327315v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15751" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602778v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boudet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13615" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532687v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dobrenel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eder Mancera-Martinez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Forzani" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Azzopardi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.01611" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532609v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hodges" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcw086" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536509v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Hummel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dobrenel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Cordewener" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Meyer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2015.07.004" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240237v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Branlard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.5b00446" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02462405v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Renvois&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bonhomme" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Valot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2014.04.022" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639474v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Boex-Fontvieille" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jossier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Zivy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11105-014-0707-3" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636658v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/plb.12100" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-18N8CQ45-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012727v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Dumur" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Bataill&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Campion" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Valot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201300541" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4FW5PC87-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209998v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668895v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sirichandra" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin E. Turk" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B. Valot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0013935" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666249v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Sorin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc N&#233;groni" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Corti" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Jacquemot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.105.067868" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927336v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Martin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judy Lee" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kichey" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Gerentes" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.106.042689" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680055v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pacale Jolivet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Roux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine d'Andrea" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.204.04.006" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675725v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie M&#233;chin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chateau-Joubert" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytochem.2004.04.035" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7C2LTFWH-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682145v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fievet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dillmann" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lagniel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815633v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Vincent Bienvenut" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Rusconi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878360v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melisande Blein-Nicolas" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04867848v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604794v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532614v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340464v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Dardevet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340489v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800126v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003338v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Audeon" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Miazzi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine, Helma Fillinger-David" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03281861v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dumur" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Bataille-Simoneau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000564v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine, Helma S. H. Fillinger-David" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000456v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire C. Campion" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome J. Dumur" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly N. Bataill&#233;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03281864v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123454v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurencia Fera" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mondy" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ratet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04814494v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302587v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shabnam Huseynova" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103233v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687564v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687443v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776788v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878417v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Henry" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293575v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pailloux" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128225v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Dellero" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Massot" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Flesch" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gilard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363352v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lemaire" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-7154-1_18" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790361v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5506737620833718E12" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645948v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Langella" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Renne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Balliau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Davanture" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Brehmer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.3c00732" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03132716v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Cui" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne M. Davanture" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lamade" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Zivy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tcherkez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.14017" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02499231v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Carroll" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Abadie" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mainguet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Davanture" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2019.110352" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02907972v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Kilani" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Simon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Fillinger" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2020.103733" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390794v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2019.103580" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327315v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15751" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323440v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bancel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Bonnot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alvarez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.00832" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602778v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boudet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13615" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532687v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dobrenel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eder Mancera-Martinez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Forzani" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Azzopardi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.01611" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532609v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hodges" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcw086" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536509v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Hummel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dobrenel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Cordewener" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Meyer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2015.07.004" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240237v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Branlard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.5b00446" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639474v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Boex-Fontvieille" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jossier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Zivy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11105-014-0707-3" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02462405v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Renvois&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bonhomme" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Valot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2014.04.022" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636658v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/plb.12100" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-18N8CQ45-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012727v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Dumur" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Bataill&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Campion" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Valot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201300541" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4FW5PC87-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209998v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668895v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sirichandra" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin E. Turk" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B. Valot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0013935" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666249v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Sorin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc N&#233;groni" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Corti" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Jacquemot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.105.067868" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927336v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Martin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judy Lee" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kichey" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Gerentes" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.106.042689" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680055v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pacale Jolivet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Roux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine d'Andrea" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.204.04.006" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675725v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie M&#233;chin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chateau-Joubert" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytochem.2004.04.035" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7C2LTFWH-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682145v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fievet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dillmann" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lagniel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878360v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melisande Blein-Nicolas" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815633v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Vincent Bienvenut" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Rusconi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04867848v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604794v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340464v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Dardevet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532614v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340489v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800126v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003338v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Audeon" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Miazzi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine, Helma Fillinger-David" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03281861v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dumur" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Bataille-Simoneau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000564v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine, Helma S. H. Fillinger-David" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000456v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire C. Campion" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome J. Dumur" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly N. Bataill&#233;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03281864v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123454v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurencia Fera" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mondy" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ratet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04814494v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302587v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shabnam Huseynova" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103233v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687443v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687564v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776788v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878417v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Henry" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293575v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pailloux" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128225v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Dellero" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Massot" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Flesch" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gilard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363352v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lemaire" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-7154-1_18" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790361v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5506737620833718E12" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>