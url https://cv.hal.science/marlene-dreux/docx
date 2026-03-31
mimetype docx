--- v0 (2026-03-06)
+++ v1 (2026-03-31)
@@ -946,680 +946,680 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03861292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyclonal expansion of TCR Vb 21.3 + CD4 + and CD8 + T cells is a hallmark of multisystem inflammatory syndrome in children</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Inflammasome Components NLRP3 and ASC Act in Concert with IRGM To Rearrange the Golgi Apparatus during Hepatitis C Virus Infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kenz Le Gouge</w:t>
+                <w:t xml:space="preserve">Coralie Daussy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samira Khaldi-Plassart</w:t>
+                <w:t xml:space="preserve">Sarah C Monard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Pescarmona</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne-Laure Mathieu</w:t>
+                <w:t xml:space="preserve">Coralie Guy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Muñoz-González</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Chazal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciimmunol.abh1516⟩</w:t>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 95 (3), pp.e00826-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JVI.00826-20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03298662v1</w:t>
+                <w:t xml:space="preserve">pasteur-03251892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Inflammasome Components NLRP3 and ASC Act in Concert with IRGM To Rearrange the Golgi Apparatus during Hepatitis C Virus Infection</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sarah C Monard</w:t>
+                <w:t xml:space="preserve">Polyclonal expansion of TCR Vb 21.3 + CD4 + and CD8 + T cells is a hallmark of multisystem inflammatory syndrome in children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Moreews</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coralie Guy</w:t>
+                <w:t xml:space="preserve">Kenz Le Gouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Muñoz-González</w:t>
+                <w:t xml:space="preserve">Samira Khaldi-Plassart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Chazal</w:t>
+                <w:t xml:space="preserve">Rémi Pescarmona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Virology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 95 (3), pp.e00826-20. </w:t>
+              <w:t xml:space="preserve">Science Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6 (59), pp.eabh1516. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/JVI.00826-20⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/sciimmunol.abh1516⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03251892v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03298662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An alternate conformation of HCV E2 neutralizing face as an additional vaccine target</w:t>
+                <w:t xml:space="preserve">Interplay between SARS-CoV-2 and the type I interferon response</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Netanel Tzarum</w:t>
+                <w:t xml:space="preserve">Margarida Sa Ribero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erick Giang</w:t>
+                <w:t xml:space="preserve">Nolwenn Jouvenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Dreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rameshwar Kadam</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sébastien Nisole</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.abb5642⟩</w:t>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16 (7), pp.e1008737. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1008737⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03298672v1</w:t>
+                <w:t xml:space="preserve">inserm-02965704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay between SARS-CoV-2 and the type I interferon response</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular determinants of SR-B1-dependent Plasmodium sporozoite entry into hepatocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Claire Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Manzoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margarida Sa Ribero</w:t>
+                <w:t xml:space="preserve">Laetitia Vincensini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nolwenn Jouvenet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marlène Dreux</w:t>
+                <w:t xml:space="preserve">Romain Coppée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Nisole</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Carine Marinach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 16 (7), pp.e1008737. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.13509. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1008737⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-70468-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02965704v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02967984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular determinants of SR-B1-dependent Plasmodium sporozoite entry into hepatocytes</w:t>
+                <w:t xml:space="preserve">An alternate conformation of HCV E2 neutralizing face as an additional vaccine target</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Claire Langlois</w:t>
+                <w:t xml:space="preserve">Netanel Tzarum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giulia Manzoni</w:t>
+                <w:t xml:space="preserve">Erick Giang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Vincensini</w:t>
+                <w:t xml:space="preserve">Rameshwar Kadam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Coppée</w:t>
+                <w:t xml:space="preserve">Fang Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carine Marinach</w:t>
+                <w:t xml:space="preserve">Kenna Nagy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (1), pp.13509. </w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6 (30), pp.eabb5642. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-70468-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.abb5642⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02967984v1</w:t>
+                <w:t xml:space="preserve">hal-03298672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasmacytoid Dendritic Cells and Infected Cells Form an Interferogenic Synapse Required for Antiviral Responses</w:t>
               </w:r>
@@ -3013,434 +3013,434 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02487312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multi-colour/multi-affinity marker set to visualize phosphoinositide dynamics in Arabidopsis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Autophagy proteins promote hepatitis C virus replication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Dreux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Laetitia Audrey Simon</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Francis Chisari</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tpj.12358⟩</w:t>
+              <w:t xml:space="preserve">Autophagy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5 (8), pp.1224-1225. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4161/auto.5.8.10219⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02639889v1</w:t>
+                <w:t xml:space="preserve">hal-03295556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autophagy proteins promote hepatitis C virus replication</w:t>
+                <w:t xml:space="preserve">Viruses and the autophagy machinery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Chisari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Autophagy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4161/auto.5.8.10219⟩</w:t>
+              <w:t xml:space="preserve">Cell Cycle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (7), pp.1295-1307. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4161/cc.9.7.11109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03295556v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03295550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viruses and the autophagy machinery</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La susceptibilité à l’infection par le virus de l’hépatite C et la réponse antivirale sont modulées par le polymorphisme associé à l’interféron lambda</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Assil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dreux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Francis Chisari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Cycle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4161/cc.9.7.11109⟩</w:t>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 30 (12), pp.1073-1075. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/medsci/20143012006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03295550v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03292751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La susceptibilité à l’infection par le virus de l’hépatite C et la réponse antivirale sont modulées par le polymorphisme associé à l’interféron lambda</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A multi-colour/multi-affinity marker set to visualize phosphoinositide dynamics in Arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Laetitia Audrey Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Pierre Platre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Assil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ringo van Wijk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Yawei Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine/Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 30 (12), pp.1073-1075. </w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 77 (2), pp.322-337. </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/medsci/20143012006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/tpj.12358⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03292751v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02639889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensing of Immature Particles Produced by Dengue Virus Infected Cells Induces an Antiviral Response by Plasmacytoid Dendritic Cells.</w:t>
               </w:r>
@@ -3864,265 +3864,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01140471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The postbinding activity of scavenger receptor class B type I mediates initiation of hepatitis C virus infection and viral dissemination.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">[Les exosomes sont porteurs d'ARN viral immunostimulant]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Assil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muhammad N. Zahid</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Élodie Décembre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Dreux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hepatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/hep.26097⟩</w:t>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 29 (1), pp.104-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/medsci/2013291022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00850917v1</w:t>
+                <w:t xml:space="preserve">hal-03294227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Les exosomes sont porteurs d'ARN viral immunostimulant]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sonia Assil</w:t>
+                <w:t xml:space="preserve">The postbinding activity of scavenger receptor class B type I mediates initiation of hepatitis C virus infection and viral dissemination.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad N. Zahid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Turek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fei Xiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet Loan Dao Thi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Élodie Décembre</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maryse Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine/Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 29 (1), pp.104-106. </w:t>
+              <w:t xml:space="preserve">Hepatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 57 (2), pp.492-504. </w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/medsci/2013291022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/hep.26097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03294227v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00850917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short-Range Exosomal Transfer of Viral RNA from Infected Cells to Plasmacytoid Dendritic Cells Triggers Innate Immunity</w:t>
               </w:r>
@@ -4242,90 +4242,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of hepatitis C virus particle subpopulations reveals multiple usage of the scavenger receptor BI for entry steps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viet Loan Dao Thi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirjam B Zeisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jimmy Mancip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4370,290 +4370,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00965024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of selected parameters on the response of the evaporative light scattering detector in supercritical fluid chromatography</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Characterization of Hepatitis C Virus Particle Subpopulations Reveals Multiple Usage of the Scavenger Receptor BI for Entry Steps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet Loan Dao Thi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirjam B Zeisel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimmy Mancip</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chroma.2012.04.065⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 287 (37), pp.31242 - 31257. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.m112.365924⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03294469v1</w:t>
+                <w:t xml:space="preserve">hal-03294370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Hepatitis C Virus Particle Subpopulations Reveals Multiple Usage of the Scavenger Receptor BI for Entry Steps</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of selected parameters on the response of the evaporative light scattering detector in supercritical fluid chromatography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Lesellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Valarché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline West</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Dreux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1250, pp.220-226. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chroma.2012.04.065⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1074/jbc.m112.365924⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03294370v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03294469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guidelines for the use and interpretation of assays for monitoring autophagy.</w:t>
               </w:r>
@@ -5179,51 +5179,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scavenger receptor class B type I and the hypervariable region-1 of hepatitis C virus in cell entry and neutralisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viet Loan Dao Thi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5502,459 +5502,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03294556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production of Infectious Hepatitis C Virus in Primary Cultures of Human Adult Hepatocytes</w:t>
+                <w:t xml:space="preserve">Inhibition of hepatitis C virus infection by anti-claudin-1 antibodies is mediated by neutralization of E2-CD81-claudin-1 associations.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Podevin</w:t>
+                <w:t xml:space="preserve">Sophie E. Krieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Carpentier</w:t>
+                <w:t xml:space="preserve">Mirjam B. Zeisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Pène</w:t>
+                <w:t xml:space="preserve">Christopher Davis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lynda Aoudjehane</w:t>
+                <w:t xml:space="preserve">Christine Thumann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Carrière</w:t>
+                <w:t xml:space="preserve">Helen J. Harris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gastroenterology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 139 (4), pp.1355-1364.e6. </w:t>
+              <w:t xml:space="preserve">Hepatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 51 (4), pp.1144-57. </w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1053/j.gastro.2010.06.058⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/hep.23445⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03295521v1</w:t>
+                <w:t xml:space="preserve">inserm-00705657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibition of hepatitis C virus infection by anti-claudin-1 antibodies is mediated by neutralization of E2-CD81-claudin-1 associations.</w:t>
+                <w:t xml:space="preserve">Production of Infectious Hepatitis C Virus in Primary Cultures of Human Adult Hepatocytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie E. Krieger</w:t>
+                <w:t xml:space="preserve">Philippe Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mirjam B. Zeisel</w:t>
+                <w:t xml:space="preserve">Arnaud Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Davis</w:t>
+                <w:t xml:space="preserve">Véronique Pène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Thumann</w:t>
+                <w:t xml:space="preserve">Lynda Aoudjehane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helen J. Harris</w:t>
+                <w:t xml:space="preserve">Sakina Zaïdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hepatology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 51 (4), pp.1144-57. </w:t>
+              <w:t xml:space="preserve">Gastroenterology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 139 (4), pp.1355-1364.e6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/hep.23445⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1053/j.gastro.2010.06.058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00705657v1</w:t>
+                <w:t xml:space="preserve">hal-03979153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production of Infectious Hepatitis C Virus in Primary Cultures of Human Adult Hepatocytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Pène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynda Aoudjehane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sakina Zaïdi</w:t>
+                <w:t xml:space="preserve">Matthieu Carrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gastroenterology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 139 (4), pp.1355-1364.e6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1053/j.gastro.2010.06.058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03979153v1</w:t>
+                <w:t xml:space="preserve">hal-03295521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Receptor complementation and mutagenesis reveal SR-BI as an essential HCV entry factor and functionally imply its intra- and extra-cellular domains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. L. Dao Thi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6044,51 +6044,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The autophagy machinery is required to initiate hepatitis C virus replication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Gastaminza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6736,51 +6736,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Rudaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Schelling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-L. Veuthey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6973,51 +6973,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The scavenger receptor BI and its ligand, HDL: partners in crime against HCV neutralizing antibodies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.-L. Cosset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7210,51 +7210,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The exchangeable apolipoprotein ApoC-I promotes membrane fusion of hepatitis C virus.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Boson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7854,51 +7854,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bartosch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Verney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Donot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7992,51 +7992,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. De Person</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Elfakir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dreux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chromatographia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 60 (5-6), </w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8076,285 +8076,285 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04269696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient applications of capillary electrophoresis–tandem mass spectrometry to the analysis of adrenoreceptor antagonist enantiomers using a partial filling technique</w:t>
+                <w:t xml:space="preserve">Determination of inorganic cations and anions by ion-exchange chromatography with evaporative light-scattering detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Grard</w:t>
+                <w:t xml:space="preserve">F. Mouchère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ph. Morin</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId181" w:history="1">
+                <w:t xml:space="preserve">M. El Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Elfakir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dreux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J.P. Ribet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Chromatography A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 926 (1), pp.3-10. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2001, 914 (1-2), pp.167-173. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s0021-9673(00)01197-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/s0021-9673(01)01005-6⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03298612v1</w:t>
+                <w:t xml:space="preserve">hal-03298642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of inorganic cations and anions by ion-exchange chromatography with evaporative light-scattering detection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Efficient applications of capillary electrophoresis–tandem mass spectrometry to the analysis of adrenoreceptor antagonist enantiomers using a partial filling technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Grard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Mouchère</w:t>
+                <w:t xml:space="preserve">Ph. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Dreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. El Haddad</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">M. Dreux</w:t>
+                <w:t xml:space="preserve">J.P. Ribet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Chromatography A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 914 (1-2), pp.167-173. </w:t>
+              <w:t xml:space="preserve">, 2001, 926 (1), pp.3-10. </w:t>
             </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/s0021-9673(00)01197-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/s0021-9673(01)01005-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03298642v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03298612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8372,51 +8372,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etat de l'art des systèmes robotisés en vue d'une application pour la chirurgie otologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Ginzburg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8532,51 +8532,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Mofaddel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Elfakir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.L. Desbène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8653,51 +8653,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aït-Adoubel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.J. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dreux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SEP 2001</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2001, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8761,51 +8761,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aït-Adoubel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.J. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dreux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25th Int. Symp. On High Perform. Liquid Phase Separations and Related Techniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2001, Maastricht, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8856,265 +8856,265 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring of Interferon Response Triggered by Cells Infected by Hepatitis C Virus or Other Viruses Upon Cell–Cell Contact</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Plasmacytoid Dendritic Cells and Infected Cells Form an Interferogenic Synapse Required for Antiviral Responses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Assil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverin Coléon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Congcong Dong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Décembre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lee Sherry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hepatitis C Virus Protocols</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-1-4939-8976-8_22⟩</w:t>
+              <w:t xml:space="preserve">none</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 25 (5), pp.730-745.e6, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chom.2019.03.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03298688v1</w:t>
+                <w:t xml:space="preserve">hal-04854863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasmacytoid Dendritic Cells and Infected Cells Form an Interferogenic Synapse Required for Antiviral Responses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Monitoring of Interferon Response Triggered by Cells Infected by Hepatitis C Virus or Other Viruses Upon Cell–Cell Contact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverin Coléon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Assil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Dreux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">none</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chom.2019.03.005⟩</w:t>
+              <w:t xml:space="preserve">Hepatitis C Virus Protocols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.319-335, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-4939-8976-8_22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04854863v1</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03298688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection of Neutralizing Antibodies with HCV Pseudoparticles (HCVpp)</w:t>
               </w:r>
@@ -9549,51 +9549,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CAE806C8"/>
+    <w:nsid w:val="D0153A41"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9780,51 +9780,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marlene-dreux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6607-4796" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/157471667" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040838v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garima Joshi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie D&#233;cembre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Brocard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Montpellier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ferri&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26508/lsa.202503256" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234855v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Venet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarida Sa Ribeiro" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Bellomo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-36140-9" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343630v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Moreews" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Mathieu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Pouxvielh" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Reuschl&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Drouillard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.2200818" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854755v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Dreux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2938-3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03813461v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Hervouet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maliki Ankavay" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Camuzet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1010798" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861292v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grass" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Hardy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kassian Kobert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soheil Rastgou Talemi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-022-03902-y" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298662v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenz Le Gouge" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Khaldi-Plassart" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Pescarmona" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciimmunol.abh1516" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03251892v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Daussy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah C Monard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Guy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Mu&#241;oz-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Chazal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00826-20" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298672v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Netanel Tzarum" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Giang" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rameshwar Kadam" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fang Chen" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenna Nagy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abb5642" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02965704v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarida Sa Ribero" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Jouvenet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Nisole" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1008737" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02967984v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Langlois" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Manzoni" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Vincensini" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Copp&#233;e" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Marinach" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-70468-2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292550v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Assil" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verin Col&#233;on" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Congcong Dong" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Sherry" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chom.2019.03.005" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292887v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Castro" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gema Calvo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gin&#233;s &#193;vila-P&#233;rez" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Gastaminza" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells8111456" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854867v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02166085v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Futsch" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Alais" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gessain" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1007589" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327450v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sinigaglia" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Gracias" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Fritz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Bruni" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-29235-7" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01822838v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Webster" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Werneke" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biljana Zafirova" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien This" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.34273" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01774659v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Tartour" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan-Nhi Nguyen" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Appourchaux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Barateau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1006610" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01425689v2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Boson" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Denolly" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Turlure" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chamot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.gastro.2016.11.047" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909011v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.01692-16" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911314v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v7082840" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02487312v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Calattini" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fusil" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mancip" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. L. Dao Thi" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Granier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M115.662999" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639889v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Laetitia Audrey Simon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Pierre Platre" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ringo van Wijk" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Yawei Chen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12358" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295556v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Chisari" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/auto.5.8.10219" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295550v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/cc.9.7.11109" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292751v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20143012006" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078023v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanwisa Dejnirattisai" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juthathip Mongkolsapaya" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin R Screaton" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew D Davidson" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965093v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosset Fran&#231;ois-Lo&#239;c" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2013.10.015" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0CRVBKG5-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496768v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Klionsky" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Abdalla" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hagai Abeliovich" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Abraham" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abraham Acevedo-Arozena" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/auto.19496" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140471v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00850917v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad N. Zahid" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Turek" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Xiao" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet Loan Dao Thi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Gu&#233;rin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep.26097" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294227v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie D&#233;cembre" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2013291022" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294298v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urtzi Garaigorta" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Boyd" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josan Chung" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chom.2012.08.010" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965024v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Granier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam B Zeisel" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Mancip" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M112.365924" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294469v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lesellier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Valarch&#233;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline West" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dreux" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2012.04.065" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QKC3T89B-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294370v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.m112.365924" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735751v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J Klionsky" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio C Abdalla" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert T Abraham" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/auto.8.4.19496" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294545v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babs E Verstrepen" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Depla" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine S Rollier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenny Mares" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joost a R Drexhage" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jir423" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295546v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suresh Pitram" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Dreux" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa Krasnova" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Whitten-Bauer" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.02116-10" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294579v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hothorn" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Belkhadir" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsegaye Dabi" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph P Noel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature10153" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294592v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Lo&#239;c Cosset" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1462399411001785" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294528v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis V Chisari" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v3081342" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294556v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nishi R Sharma" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guaniri Mateu" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arash Grakoui" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111.263350" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295521v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Podevin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Carpentier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique P&#232;ne" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Aoudjehane" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Carri&#232;re" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.gastro.2010.06.058" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00705657v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie E. Krieger" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam B. Zeisel" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Davis" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Thumann" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen J. Harris" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep.23445" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03979153v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakina Za&#239;di" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02545057v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fresquet" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Julia" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1000310" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295578v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan F Wieland" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0907344106" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295634v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuya Matsumura" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zongyi Hu" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takanobu Kato" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong&#8211;Yuan Zhang" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.gastro.2009.04.048" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295897v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen-Yong Keck" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oakley Olson" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meital Gal-Tanamy" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinming Xia" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arvind Patel" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00252-08" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295883v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Haberstroh" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Schnober" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam Zeisel" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patric Carolla" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Barth" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.gastro.2008.07.018" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295877v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin-Won Youn" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Wen Hu" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Tricoche" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfram Pfahler" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Tarek Shata" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.01179-08" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295891v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guillarme" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rudaz" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schelling" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Veuthey" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2008.03.034" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SFR364DS-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166772v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ricard-Blum" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Molle" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Lavillette" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M705358200" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295900v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-L. Cosset" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2893.2007.00919.x" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/06CC47E0DD4E20DAC2C937405B7BFB45FF22CB8F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03296055v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve-Isabelle P&#233;cheur" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Donot" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Fresquet" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.02642-06" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315131v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Boson" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ricard-Blum" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Molle" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lavillette" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00133952v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pietschmann" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Voisset" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M602706200" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297188v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Kaul" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Koutsoudakis" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Shavinskaya" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Kallis" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0504877103" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105505v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Op de Beeck" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Horellou" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gustot" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/vir.0.81932-0" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297193v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Lo&#239;c Cosset" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep.21202" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313682v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bartosch" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Verney" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Donot" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Morice" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269696v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Petritis" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. De Person" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Elfakir" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1365/s10337-004-0347-0" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7G8NXQT7-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298612v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grard" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Morin" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Ribet" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0021-9673(01)01005-6" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C28B9KKS-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298642v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mouch&#232;re" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Haddad" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0021-9673(00)01197-3" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-72GWWQHC-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264280v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Ginzburg" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bordure" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Michel" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chablat" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01945717v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A&#239;t - Adoubel" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Mofaddel" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.L. Desb&#232;ne" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01946582v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A&#239;t-Adoubel" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J. Morin" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01946609v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298688v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8976-8_22" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854863v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295715v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-59745-394-3_32" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854646v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327729v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marlene-dreux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6607-4796" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/157471667" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040838v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garima Joshi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie D&#233;cembre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Brocard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Montpellier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ferri&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26508/lsa.202503256" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234855v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Venet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarida Sa Ribeiro" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Bellomo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-36140-9" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343630v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Moreews" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Mathieu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Pouxvielh" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Reuschl&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Drouillard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.2200818" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854755v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Dreux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2938-3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03813461v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Hervouet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maliki Ankavay" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Camuzet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1010798" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861292v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grass" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Hardy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kassian Kobert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soheil Rastgou Talemi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-022-03902-y" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03251892v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Daussy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah C Monard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Guy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Mu&#241;oz-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Chazal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00826-20" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298662v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenz Le Gouge" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Khaldi-Plassart" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Pescarmona" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciimmunol.abh1516" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02965704v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarida Sa Ribero" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Jouvenet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Nisole" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1008737" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02967984v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Langlois" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Manzoni" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Vincensini" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Copp&#233;e" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Marinach" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-70468-2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298672v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Netanel Tzarum" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Giang" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rameshwar Kadam" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fang Chen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenna Nagy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abb5642" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292550v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Assil" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verin Col&#233;on" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Congcong Dong" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Sherry" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chom.2019.03.005" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292887v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Castro" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gema Calvo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gin&#233;s &#193;vila-P&#233;rez" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Gastaminza" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells8111456" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854867v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02166085v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Futsch" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Alais" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gessain" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1007589" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327450v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sinigaglia" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Gracias" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Fritz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Bruni" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-29235-7" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01822838v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Webster" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Werneke" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biljana Zafirova" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien This" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.34273" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01774659v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Tartour" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan-Nhi Nguyen" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Appourchaux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Barateau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1006610" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01425689v2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Boson" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Denolly" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Turlure" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chamot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.gastro.2016.11.047" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909011v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.01692-16" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911314v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v7082840" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02487312v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Calattini" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fusil" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mancip" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. L. Dao Thi" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Granier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M115.662999" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295556v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Chisari" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/auto.5.8.10219" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295550v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/cc.9.7.11109" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292751v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20143012006" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639889v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Laetitia Audrey Simon" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Pierre Platre" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ringo van Wijk" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Yawei Chen" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12358" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078023v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanwisa Dejnirattisai" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juthathip Mongkolsapaya" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin R Screaton" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew D Davidson" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965093v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosset Fran&#231;ois-Lo&#239;c" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2013.10.015" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0CRVBKG5-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496768v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Klionsky" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Abdalla" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hagai Abeliovich" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Abraham" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abraham Acevedo-Arozena" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/auto.19496" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140471v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294227v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie D&#233;cembre" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2013291022" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00850917v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad N. Zahid" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Turek" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Xiao" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet Loan Dao Thi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Gu&#233;rin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep.26097" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294298v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urtzi Garaigorta" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Boyd" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josan Chung" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chom.2012.08.010" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965024v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Granier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam B Zeisel" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Mancip" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M112.365924" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294370v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.m112.365924" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294469v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lesellier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Valarch&#233;" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline West" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dreux" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2012.04.065" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QKC3T89B-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735751v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J Klionsky" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio C Abdalla" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert T Abraham" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/auto.8.4.19496" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294545v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babs E Verstrepen" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Depla" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine S Rollier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenny Mares" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joost a R Drexhage" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jir423" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295546v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suresh Pitram" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Dreux" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa Krasnova" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Whitten-Bauer" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.02116-10" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294579v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hothorn" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Belkhadir" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsegaye Dabi" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph P Noel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature10153" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294592v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Lo&#239;c Cosset" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1462399411001785" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294528v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis V Chisari" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v3081342" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294556v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nishi R Sharma" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guaniri Mateu" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arash Grakoui" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111.263350" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00705657v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie E. Krieger" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam B. Zeisel" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Davis" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Thumann" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen J. Harris" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep.23445" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03979153v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Podevin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Carpentier" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique P&#232;ne" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Aoudjehane" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakina Za&#239;di" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.gastro.2010.06.058" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295521v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Carri&#232;re" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02545057v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fresquet" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Julia" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1000310" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295578v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan F Wieland" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0907344106" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295634v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuya Matsumura" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zongyi Hu" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takanobu Kato" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong&#8211;Yuan Zhang" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.gastro.2009.04.048" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295897v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen-Yong Keck" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oakley Olson" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meital Gal-Tanamy" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinming Xia" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arvind Patel" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00252-08" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295883v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Haberstroh" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Schnober" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam Zeisel" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patric Carolla" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Barth" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.gastro.2008.07.018" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295877v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin-Won Youn" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Wen Hu" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Tricoche" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfram Pfahler" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Tarek Shata" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.01179-08" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295891v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guillarme" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rudaz" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schelling" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Veuthey" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2008.03.034" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SFR364DS-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166772v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ricard-Blum" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Molle" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Lavillette" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M705358200" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295900v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-L. Cosset" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2893.2007.00919.x" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/06CC47E0DD4E20DAC2C937405B7BFB45FF22CB8F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03296055v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve-Isabelle P&#233;cheur" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Donot" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Fresquet" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.02642-06" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315131v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Boson" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ricard-Blum" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Molle" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lavillette" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00133952v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pietschmann" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Voisset" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M602706200" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297188v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Kaul" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Koutsoudakis" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Shavinskaya" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Kallis" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0504877103" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105505v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Op de Beeck" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Horellou" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gustot" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/vir.0.81932-0" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297193v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Lo&#239;c Cosset" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep.21202" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313682v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bartosch" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Verney" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Donot" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Morice" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269696v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Petritis" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. De Person" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Elfakir" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1365/s10337-004-0347-0" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7G8NXQT7-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298642v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mouch&#232;re" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Haddad" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0021-9673(00)01197-3" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-72GWWQHC-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298612v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grard" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Morin" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Ribet" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0021-9673(01)01005-6" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C28B9KKS-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264280v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Ginzburg" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bordure" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Michel" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chablat" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01945717v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A&#239;t - Adoubel" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Mofaddel" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.L. Desb&#232;ne" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01946582v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A&#239;t-Adoubel" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J. Morin" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01946609v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854863v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298688v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8976-8_22" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295715v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-59745-394-3_32" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854646v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327729v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>