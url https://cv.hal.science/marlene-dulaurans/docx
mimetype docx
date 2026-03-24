--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -194,50 +194,132 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les &amp;quot;chasseurs de pédophiles&amp;quot; en ligne : quel usage de l’espace démocratique pour les discours de vigilantisme numérique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Dulaurans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Christophe Fedherbe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les places de l’échange démocratique dans les espaces médiatiques numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ROMPOL, Université de Stockholm, Jun 2024, Stockholm, Suède</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04718162v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le sens caché des insultes en ligne : un mal nécessaire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -246,73 +328,155 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Org&amp;Co 2024 - Sens, sensible, insensé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Montpellier, Apr 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04718171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Traquant l'invisible : le cyberharcèlement sous l’œil averti des criminologies de terrain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Dulaurans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Christophe Fedherbe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XIVe Colloque de l’Association Internationale des Criminologues de Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Liège, May 2024, Liège, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04718165v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le faux, l’usurpé, le trompeur : l’illicite au cœur de la cybercriminalité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -328,221 +492,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Images, mots et signes : distinguer le vrai du faux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CY Cergy Paris Université, Feb 2024, Paris Cergy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04718172v1</w:t>
-              </w:r>
-[...162 lines deleted...]
-                <w:t xml:space="preserve">hal-04718162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raids numériques sur twitch : quand les communautés décident de ne plus banaliser la haine en ligne</w:t>
               </w:r>
@@ -686,50 +686,132 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04250569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les narrations sexuelles à l'épreuve du cyberharcèlement : quand l'image devient violente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Dulaurans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Christophe Fedherbe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence annuelle du SACM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Campus Toni-Areal, Apr 2022, Zurich, Suisse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04250575v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Cyberharcèlement et communautés en ligne : les résiliences organisationnelles en jeu !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -738,73 +820,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Un monde de crises au prisme des communications organisationnelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Catholique de Louvain = Catholic University of Louvain [UCL], May 2022, Mons, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03655311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l'expertise criminelle à l'intelligence collective : questionner le cyberharcèlement pour décourager l'action délinquante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -820,73 +902,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIIème colloque de l'AICLF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université d'Ottawa, May 2022, Ottawa, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04250573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vigilantisme numérique, du cyberactivisme à l'auto-justice en ligne : pour que la honte change de camp !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -902,155 +984,155 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">E-journées d'étude sur l'activisme digital en Amérique Latine et en France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AUF, Nov 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04250570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Les narrations sexuelles à l'épreuve du cyberharcèlement : quand l'image devient violente</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CyberNeTic, de la théorie à la méthodologie : repenser les synergies d'acteurs sur le terrain pour lutter contre le cyberharcèlement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Christophe Fedherbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence annuelle du SACM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Campus Toni-Areal, Apr 2022, Zurich, Suisse</w:t>
+              <w:t xml:space="preserve">Colloque international Pratiques et recherches en psycho-criminologie et victimologie : évolutions, innovations, perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Rennes 2, May 2021, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04250585v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyberharcèlement et Covid-19 : quand les &amp;quot;comptes fichas&amp;quot; exposent à de nouvelles violences de genre en ligne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1066,155 +1148,155 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque EFIGIES/LCP Les violences de genre et les corps précarisés par la Covid-19</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Paris, Dec 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04250578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samedi 10 heures ! L'instant jeu pour CyberNeTic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Marczak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international CIEL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Bordeaux Montaigne, Nov 2021, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04250579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l'intimité sexuelle à l'interdit du cyberharcèlement : Enquêter sur les discours dits sensibles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1230,73 +1312,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque R2Dip (Réseau de Recherches sur les Discours Institutionnels et Politiques)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Bretagne Sud,, Mar 2021, Vannes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04250587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du harcèlement au cyberharcèlement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1312,73 +1394,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de regroupement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, E-faculté de psychologie et de psychanalyse, Oct 2021, Aix (Aix-Marseille Université), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04250581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La transition numérique à l'épreuve du cyberharcèlement : des violences en ligne aux stratégies de résilience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1394,73 +1476,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIème Conférence internationale EUTIC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Libre de Bruxelles, Oct 2021, Bruxelles, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04250580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intentionnalité et engagement envers la transformation : entre la recherche et l'action criminologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1476,155 +1558,224 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque interdisciplinaire Entre la recherche et l'action : intentionnalité, collaboration et transformation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Bourgogne, Oct 2021, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04250583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">CyberNeTic, de la théorie à la méthodologie : repenser les synergies d'acteurs sur le terrain pour lutter contre le cyberharcèlement</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Libertés numériques et haters : les pratiques de flaming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Christophe Fedherbe</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Fedherbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international Pratiques et recherches en psycho-criminologie et victimologie : évolutions, innovations, perspectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Rennes 2, May 2021, Rennes, France</w:t>
+              <w:t xml:space="preserve">Conférence invitée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Toulouse 3, IUT de Tarbes, Feb 2020, Tarbes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455847v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyberharcèlement et vulnérabilités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Dulaurans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude sur les Vulnérabilités et résilience organisationnelles et individuelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Bordeaux Montaigne, MICA; (REPORTE A UNE DATE ULTERIEURE), Mar 2020, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02498596v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyber-harassment and social networks : the CyberNeTic research project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1640,73 +1791,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SUNBELT 2020, Session Recent advances in Social Network Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02498602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J'aurais préféré que personne ne le sache !&amp;quot;, Comment se reconstruire après le cyberharcèlement ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1722,73 +1873,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">88ème Congrès de l'ACFAS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Sherbrooke, May 2020, Sherbrooke, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02455845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E-réputation et violences en lignes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1804,73 +1955,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence invitée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paul-Valéry Montpellier 3, ITIC / Département Information-Communication, Feb 2020, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02455846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'intime, le sensible et le délictueux : Se confronter scientifiquement aux terrains du cyberharcèlement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1886,73 +2037,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Le chercheur.e.s face au(x) terrain(s)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Rouen Normandie; (REPORTE A UNE DATE ULTERIEURE), Apr 2020, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02481625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FDP, FTG, PT1 : insultes en ligne et lignes de conduite. Le cyberharcèlement au regard des pratiques de flaming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1968,375 +2119,690 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'étude sur Les usages politiques et sociaux de l'insulte</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sciences Po Lille - CERAPS - CLERSE, Oct 2020, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02498606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Libertés numériques et haters : les pratiques de flaming</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darknet et cybercriminalité : le hacking au secours des organisations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Dulaurans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Fedherbe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international ORG&amp;CO - MICA sur Le « Côté obscur » de la communication organisationnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Bordeaux Montaigne, Mar 2019, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stratégies amoureuses et cyberharcèlement : Quand le discours manipulateur devient un crime de langue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Dulaurans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international Le discours manipulateur : jeux et enjeux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Supérieur des Sciences Humaines de Tunis, Apr 2019, Tunis, Tunisie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455862v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Confiden-CIEL, Retours expérientiels essentiels d'un ludiciel pour les compétences informationnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Dulaurans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Marczak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d'études internationales Repenser l’acquisition des compétences informationnelles en direction des « digital na(t)ives » : définitions, innovation pédagogique, écologie de l’attention et accès à l’environnement numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Bordeaux Montaigne, Nov 2019, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455857v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les cyberintimidations en jeux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Dulaurans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fête du droit 2019 : E-sport : conférences juridiques, sportives et scientifiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bordeaux, Mar 2019, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455865v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le doctorant CIFRE, un chercheur salarié. Des rapports sociaux de production à la construction d'une posture épistémologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Dulaurans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Faire avec et pour : quelle posture du.de la chercheur.se dans une recherche action ? Du terrain à l'épistémologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Reims Champagne-Ardenne (URCA), Apr 2019, Reims, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455855v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Balance ton commentaire ! De l’injonction communautaire à la visibilité jusqu’au cyberharcèlement : le streaming en question</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Dulaurans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Fedherbe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international La participation dans un monde de communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UCLouvain Saint-Louis, Sep 2019, Bruxelles, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyser les discours en ligne : l'exemple du cyberharcèlement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Fedherbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence invitée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Université Toulouse 3, IUT de Tarbes, Feb 2020, Tarbes, France</w:t>
+              <w:t xml:space="preserve">, Pôle judiciaire de la Gendarmerie Nationale, Jun 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Marlène Dulaurans</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455849v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">YouTubeur, j’aime te mépriser !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Dulaurans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Fedherbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'étude sur les Vulnérabilités et résilience organisationnelles et individuelles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Bordeaux Montaigne, MICA; (REPORTE A UNE DATE ULTERIEURE), Mar 2020, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Colloque international de l’ACSALF Souci, mépris, indifférence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Montréal, Oct 2019, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...172 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455859v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le corps en délit : de la séduction à l'humiliation, le cyberharcèlement en question</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2352,457 +2818,142 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'étude Corps, contraintes, pouvoirs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Bordeaux Montaigne, Mar 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02455866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...314 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CyberNeTic. Protocole de recherche avec la Gendarmerie Nationale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'étude internationales MICA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Bordeaux Montaigne, Jun 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02455884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revenge porn, flaming et slut shaming : analyse des stratégies de résistance et de résilience face au cyberharcèlement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2818,208 +2969,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès international Menaces identitaires et résilience dans le monde d'aujourd’hui</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Bourgogne Franche-Comté, Nov 2019, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02455858v1</w:t>
-              </w:r>
-[...149 lines deleted...]
-                <w:t xml:space="preserve">hal-02455862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyberharcèlement et éducation aux médias</w:t>
               </w:r>
@@ -3068,247 +3068,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02455885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Innovation numérique à l'université : la question des compétences informationnelles des étudiants en Licence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Marie-Montagnac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Dulaurans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international Ludovia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Ax-les-Thermes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455872v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L'agilité tombée du CIEL !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscar Motta Ramirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Marczak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international EUTIC "Adaptabilité, flexibilité, agilité des systèmes informationnels"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Bordeaux Montaigne, Oct 2018, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02455869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Hélène Marie-Montagnac</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sites de rencontre en ligne : comment se gamifie l’amour 2.0 !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...81 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Marczak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international sur La Gamification de la société. Vers le régime du jeu</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Paris -Maison de la recherche de l’Université de la Sorbonne nouvelle, Dec 2018, Paris, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3405,165 +3405,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02455873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pédagogie et réussite à l’université : Prendre appui sur la recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Dulaurans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque IDEFi-PaRé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Poitiers, Nov 2014, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455892v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La contribution des usages numériques à la réussite étudiante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'étude internationales TECHNE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Poitiers, Oct 2014, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02455891v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02455892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les métamorphoses du lien social par l'innovation digitale</w:t>
               </w:r>
@@ -4529,252 +4529,252 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sites de rencontre en ligne : comment se gamifie l'amour 2.0 !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Dulaurans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Marczak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communication &amp; Organisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Les « organisations collaboratives » en question, 55, pp.178. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/communicationorganisation.8154⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455810v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Université, pédagogie, innovation : cherchez l'intrus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Levy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pratiques de la communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34745/numerev_1422⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03939030v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Université, pédagogie, innovation : cherchez l'intrus !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Dulaurans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
-              <w:r>
-[...157 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Levy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pratiques de la communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 1, pp.39-59</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4812,51 +4812,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand le jeu vidéo devient affaire de clan : un Clash Royale entre incitation et inhibition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Marczak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Religions et médias, 13, </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4884,196 +4884,196 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02455811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'artivisme indigène, nouvelles pratiques du web</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Oscar Motta Ramirez</w:t>
+                <w:t xml:space="preserve">Donald Trump : le storytelling des présidentielles en 140 caractères</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, Design et Transmédia : le croisement des disciplines de SHS, 10, </w:t>
+              <w:t xml:space="preserve">, 2017, Libre accès aux publications et sciences ouvertes en débat, 11, </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/rfsic.2792⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/rfsic.3068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02455817v1</w:t>
+                <w:t xml:space="preserve">hal-02455814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Donald Trump : le storytelling des présidentielles en 140 caractères</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marlène Dulaurans</w:t>
+                <w:t xml:space="preserve">L'artivisme indigène, nouvelles pratiques du web</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Dulaurans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Motta Ramirez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, Libre accès aux publications et sciences ouvertes en débat, 11, </w:t>
+              <w:t xml:space="preserve">, 2017, Design et Transmédia : le croisement des disciplines de SHS, 10, </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/rfsic.3068⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/rfsic.2792⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02455814v1</w:t>
+                <w:t xml:space="preserve">hal-02455817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Broudoux, Ghislaine Chartron. BIG DATA - OPEN DATA, Quelles valeurs? Quels enjeux?, Actes du colloque &amp;quot;Document numérique et société</w:t>
               </w:r>
@@ -5213,174 +5213,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02455820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Digital social innovation : the crowdfunding model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Dulaurans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vivat Academia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 127, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15178/va.2014.127.72-82⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455826v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La toma de palabra ciudadana en el web frances: &amp;quot;A blogué!</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dulaurans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revista de la comunicación de la SEECI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02455823v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">hal-02455826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tenir le cap épistémologique en thèse CIFRE. Les ajustements nécessaires et leurs effets sur les connaissances produites</w:t>
               </w:r>
@@ -6119,51 +6119,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891178v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Dulaurans" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718171v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Fedherbe" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718172v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718165v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718162v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250566v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250569v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655311v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250573v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250570v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250575v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250578v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250579v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Marczak" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250587v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250581v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250580v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250583v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250585v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498602v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Fedherbe" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455845v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455846v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481625v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498606v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455847v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498596v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455857v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455865v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455866v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455859v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455861v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455855v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455849v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455884v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455858v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455863v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455862v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455885v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455869v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Motta Ramirez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455872v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Marie-Montagnac" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455867v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.8154" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455873v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455891v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455892v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455876v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455881v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455890v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455883v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718160v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250563v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448532v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455808v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455806v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455807v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726566v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161881v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiola Constanza Martinez Polo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Saunier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939030v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Levy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34745/numerev_1422" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455810v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455856v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455811v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.3610" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455817v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.2792" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455814v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.3068" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455837v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.1939" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455820v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.1403" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455823v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455826v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15178/va.2014.127.72-82" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455829v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Foli" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.5118" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455827v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.3813" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455833v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.3178" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02448496v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455886v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455888v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455889v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891178v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Dulaurans" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718162v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Fedherbe" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718171v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718165v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718172v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250566v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250569v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250575v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655311v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250573v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250570v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250585v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250578v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250579v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Marczak" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250587v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250581v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250580v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250583v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455847v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Fedherbe" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498596v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498602v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455845v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455846v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481625v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498606v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455863v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455862v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455857v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455865v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455855v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455861v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455849v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455859v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455866v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455884v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455858v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455885v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455872v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Marie-Montagnac" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455869v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Motta Ramirez" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455867v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.8154" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455873v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455892v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455891v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455876v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455881v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455890v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455883v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718160v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250563v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448532v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455808v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455806v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455807v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726566v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161881v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiola Constanza Martinez Polo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Saunier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455810v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939030v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Levy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34745/numerev_1422" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455856v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455811v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.3610" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455814v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.3068" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455817v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.2792" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455837v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.1939" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455820v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.1403" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455826v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15178/va.2014.127.72-82" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455823v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455829v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Foli" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.5118" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455827v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.3813" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455833v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.3178" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02448496v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455886v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455888v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455889v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>