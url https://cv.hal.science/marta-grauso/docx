--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (48)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (47)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -238,295 +238,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05427908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term exposure from perinatal life to food-grade TiO$_2$ alters intestinal homeostasis and predisposes to food allergy in young mice</w:t>
+                <w:t xml:space="preserve">Dietary Bovine Lactoferrin Reduces the Deleterious Effects of Lipopolysaccharide Injection on Mice Intestine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammad Issa</w:t>
+                <w:t xml:space="preserve">Anne Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Michaudel</w:t>
+                <w:t xml:space="preserve">Natsuko Takakura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Guinot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Blanche Guillon</w:t>
+                <w:t xml:space="preserve">Caroline Puel-Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Blachier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Allergy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/all.15960⟩</w:t>
+              <w:t xml:space="preserve">Nutrients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (23), pp.4040. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nu16234040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04334514v1</w:t>
+                <w:t xml:space="preserve">hal-05139439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dietary Bovine Lactoferrin Reduces the Deleterious Effects of Lipopolysaccharide Injection on Mice Intestine</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Long-term exposure from perinatal life to food-grade TiO$_2$ alters intestinal homeostasis and predisposes to food allergy in young mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natsuko Takakura</w:t>
+                <w:t xml:space="preserve">Mohammad Issa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Michaudel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Guinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">François Blachier</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrients</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 16 (23), pp.4040. </w:t>
+              <w:t xml:space="preserve">Allergy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 79 (2), pp.471-484. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/nu16234040⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/all.15960⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05139439v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04334514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional genomics of ionotropic acetylcholine receptors in Caenorhabditis elegans and Drosophila melanogaster.</w:t>
               </w:r>
@@ -905,51 +905,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lactoferrin Supplementation during Gestation and Lactation Is Efficient for Boosting Rat Pup Development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaïg Lan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1052,51 +1052,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Route of Sensitization to Peanut Influences Immune cell recruitment at various mucosal sites in mouse: An integrative analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Briard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Guinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1703,4815 +1703,5606 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04032888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observational Study of Chlorpromazine in Hospitalized Patients with COVID-19</w:t>
+                <w:t xml:space="preserve">Immune signatures distinguish frequent from non-frequent exacerbators among children with severe asthma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Adel-Patient</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rola Abou-Taam</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rola Abou Taam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Dietrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Drug Investigation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s40261-021-01001-0⟩</w:t>
+              <w:t xml:space="preserve">Allergy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 76 (7), pp.2261-2264. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/all.14759⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04360161v1</w:t>
+                <w:t xml:space="preserve">hal-03133856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immune signatures distinguish frequent from non-frequent exacerbators among children with severe asthma</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Céline Dietrich</w:t>
+                <w:t xml:space="preserve">Intestinal Availability and Metabolic Effects of Dietary Camelina Sphingolipids during the Metabolic Syndrome Onset in Mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Hermier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaig Lan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fredeŕique Tellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Blais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Culetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Allergy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/all.14759⟩</w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 68 (3), pp.788-798. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.9b06829⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03133856v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02463037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intestinal Availability and Metabolic Effects of Dietary Camelina Sphingolipids during the Metabolic Syndrome Onset in Mice</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hyperosmolar environment and intestinal epithelial cells: impact on mitochondrial oxygen consumption, proliferation, and barrier function in vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Marta Culetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Annaig Lan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Andriamihaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bouillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Blachier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.9b06829⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-47851-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02463037v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02349944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hyperosmolar environment and intestinal epithelial cells: impact on mitochondrial oxygen consumption, proliferation, and barrier function in vitro</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+                <w:t xml:space="preserve">Dietary Protein Intake Level Modulates Mucosal Healing and Mucosa-Adherent Microbiota in Mouse Model of Colitis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Vidal-Lletjos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Andriamihaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Blais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Grauso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Lepage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-47851-9⟩</w:t>
+              <w:t xml:space="preserve">Nutrients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (3), pp.E514. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nu11030514⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02349944v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02117605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dietary Protein Intake Level Modulates Mucosal Healing and Mucosa-Adherent Microbiota in Mouse Model of Colitis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Mucosal healing progression after acute colitis in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Vidal-Lletjos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille M. Andriamihaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrients</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/nu11030514⟩</w:t>
+              <w:t xml:space="preserve">World Journal of Gastroenterology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 25 (27), pp.3572-3589. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3748/wjg.v25.i27.3572⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02117605v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02371551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mucosal healing progression after acute colitis in mice</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Patricia Lepage</w:t>
+                <w:t xml:space="preserve">P128Recovery of Scn5a-deficient mice cardiac conduction using AAVs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Doisne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Grauso-Culetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Mougenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Clergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Fosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Journal of Gastroenterology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3748/wjg.v25.i27.3572⟩</w:t>
+              <w:t xml:space="preserve">Cardiovascular Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 114 (suppl_1), pp.S33-S33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cvr/cvy060.090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02371551v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04514751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence du niveau d’apport protéique alimentaire sur la réparation épithéliale après un épisode inflammatoire colique aigu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Vidal-Lletjós</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Andriamihaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nutrition Clinique et Métabolisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 32 (4), pp. 236. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.nupar.2018.09.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04514700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P128Recovery of Scn5a-deficient mice cardiac conduction using AAVs</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">L Fosse</w:t>
+                <w:t xml:space="preserve">Proanthocyanidin-containing polyphenol extracts from fruits prevent the inhibitory effect of hydrogen sulfide on human colonocyte oxygen consumption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille M. Andriamihaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaig Lan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Grauso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Gotteland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cardiovascular Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/cvr/cvy060.090⟩</w:t>
+              <w:t xml:space="preserve">Amino Acids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 50 (6), pp.755-763. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00726-018-2558-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04514751v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02622727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proanthocyanidin-containing polyphenol extracts from fruits prevent the inhibitory effect of hydrogen sulfide on human colonocyte oxygen consumption</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+                <w:t xml:space="preserve">Changes in the Luminal Environment of the Colonic Epithelial Cells and Physiopathological Consequences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Blachier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Martin Gotteland</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Andriamihaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Davila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anneig Lan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Amino Acids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00726-018-2558-y⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 187 (3), pp.476--486. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ajpath.2016.11.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02622727v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01568604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in the Luminal Environment of the Colonic Epithelial Cells and Physiopathological Consequences</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+                <w:t xml:space="preserve">Epithelial response to a high-protein diet in rat colon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Andriamihaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anneig Lan</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Grauso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Jaffrezic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Pathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ajpath.2016.11.015⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18 (1), pp.116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-017-3514-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01568604v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01568602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epithelial response to a high-protein diet in rat colon</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Florence Jaffrezic</w:t>
+                <w:t xml:space="preserve">Peroxisome proliferator‐activated receptor gamma (PPARγ) regulates lactase expression and activity in the gut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathurin Fumery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Speca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne‐marie Davila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Dubuquoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12864-017-3514-z⟩</w:t>
+              <w:t xml:space="preserve">EMBO Molecular Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9 (11), pp.1471 - 1481. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15252/emmm.201707795⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01568602v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01773071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peroxisome proliferator‐activated receptor gamma (PPARγ) regulates lactase expression and activity in the gut</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">979 Modulating Peroxisome Proliferator-Activated Receptor Gamma (PPARγ): A Potential New Therapeutic Strategy for Lactose Intolerance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Speca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathurin Fumery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathurin Fumery</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Silvia Speca</w:t>
+                <w:t xml:space="preserve">Audrey Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davila Anne-Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Dubuquoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Molecular Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15252/emmm.201707795⟩</w:t>
+              <w:t xml:space="preserve">Gastroenterology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 150 (4), pp.S199. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s0016-5085(16)30747-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01773071v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04514773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">979 Modulating Peroxisome Proliferator-Activated Receptor Gamma (PPARγ): A Potential New Therapeutic Strategy for Lactose Intolerance</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Caroline Dubuquoy</w:t>
+                <w:t xml:space="preserve">279 Exploration of the dominant-negative effect of a SCN5A mutation in mice using adeno-associated viruses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Doisne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Grauso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Mougenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Clergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Coulombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gastroenterology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/s0016-5085(16)30747-8⟩</w:t>
+              <w:t xml:space="preserve">Cardiovascular Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 111 (suppl 1), pp.S54-S54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cvr/cvw140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04514773v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04514637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">279 Exploration of the dominant-negative effect of a SCN5A mutation in mice using adeno-associated viruses</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A Coulombe</w:t>
+                <w:t xml:space="preserve">Detrimental effects for colonocytes of an increased exposure to luminal hydrogen sulfide: The adaptive response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Andriamihaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaig Lan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadezda Khodorova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Audebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cardiovascular Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/cvr/cvw140⟩</w:t>
+              <w:t xml:space="preserve">Free Radical Biology and Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 93, pp.155--164. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.freeradbiomed.2016.01.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04514637v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01568610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detrimental effects for colonocytes of an increased exposure to luminal hydrogen sulfide: The adaptive response</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marc Audebert</w:t>
+                <w:t xml:space="preserve">Bestrophin-encoded Ca²⁺-activated Cl⁻ channels underlie a current with properties similar to the native current in the moth [i]Spodoptera littoralis[/i] olfactory receptor neurons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Grauso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Demondion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Bozzolan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Debernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Free Radical Biology and Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0052691⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.freeradbiomed.2016.01.028⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01568610v1</w:t>
+                <w:t xml:space="preserve">hal-01190700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bestrophin-encoded Ca²⁺-activated Cl⁻ channels underlie a current with properties similar to the native current in the moth [i]Spodoptera littoralis[/i] olfactory receptor neurons</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrien François</w:t>
+                <w:t xml:space="preserve">Human genetic polymorphisms in T1R1 and T1R3 taste receptor subunits affect their function.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Raliou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Stephane Debernard</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Schlegel-Le-Poupon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Nespoulous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0052691⟩</w:t>
+              <w:t xml:space="preserve">Chemical Senses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 36 (6), pp.527-537. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/chemse/bjr014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01190700v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00641823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human genetic polymorphisms in T1R1 and T1R3 taste receptor subunits affect their function.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mariam Raliou</w:t>
+                <w:t xml:space="preserve">Calcium activates a chloride conductance likely involved in olfactory receptor neuron repolarization in the moth Spodoptera littoralis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Pezier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Claude Nespoulous</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Acquistapace</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle C. Monsempes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre J.-P. Rospars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Senses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/chemse/bjr014⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 30 (18), pp.6323-6333. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.0261-10.2010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00641823v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02665351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calcium activates a chloride conductance likely involved in olfactory receptor neuron repolarization in the moth Spodoptera littoralis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adeline Pezier</w:t>
+                <w:t xml:space="preserve">Presence of soluble tetrameric (blood) and membrane‐bound dimeric forms of cholinesterase in the mollusk Murex brandaris (Gastropoda: Neogastropoda)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincenzo Talesa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre J.-P. Rospars</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Principato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elvio Giovannini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scott Norton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.0261-10.2010⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Zoology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 270 (3), pp.233-244. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jez.1402700302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02665351v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04514758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presence of soluble tetrameric (blood) and membrane‐bound dimeric forms of cholinesterase in the mollusk Murex brandaris (Gastropoda: Neogastropoda)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincenzo Talesa</w:t>
+                <w:t xml:space="preserve">The nicotinic acetylcholine receptor gene family of the malaria mosquito, Anopheles gambiae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Sattelle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Zoology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 85 (2), pp.176-187. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ygeno.2004.09.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jez.1402700302⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04514758v1</w:t>
+                <w:t xml:space="preserve">hal-04514524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The nicotinic acetylcholine receptor gene family of the malaria mosquito, Anopheles gambiae</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andrew Jones</w:t>
+                <w:t xml:space="preserve">Heavy metals modulate the activity of the purinergic P2X4 receptor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Coddou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramón Lorca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Acuña-Castillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Rassendren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genomics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Toxicology and Applied Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 202 (2), pp.121-131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.taap.2004.06.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ygeno.2004.09.001⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04514524v1</w:t>
+                <w:t xml:space="preserve">hal-04514536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heavy metals modulate the activity of the purinergic P2X4 receptor</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId155" w:history="1">
+                <w:t xml:space="preserve">Histidine 140 Plays a Key Role in the Inhibitory Modulation of the P2X4 Nucleotide Receptor by Copper but Not Zinc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Coddou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Claudio Acuña-Castillo</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernardo Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Francois Rassendren</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Gordillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxicology and Applied Pharmacology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 278 (38), pp.36777-36785. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.m305177200⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.taap.2004.06.015⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04514536v1</w:t>
+                <w:t xml:space="preserve">hal-04514541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Histidine 140 Plays a Key Role in the Inhibitory Modulation of the P2X4 Nucleotide Receptor by Copper but Not Zinc</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Novel Putative Nicotinic Acetylcholine Receptor Subunit Genes, D α 5 , D α 6 and D α 7 , in Drosophila melanogaster Identify a New and Highly Conserved Target of Adenosine Deaminase Acting on RNA-Mediated A-to-I Pre-mRNA Editing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Reenan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Culetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Sattelle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1074/jbc.m305177200⟩</w:t>
+              <w:t xml:space="preserve">Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 160 (4), pp.1519-1533. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/genetics/160.4.1519⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04514541v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04514744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel Putative Nicotinic Acetylcholine Receptor Subunit Genes, D α 5 , D α 6 and D α 7 , in Drosophila melanogaster Identify a New and Highly Conserved Target of Adenosine Deaminase Acting on RNA-Mediated A-to-I Pre-mRNA Editing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Reenan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Culetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Sattelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 160 (4), pp.1519-1533. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/genetics/160.4.1519⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04514744v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04514545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel Putative Nicotinic Acetylcholine Receptor Subunit Genes, D α 5 , D α 6 and D α 7 , in Drosophila melanogaster Identify a New and Highly Conserved Target of Adenosine Deaminase Acting on RNA-Mediated A-to-I Pre-mRNA Editing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Neonicotinoids: insecticides acting on insect nicotinic acetylcholine receptors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kazuhiko Matsuda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Buckingham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Kleier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Rauh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Trends in Pharmacological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 22 (11), pp.573-580. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s0165-6147(00)01820-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/genetics/160.4.1519⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04514545v1</w:t>
+                <w:t xml:space="preserve">hal-04514554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neonicotinoids: insecticides acting on insect nicotinic acetylcholine receptors</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">James Rauh</w:t>
+                <w:t xml:space="preserve">Four genes encode acetylcholinesterases in the nematodes Caenorhabditis elegans and Caenorhabditis briggsae. cDNA sequences, genomic structures, mutations and in vivo expression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Fedon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Toutant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Arpagaus</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Pharmacological Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 300, pp.727-742</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/s0165-6147(00)01820-4⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04514554v1</w:t>
+                <w:t xml:space="preserve">hal-02694549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Four genes encode acetylcholinesterases in the nematodes Caenorhabditis elegans and Caenorhabditis briggsae. cDNA sequences, genomic structures, mutations and in vivo expression</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">D. Combes</w:t>
+                <w:t xml:space="preserve">Molecular cloning and expression of a full-lenght cDNA encoding acetylcholinesterase in optic lobes of the squid Loligo opalescens : a new member of the cholinesterase family resistant to diisopropyl fluorophosphate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Taleza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Fedon</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Martine Arpagaus</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Giovannini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Romani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 300, pp.727-742</w:t>
+              <w:t xml:space="preserve">Journal of Neurochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 72, pp.1250-1258</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02694549v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02693145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular cloning and expression of a full-lenght cDNA encoding acetylcholinesterase in optic lobes of the squid Loligo opalescens : a new member of the cholinesterase family resistant to diisopropyl fluorophosphate</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Existence of four acetylcholinesterase genes in the nematode Caenorhabditis elegans and Caenorhabditis briggsae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Romani</w:t>
+                <w:t xml:space="preserve">E. Culetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Fedon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 72, pp.1250-1258</w:t>
+              <w:t xml:space="preserve">FEBS Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 424, pp.279-284</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02693145v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02694467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Existence of four acetylcholinesterase genes in the nematode Caenorhabditis elegans and Caenorhabditis briggsae</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Four acetylcholinesterase genes in the nematode Caenorhabditis elegans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Arpagaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Culetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Fedon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J.P. Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 424, pp.279-284</w:t>
+              <w:t xml:space="preserve">The Journal of Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 92 (5-6), pp.363-367</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02694467v1</w:t>
+                <w:t xml:space="preserve">hal-02687467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Four acetylcholinesterase genes in the nematode Caenorhabditis elegans</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">E. Culetto</w:t>
+                <w:t xml:space="preserve">Expression of a single dimeric membrane-bound acetylcholinesterase in Parascaris equorum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Talesa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Romani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Rosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Giovannini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 115 (6), pp.653-660. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/s0031182097001662⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02687467v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04514558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression of a single dimeric membrane-bound acetylcholinesterase in Parascaris equorum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">V. Talesa</w:t>
+                <w:t xml:space="preserve">Sequence comparison of ACE1 the gene encoding acetylcholinesterase of class A in the two nematodes Caenorhabditis elegans and Caenorhabditis briggsea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Romani</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">E. Giovannini</w:t>
+                <w:t xml:space="preserve">E. Culetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.B. Berge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Toutant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Arpagaus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasitology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">DNA Sequence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 6 (4), pp.217-227</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04514558v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02688272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequence comparison of ACE1 the gene encoding acetylcholinesterase of class A in the two nematodes Caenorhabditis elegans and Caenorhabditis briggsea</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Acetylcholinesterase in tentacles of Octopus vulgaris (Cephalopoda). Histochemical localization and characterization of a specific high salt-soluble and heparin-soluble fraction of globular forms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Talesa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Giovannini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Rosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Toutant</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Martine Arpagaus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DNA Sequence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 6 (4), pp.217-227</w:t>
+              <w:t xml:space="preserve">Neurochemistry International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 27 (2), pp.201-211</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02688272v1</w:t>
+                <w:t xml:space="preserve">hal-02714451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solubilization, molecular forms, purification and substrate specificity of two acetylcholinesterases in the medicinal leech (Hirudo medicinalis)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">V. Talesa</w:t>
+                <w:t xml:space="preserve">Cholinesterase in Helix pomatia (Gastropoda: Stylommatophora): presence of a soluble (hemolymph) and a membrane-bound form</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincenzo Talesa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">J.P. Toutant</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Principato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elvio Giovannini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriella Rosi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comparative Biochemistry and Physiology. Part B, Biochemistry and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 110 (3), pp.649-656. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/0305-0491(94)00167-s⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02709407v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04514623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the 5' transcriptional regulatory region of the ace-1 gene in C. elegans</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yann Fedon</w:t>
+                <w:t xml:space="preserve">Solubilization, molecular forms, purification and substrate specificity of two acetylcholinesterases in the medicinal leech (Hirudo medicinalis)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Talesa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Giovannini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Rosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Toutant</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Worm Breeder's Gazette</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1995, 13, pp.49</w:t>
+              <w:t xml:space="preserve">Biochemical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 306, pp.687-692</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02710362v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02709407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cholinesterase in Helix pomatia (Gastropoda: Stylommatophora): presence of a soluble (hemolymph) and a membrane-bound form</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincenzo Talesa</w:t>
+                <w:t xml:space="preserve">Analysis of the 5' transcriptional regulatory region of the ace-1 gene in C. elegans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Capy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Culetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Fedon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.B. Berge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comparative Biochemistry and Physiology. Part B, Biochemistry and Molecular Biology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Worm Breeder's Gazette</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 13, pp.49</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04514623v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02710362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acetylcholinesterase in tentacles of Octopus vulgaris (Cephalopoda). Histochemical localization and characterization of a specific high salt-soluble and heparin-soluble fraction of globular forms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">V. Talesa</w:t>
+                <w:t xml:space="preserve">Evidence for a molecular polymorphis of cholinesterase in Sepia officinalis (cephalopoda: decapoda)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincenzo Talesa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Principato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elvio Giovannini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">J.P. Toutant</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriella Rosi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurochemistry International</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comparative Biochemistry and Physiology Part B: Comparative Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 106 (3), pp.557-562. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/0305-0491(93)90132-o⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02714451v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04514642v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (7)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse du métabolome pulmonaire chez les enfants asthmatiques sévères</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Briard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Venot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Grauso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Fenaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès francophone d’allergologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Paris, France. Revue Française d'Allergologie, 63 (3), pp.4, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.reval.2023.103568⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04276720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence for a molecular polymorphis of cholinesterase in Sepia officinalis (cephalopoda: decapoda)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Elvio Giovannini</w:t>
+                <w:t xml:space="preserve">L'apparition d'une résistance à l'insuline infra-clinique est associée à des altérations précoces au niveau intestinal chez des rats soumis à un régime de type &amp;quot;occidental&amp;quot; modéré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Davila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Mathé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaïg Lan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comparative Biochemistry and Physiology Part B: Comparative Biochemistry</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-04514642v1</w:t>
+              <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04525690v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Early insulin resistance is associated with alterations in gut permeability and microbial activity in rats fed a moderately westernized diet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie A.-M. Davila-Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Blais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Grauso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Mathé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaig Lan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13th European Nutrition Conference, FENS 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Dublin (Ireland), France. Proceedings of the Nutrition Society, 79 (OCE2), pp.E644, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0029665120005935⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04435982v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recovery of Scn5a-deficient mice cardiac conduction using AAVs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Doisne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Grauso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Mougenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Clergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Fossé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in CardioVascular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Vienne, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04076259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Role of dietary protein intake level on epithelial repair after acute intestinal inflammation in a murine model of colitis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Vidal-Lletjos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille M. Andriamihaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Blais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Grausso-Culetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert R. Benamouzig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">21st International Congress of Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Buenos Aires, Argentina. KARGER, Annals of Nutrition and Metabolism, 71, pp.2, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02736261v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Overexpression of the cardiac Na+ channel in Scn5a deficient mice using AAVs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Doisne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Grauso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Mougenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Clergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Coulombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Printemps de la Cardiologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Nantes (44000), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04076243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relation phénotype-génotype dans le cas de la sensibilité gustative au glutamate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Raliou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Wiencis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Pillias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Planchais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Eloit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque interne des IFR144, 115 et 87</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Gif-sur-Yvette, France. n.p., 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02823357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cytokines and metabolites are the main descriptors of severe asthma in children when performing multi-omics analysis of bronchoaleveolar lavages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Briard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6533,1560 +7324,635 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Hennequet-Antier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04678528v1</w:t>
-              </w:r>
-[...923 lines deleted...]
-                <w:t xml:space="preserve">hal-02823357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vivo dominant-negative effect of an SCN5A Brugada syndrome variant.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Doisne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Clergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Souil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de la filière CARDIOGEN</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, En ligne (Paris), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04003643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recovery of Scn5a-deficient mice cardiac conduction using AAVs.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">AAV-mediated gene therapy in a mouse model of Brugada syndrome.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Doisne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Clergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">L Fossé</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Coulombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Channelopathy meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Chicago, United States</w:t>
+              <w:t xml:space="preserve">IHU ICAN - Les avancées de la Recherche 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IHU ICAN, Jan 2018, PARIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04003581v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04003567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AAV-mediated gene therapy in a mouse model of Brugada syndrome.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Recovery of Scn5a-deficient mice cardiac conduction using AAVs.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Doisne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Clergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A Coulombe</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Fossé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IHU ICAN - Les avancées de la Recherche 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IHU ICAN, Jan 2018, PARIS, France</w:t>
+              <w:t xml:space="preserve">Channelopathy meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04003567v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04003581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration of the dominant-negative effect of a SCN5A mutation in mice using adeno-associated viruses.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Doisne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Clergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Coulombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in CardioVascular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Florence (IT), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04003663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">0151 : In vivo modulation of the cardiac Na+ current using AAVs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Doisne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8108,119 +7974,119 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Clergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Coulombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Printemps de la Cardiologie: Recherche Fondamentale et Clinique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Dijon, France. pp.232, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/s1878-6480(16)30437-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04514597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">0235 : In vivo overexpression of a cardiac sodium channel mutant in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Doisne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8242,514 +8108,514 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Clergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Coulombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Printemps de la Cardiologie: Recherche Fondamentale et Clinique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Toulouse, France. pp.165, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/s1878-6480(15)30095-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04514607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MON-PP056: The Bacterial Metabolite Hydrogen Sulfide is More Abundant in Large Intestine of Rats Fed High Protein Diet and Inhibits Colonocyte Respiration in Association with Pro-Inflammatory but not Genotoxic Effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Andriamihaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Khodorova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Audebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> 37th ESPEN Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Lisbon, Portugal. pp.S148 - S149, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0261-5614(15)30488-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01588476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P182: Régime hyperprotéique, sulfure d’hydrogène bactérien et cellules épithéliales coliques : les liaisons dangereuses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Andriamihaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Khodorova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Davila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12es Journées Francophones de Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2014, Bruxelles, Belgium. pp.S163, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0985-0562(14)70824-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01579236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ace-2 and ace-3, the genes encoding acetylcholinesterases of class B and class C</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Culetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Fedon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. international C. elegans meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 1997, Madison, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02840838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8759,51 +8625,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact d’un environnement hyperosmolaire évalué sur les cellules épithéliales intestinales Caco-2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8812,51 +8678,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaïg Lan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04534087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8866,65 +8732,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional Genomics of Ionotropic Acetylcholine Receptors in Caenorhabditis elegans and Drosophila melanogaster</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David B. Sattelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Culetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8932,1198 +8798,1198 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Raymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher J. Franks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ion Channels: From Atomic Resolution Physiology to Functional Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 245 (1), Wiley, 2002, Novartis Foundation Symposia, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/0470868759.ch17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04514795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Four Acetylcholinesterase Genes in the Nematode Caenorhabditis Elegans</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular Cloning and Characterization of a cDNA Encoding AChE from Optic Lobe of Loligo Opalescences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Talesa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Arpagaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Giovannini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Rosi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Structure and Function of Cholinesterases and Related Proteins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Springer US, pp.138-139, 1998, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-1-4899-1540-5_32⟩</w:t>
+              <w:t xml:space="preserve">, Springer US, pp.143-143, 1998, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-4899-1540-5_35⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04514663v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04514730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Four Acetylcholinesterase Genes in the Nematodes caenorhabditis Elegans and Caenorhabditis Briggsae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Culetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Fedon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rita Romani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Structure and Function of Cholinesterases and Related Proteins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer US, pp.87-92, 1998, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-4899-1540-5_12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04514668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Cloning and Characterization of a cDNA Encoding AChE from Optic Lobe of Loligo Opalescences</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Four Acetylcholinesterase Genes in the Nematode Caenorhabditis Elegans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Culetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Fedon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Toutant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Structure and Function of Cholinesterases and Related Proteins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Springer US, pp.143-143, 1998, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-1-4899-1540-5_35⟩</w:t>
+              <w:t xml:space="preserve">, Springer US, pp.138-139, 1998, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-4899-1540-5_32⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04514730v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04514663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Four acetylcholinesterase genes in the nematodes Caenorhabditis Elegans and Caenorhabditis Briggsae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Culetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Fedon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Romani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Structure and function of cholinesterases and related proteins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Plenum Press, 1998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02839827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Four Acetylcholinesterase Genes in the Nematode Caenorhabditis Elegans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Culetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Fedon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Structure and Function of Cholinesterases and Related Proteins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.138-139, 1998, 978-1-4899-1540-5-32. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-4899-1540-5_31⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04514660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Polymorphism of Acetylcholinesterase in Hirudo medicinalis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Acetylcholinesterase from Octopus vulgaris (Cephalopoda)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincenzo Talesa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Grauso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincenzo Talesa</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Elvio Giovannini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriella Rosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Toutant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enzymes of the Cholinesterase Family</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Springer US, pp.128-128, 1995, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-1-4899-1051-6_27⟩</w:t>
+              <w:t xml:space="preserve">, Springer US, pp.127-127, 1995, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-4899-1051-6_26⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04514739v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04514616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acetylcholinesterase from Octopus vulgaris (Cephalopoda)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular Polymorphism of Acetylcholinesterase in Hirudo medicinalis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincenzo Talesa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Grauso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincenzo Talesa</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Elvio Giovannini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriella Rosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Toutant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enzymes of the Cholinesterase Family</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Springer US, pp.127-127, 1995, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-1-4899-1051-6_26⟩</w:t>
+              <w:t xml:space="preserve">, Springer US, pp.128-128, 1995, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-4899-1051-6_27⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04514616v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04514739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse du promoteur du gène ace-1 chez Caenorhabditis elegans et chez C. briggsae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Culetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Fedon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.B. Berge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. réunion du groupe cholinesterase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 1995, Antibes, France. n.p., 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02847946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId273"/>
+      <w:footerReference w:type="default" r:id="rId271"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10270,51 +10136,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05427908v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Briard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Guillon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Venot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Grauso" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Bruneau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.112359" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334514v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Issa" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Michaudel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Guinot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/all.15960" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139439v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Blais" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natsuko Takakura" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Puel-Artero" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blachier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu16234040" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514552v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sattelle" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Culetto" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Raymond" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Franks" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04491593v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lezmi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Poirault" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dietrich" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Adel-Patient" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cellimm.2024.104815" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04032831v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Campeotto" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Moroldo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2023.1108895" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04151383v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#239;g Lan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Boluktas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Davila" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu14142814" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03589190v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hazebrouck" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu14040790" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342597v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Doisne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mougenot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Clergue" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Souil" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2021.661413" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327837v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rola Abou-Taam" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2021.700521" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03261259v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032888v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04360161v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40261-021-01001-0" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133856v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rola Abou Taam" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/all.14759" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02463037v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hermier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annaig Lan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frede&#341;ique Tellier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Culetto" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.9b06829" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349944v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Andriamihaja" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouillaud" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Blachier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-47851-9" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02117605v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Vidal-Lletjos" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Lepage" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu11030514" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02371551v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille M. Andriamihaja" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3748/wjg.v25.i27.3572" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514700v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vidal-Lletj&#243;s" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Andriamihaja" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lepage" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leclerc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2018.09.016" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514751v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Doisne" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Grauso-Culetto" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Mougenot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Clergue" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Fosse" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvy060.090" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622727v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Beaumont" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Gotteland" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-018-2558-y" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01568604v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anneig Lan" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajpath.2016.11.015" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01568602v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Armand" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jaffrezic" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-017-3514-z" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01773071v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathurin Fumery" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Speca" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Langlois" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;marie Davila" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Dubuquoy" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/emmm.201707795" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514773v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davila Anne-Marie" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0016-5085(16)30747-8" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514637v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Coulombe" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvw140" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01568610v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadezda Khodorova" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Audebert" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2016.01.028" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0W5WX1HB-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190700v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Fran&#231;ois" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Demondion" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Bozzolan" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Debernard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0052691" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641823v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Raliou" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Hoffmann" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Schlegel-Le-Poupon" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Nespoulous" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjr014" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665351v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Pezier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Acquistapace" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle C. Monsempes" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre J.-P. Rospars" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0261-10.2010" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514758v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Talesa" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Principato" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvio Giovannini" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Norton" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jez.1402700302" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DQQC84W0-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514524v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Jones" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygeno.2004.09.001" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9S52W4R3-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514536v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Coddou" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n Lorca" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Acu&#241;a-Castillo" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Rassendren" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.taap.2004.06.015" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S7RC2S3X-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514541v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardo Morales" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Gordillo" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.m305177200" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514744v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Reenan" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Culetto" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Sattelle" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/genetics/160.4.1519" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514545v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514554v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhiko Matsuda" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Buckingham" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kleier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Rauh" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0165-6147(00)01820-4" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W3FW2CVW-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694549v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Combes" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fedon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Toutant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Arpagaus" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693145v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Taleza" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Giovannini" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Romani" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694467v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Culetto" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687467v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514558v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Talesa" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rosi" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0031182097001662" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688272v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Berge" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709407v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710362v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Capy" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514623v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Rosi" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0305-0491(94)00167-s" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J4214HP3-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714451v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514642v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0305-0491(93)90132-o" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QWC4SM7H-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04678528v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hennequet-Antier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04276720v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fenaille" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2023.103568" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04525690v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Math&#233;" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04435982v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie A.-M. Davila-Gay" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0029665120005935" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076259v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Foss&#233;" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076243v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Coulombe" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736261v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Grausso-Culetto" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert R. Benamouzig" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823357v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wiencis" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Pillias" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Planchais" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Eloit" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003643v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Souil" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003581v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Foss&#233;" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003567v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003663v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514597v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1878-6480(16)30437-2" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514607v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1878-6480(15)30095-1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01588476v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Khodorova" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0261-5614(15)30488-X" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1LBL6QPB-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01579236v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Davila" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0985-0562(14)70824-6" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VNB71LF4-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840838v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534087v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514795v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B. Sattelle" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J. Franks" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/0470868759.ch17" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514663v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Combes" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Toutant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4899-1540-5_32" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514668v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Romani" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4899-1540-5_12" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514730v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arpagaus" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4899-1540-5_35" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839827v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514660v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-1-4899-1540-5_32" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4899-1540-5_31" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514739v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4899-1051-6_27" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514616v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4899-1051-6_26" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02847946v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05427908v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Briard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Guillon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Venot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Grauso" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Bruneau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.112359" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139439v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Blais" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natsuko Takakura" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Puel-Artero" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blachier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu16234040" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334514v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Issa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Michaudel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Guinot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/all.15960" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514552v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sattelle" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Culetto" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Raymond" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Franks" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04491593v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lezmi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Poirault" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dietrich" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Adel-Patient" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cellimm.2024.104815" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04032831v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Campeotto" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Moroldo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2023.1108895" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04151383v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#239;g Lan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Boluktas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Davila" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu14142814" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03589190v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hazebrouck" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu14040790" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342597v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Doisne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mougenot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Clergue" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Souil" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2021.661413" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327837v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rola Abou-Taam" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2021.700521" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03261259v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032888v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133856v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rola Abou Taam" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/all.14759" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02463037v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hermier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annaig Lan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frede&#341;ique Tellier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Culetto" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.9b06829" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349944v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Andriamihaja" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouillaud" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Blachier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-47851-9" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02117605v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Vidal-Lletjos" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Lepage" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu11030514" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02371551v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille M. Andriamihaja" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3748/wjg.v25.i27.3572" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514751v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Doisne" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Grauso-Culetto" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Mougenot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Clergue" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Fosse" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvy060.090" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514700v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vidal-Lletj&#243;s" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Andriamihaja" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lepage" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leclerc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2018.09.016" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622727v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Beaumont" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Gotteland" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-018-2558-y" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01568604v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anneig Lan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajpath.2016.11.015" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01568602v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Armand" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jaffrezic" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-017-3514-z" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01773071v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathurin Fumery" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Speca" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Langlois" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;marie Davila" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Dubuquoy" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/emmm.201707795" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514773v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davila Anne-Marie" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0016-5085(16)30747-8" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514637v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Coulombe" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvw140" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01568610v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadezda Khodorova" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Audebert" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2016.01.028" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0W5WX1HB-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190700v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Fran&#231;ois" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Demondion" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Bozzolan" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Debernard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0052691" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641823v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Raliou" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Hoffmann" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Schlegel-Le-Poupon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Nespoulous" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjr014" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665351v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Pezier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Acquistapace" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle C. Monsempes" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre J.-P. Rospars" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0261-10.2010" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514758v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Talesa" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Principato" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvio Giovannini" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Norton" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jez.1402700302" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DQQC84W0-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514524v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Jones" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygeno.2004.09.001" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9S52W4R3-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514536v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Coddou" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n Lorca" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Acu&#241;a-Castillo" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Rassendren" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.taap.2004.06.015" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S7RC2S3X-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514541v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardo Morales" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Gordillo" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.m305177200" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514744v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Reenan" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Culetto" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Sattelle" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/genetics/160.4.1519" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514545v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514554v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhiko Matsuda" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Buckingham" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kleier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Rauh" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0165-6147(00)01820-4" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W3FW2CVW-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694549v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Combes" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fedon" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Toutant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Arpagaus" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693145v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Taleza" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Giovannini" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Romani" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694467v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Culetto" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687467v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514558v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Talesa" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rosi" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0031182097001662" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688272v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Berge" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714451v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514623v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Rosi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0305-0491(94)00167-s" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J4214HP3-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709407v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710362v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Capy" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514642v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0305-0491(93)90132-o" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QWC4SM7H-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04276720v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fenaille" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2023.103568" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04525690v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Math&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04435982v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie A.-M. Davila-Gay" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0029665120005935" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076259v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Foss&#233;" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736261v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Grausso-Culetto" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert R. Benamouzig" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076243v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Coulombe" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823357v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wiencis" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Pillias" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Planchais" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Eloit" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04678528v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hennequet-Antier" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003643v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Souil" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003567v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003581v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Foss&#233;" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003663v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514597v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1878-6480(16)30437-2" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514607v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1878-6480(15)30095-1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01588476v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Khodorova" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0261-5614(15)30488-X" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1LBL6QPB-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01579236v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Davila" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0985-0562(14)70824-6" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VNB71LF4-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840838v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534087v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514795v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B. Sattelle" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J. Franks" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/0470868759.ch17" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514730v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arpagaus" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4899-1540-5_35" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514668v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Combes" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Romani" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4899-1540-5_12" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514663v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Toutant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4899-1540-5_32" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839827v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514660v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-1-4899-1540-5_32" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4899-1540-5_31" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514616v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4899-1051-6_26" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04514739v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4899-1051-6_27" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02847946v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>