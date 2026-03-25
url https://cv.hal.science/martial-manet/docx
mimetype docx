--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -201,1523 +201,1523 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (12)</w:t>
+        <w:t xml:space="preserve">Article de blog scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le somment des BRICS+ à Rio : une recomposition de l'ordre mondial à bas bruit ?</w:t>
+                <w:t xml:space="preserve">Diante de Trump, os BRICS+ podem garantir a ordem internacional?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allan Deneuville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Manet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05145616v1</w:t>
-[...808 lines deleted...]
-                <w:t xml:space="preserve">hal-04768028v1</w:t>
+                <w:t xml:space="preserve">hal-04995523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article de blog scientifique (1)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diante de Trump, os BRICS+ podem garantir a ordem internacional?</w:t>
+                <w:t xml:space="preserve">La stratégie multilatérale et judiciaire palestinienne peut-elle contribuer à la paix au Proche-Orient ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Insaf Rezagui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Manet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Temps Qui Restent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04933196v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le somment des BRICS+ à Rio : une recomposition de l'ordre mondial à bas bruit ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allan Deneuville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Manet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...11 lines deleted...]
-            <w:pPr/>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Notes de la Fondation Jean Jaurès</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05145616v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le peuple dans la jurisprudence de la Cour africaine des droits de l'homme et des peuples. L'arrêt &amp;quot;Ogiek&amp;quot; ou le &amp;quot;destato-centrement&amp;quot; du sujet &amp;quot;peuple</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Manet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Observateur des Nations Unies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2025 (58)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04768108v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niger – Organisation des Nations Unies. Expulsion de la coordinatrice résidente des Nations Unies au Niger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Manet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue générale de droit international public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04768085v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haïti – Kenya – Organisation des Nations Unies. Signature d’un accord pour l’envoi de policiers kenyans dans l’île</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Manet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue générale de droit international public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04768081v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Territoire palestinien occupé : un avis pour l’histoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Manet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Soufi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analyse Opinion Critique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04768065v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’article 8 de la CEDH et l’interdiction de la procréation post mortem par le droit français. A propos de l’affaire CourEDH, 14 sept. 2023, Baret et Caballero c. France, n° 22296/20 et n° 37138/20</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Manet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des droits et libertés fondamentaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 53</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04768040v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haïti – Organisation des Nations Unies. Déploiement d’une force armée spécialisée internationale en Haïti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Manet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue générale de droit international public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04768093v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cour européenne des droits de l’homme. Arrêt du 14 février 2023 (Grande Chambre). Halet c. Luxembourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Manet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue générale de droit international public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04768099v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">République démocratique du Congo – Rwanda. Énième échec d’un cessez-le-feu dans le Nord-Kivu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Manet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue générale de droit international public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04768096v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mali – Burkina Faso – Niger. Tensions autour du personnel diplomatique et consulaire français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Manet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue générale de droit international public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04768089v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-04995523v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La neutralisation des opposants politiques à l'étranger. Une étude à la lumière des obligations étatiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Manet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire français de droit international</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04768028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (2)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les figurations du peuple. Examen contextualiste d'une subjectivité collective dans la Charte africaine des droits de l'homme et des peuples</w:t>
+                <w:t xml:space="preserve">La France face à la Charte européenne des langues régionales ou minoritaires : volontés politiques, crispations constitutionnelles et orthodoxie républicaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Manet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Ouvrages</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les minorités dans l’espace européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pedone, In press</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04759149v1</w:t>
+                <w:t xml:space="preserve">hal-04768052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le devenir juridique de la dignité. Une étude de la Charte africaine des droits de l'homme et des peuples</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Treatment of Dissonant Memories by Truth and Reconciliation Commissions: Four Case Studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joshua Davies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Manet</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Ouvrages</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loanh Mirande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Paula O’donohoe Villota</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dissonant Heritage: Concepts, Critiques, Cases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Alma Mater Studiorum Università di Bologna, 2024, 9788854971431. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.60923/uech2024-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04759138v1</w:t>
+                <w:t xml:space="preserve">hal-04759129v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prosecuting crimes of conflict-related sexual violence against children in the Democratic Republic of the Congo: how have the mobile courts fared?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Klipfel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Manet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Edition scientifique Université Côte d'Azur. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lutte contre les violences sexuelles liées aux conflits. Cadres normatifs et action opérationnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 978-2-9598053-0-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04768116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
+        <w:t xml:space="preserve">Ouvrages (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Treatment of Dissonant Memories by Truth and Reconciliation Commissions: Four Case Studies</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les figurations du peuple. Examen contextualiste d'une subjectivité collective dans la Charte africaine des droits de l'homme et des peuples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Manet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...64 lines deleted...]
-                <w:t xml:space="preserve">hal-04759129v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pedone, 2024, 9782233010636</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04759149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prosecuting crimes of conflict-related sexual violence against children in the Democratic Republic of the Congo: how have the mobile courts fared?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le devenir juridique de la dignité. Une étude de la Charte africaine des droits de l'homme et des peuples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Manet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Edition scientifique Université Côte d'Azur. </w:t>
-[...43 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Editions de l'Harmattan, 2019, 978-2-343-17344-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...49 lines deleted...]
-                <w:t xml:space="preserve">hal-04768052v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04759138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1896,51 +1896,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A247B0E1"/>
+    <w:nsid w:val="D24CF675"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2127,51 +2127,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/martial-manet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/237844265" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145616v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Deneuville" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Manet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933196v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insaf Rezagui" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768108v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768085v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768081v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768065v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Soufi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768040v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768096v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768099v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768093v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768089v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768028v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995523v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759149v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759138v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759129v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Davies" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loanh Mirande" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Paula O&#8217;donohoe Villota" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60923/uech2024-1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768116v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Klipfel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768052v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04078896v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/martial-manet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/237844265" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995523v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Deneuville" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Manet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933196v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insaf Rezagui" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145616v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768108v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768085v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768081v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768065v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Soufi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768040v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768093v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768099v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768096v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768089v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768028v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768052v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759129v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Davies" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loanh Mirande" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Paula O&#8217;donohoe Villota" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60923/uech2024-1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768116v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Klipfel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759149v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759138v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04078896v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>