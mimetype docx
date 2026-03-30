--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -111,4154 +111,4154 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La nécropole de Vannes/&amp;lt;em&amp;gt;Darioritum&amp;lt;/em&amp;gt; : données inédites sur les pratiques funéraires armoricaines dans un secteur occupé du I&amp;lt;sup&amp;gt;er&amp;lt;/sup&amp;gt; au IV&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; s. apr. J.-C.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaïg Le Martret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Grall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Alascia Morado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Demarest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gallia - Archéologie des Gaules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 81, pp.101-154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/12daj⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04715347v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouveau regard sur le site de Saint-Colomban à Carnac (Morbihan) : apport des travaux récents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gallou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloë Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Laurent Monnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.7-30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05067243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouveau regard sur le site de Saint-Colomban à Carnac (Morbihan) : apport des travaux récents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gallou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Laurent Monnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Varia, 38, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rao.8059⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03855786v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Au milieu des flots, l’abri-sous-roche de Roc’h Santeg Leton (Santec, Finistère). Une fouille d’urgence d’occupations du Paléolithique moyen à l’âge du Fer en stratigraphie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégor Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Mougne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 60 (1), pp.67-122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/galliap.1972⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03024292v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A first note on the excavations at UAQ38, a new Neolithic site in the Emirate of Umm al-Quwain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Degli Esposti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Borgi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gallou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Lidour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arabian Archaeology and Epigraphy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 31 (1), pp.105-118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/aae.12133⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02363405v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sondage archéologique d'urgence sur un amas coquillier de l'Île de Sein : le patrimoine révélé au gré des tempêtes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Dutouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Borvon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de l'AMARAI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 33, pp.7-28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03418236v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le projet ALeRT dans son contexte national et européen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Lopez-Romero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Estrans, l'archéologie entre terre et mer, 156, pp.65-66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/nda.7061⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02301599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouvelles recherches à l'île du Bec, Lampaul-Ploudalmézeau (Finistère)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Arzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Langouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de l'AMARAI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 31, pp.47-68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02122941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les îles Trévorc'h à Saint-Pabu (Finistère) : un patrimoine au péril des mers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Dutouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Langouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Quesnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de l'AMARAI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 31, pp.69-86</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02123887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le littoral morbihannais. Le projet ALeRT au chevet d’un patrimoine menacé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin et mémoires de la Société polymathique du Morbihan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 144, pp.121-136</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01954171v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Projet ALeRT : focus sur le Finistère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Lopez-Romero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Penn ar Bed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 151, pp.40-41</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02296711v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changements côtiers sur le littoral atlantique : la Cornouaille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pau Olmos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Lopez-Romero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société archéologique du Finistère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 145, pp.33-54</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01942350v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Découverte d'un ensemble mégalithique à la pointe des Chats, Île de Groix (Morbihan)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gouézin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Cousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de l'AMARAI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, n°30, pp.53-68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01952332v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un premier inventaire des sites préhistoriques submergés au large des côtes françaises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Billard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Billaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bizien-Jaglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de l'AMARAI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, n°29, pp.5-49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01952427v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les apports de l’archéologie subaquatique au projet européen &amp;quot;ARCH-MANCHE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Langouët</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Le Ru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégor Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire maritime</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 21, pp.21-43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.70551/DXWE2681⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02337826v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changements côtiers sur le littoral de la Manche: la côte d’Émeraude, au cœur du projet interdisciplinaire européen &amp;quot;Arch-Manche&amp;quot;.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pau Olmos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Langouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Motte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Dossiers du Centre régional archéologique d'Alet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01798738v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Rapport (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Île-D’Yeu (Vendée), Pointe de Gilberge. Un tumulus face à la mer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloë Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Mayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle-Anne Denat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvon Dréano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Favrel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Service régional d'archéologie Pays de la Loire. 2024, pp.117</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05216794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corzé (Maine-et-Loire), ZAC du Moulin à vent.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Le Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sammy Ben Makhad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klet Donnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Favrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Pays de la Loire. 2024, pp.226</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05216621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corzé (49), ZAC du Moulin à vent.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Le Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sammy Ben Makhad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klet Donnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Favrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eveha - Etudes et valorisations archéologiques (Limoges); SRA - Pays de la Loire. 2024, 226 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04833016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauves-sur-Loire (Loire-Atlantique). 192, Chemin de la Piletière. Une petite fenêtre d'observation sur l'agglomération antique malvienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Grall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Demarest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Grall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Laforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaïg Le Martret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Nouvelle-Aquitaine. 2024, pp.330</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05216625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauves-sur-Loire (44), Pontereau et Piletière - Tranche 2, Chemin du Théâtre Romain. Des origines gauloises pour une agglomération antique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Dumas-Lattaque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dufay-Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klet Donnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Dubreucq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Centre-Val de Loire. 2023, pp.553</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05210667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rennes (35), 265 Boulevard de la Robiquette.</w:t>
-[...58 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Eveha - Etudes et valorisations archéologiques (Limoges); Service régional d'archéologie de Bretagne. 2022, pp.104</w:t>
+                <w:t xml:space="preserve">Cercottes (45), Le pont de la Chicane. Un tronçon d'un axe de circulation du haut-Empire et des occupations de l'Antiquité tardive à l'Époque contemporaine dans le cadran sud-est du passage de la Retrève</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Martineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romaric Boquart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Brenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laureline Cinçon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Eveha - Etudes et valorisations archéologiques (Limoges); Service régional de l'Archéologie Centre-Val de Loire. 2022, pp.416</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04193495v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04193484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Moutiers-en-Retz (44), ZAC Du Quartier Du Diable. Des Traces d'occupation Du Néolithique Final à l'époque Contemporaine</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Rapport Final d'opération archéologique (fouille préventive), Eveha - Etudes et valorisations archéologiques (Limoges); Service régional de l'archéologie Pays de la Loire. 2022, pp.275</w:t>
+                <w:t xml:space="preserve">Rennes (35), 265 Boulevard de la Robiquette.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaïg Le Martret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Dufay-Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Grall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Eveha - Etudes et valorisations archéologiques (Limoges); Service régional d'archéologie de Bretagne. 2022, pp.104</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04165018v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04193495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Moutiers en Retz (44), ZAC du Quartier du diable.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Les Moutiers-en-Retz (44), ZAC Du Quartier Du Diable. Des Traces d'occupation Du Néolithique Final à l'époque Contemporaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Barracand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle-Anne Denat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvon Dréano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Favrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Eveha. 2022</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Rapport Final d'opération archéologique (fouille préventive), Eveha - Etudes et valorisations archéologiques (Limoges); Service régional de l'archéologie Pays de la Loire. 2022, pp.275</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">halshs-03762018v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04165018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cercottes (45), Le pont de la Chicane. Un tronçon d'un axe de circulation du haut-Empire et des occupations de l'Antiquité tardive à l'Époque contemporaine dans le cadran sud-est du passage de la Retrève</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laureline Cinçon</w:t>
+                <w:t xml:space="preserve">Les Moutiers en Retz (44), ZAC du Quartier du diable.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Barracand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvon Dréano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Favrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Grall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Eveha - Etudes et valorisations archéologiques (Limoges); Service régional de l'Archéologie Centre-Val de Loire. 2022, pp.416</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Eveha. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04193484v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03762018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Menez-Dregan I : sécurisation des dépôts restants, rapport de sondage 2021</w:t>
-[...71 lines deleted...]
-              <w:t xml:space="preserve">UMR 6566 CReAAH. 2021</w:t>
+                <w:t xml:space="preserve">Amanlis (35), Le Bois de Teillay, Tranche 1 Occupations funéraires protohistoriques et établissement rural du bas Moyen Âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Toron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Le Faou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Bellavia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Laforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Service régional d'archéologie de Bretagne. 2021, pp.331</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">halshs-05066857v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05207967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jaulnes (77), ZAC du parc de Choyau</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Brenot</w:t>
+                <w:t xml:space="preserve">Menez-Dregan I : sécurisation des dépôts restants, rapport de sondage 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gallou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Klet Donnart</w:t>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Service régional d'archéologie d'Île-de-France. 2021, pp.289</w:t>
+                <w:t xml:space="preserve">Chloë Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">UMR 6566 CReAAH. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05206878v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05066857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cossé-Le-Vivien (53), Contournement de la RD N°771/RD N°4, Lot 1 (Site 1 : Le Pont - Site 2 : La Gauleleyère - Site 3 : Le Plessis-Montsion Neuf). Des occupations rurales du Néolithique à nos jours sur le versant oriental de l'Oudon</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Demarest</w:t>
+                <w:t xml:space="preserve">Jaulnes (77), ZAC du parc de Choyau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Barracand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Apostolides</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Brenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Dupart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'archéologie Pays de la Loire. 2021, pp.591 (vol.1), 227 (vol.2)</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Service régional d'archéologie d'Île-de-France. 2021, pp.289</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05207354v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05206878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amanlis (35), Le Bois de Teillay, Tranche 1 Occupations funéraires protohistoriques et établissement rural du bas Moyen Âge</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marine Laforge</w:t>
+                <w:t xml:space="preserve">Cossé-Le-Vivien (53), Contournement de la RD N°771/RD N°4, Lot 1 (Site 1 : Le Pont - Site 2 : La Gauleleyère - Site 3 : Le Plessis-Montsion Neuf). Des occupations rurales du Néolithique à nos jours sur le versant oriental de l'Oudon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Le Clézio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Dufay-Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Lagarrigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Connan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Demarest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Service régional d'archéologie de Bretagne. 2021, pp.331</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'archéologie Pays de la Loire. 2021, pp.591 (vol.1), 227 (vol.2)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05207967v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05207354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arques-la-Bataille (76), RD 154 - Voie ferrée. Une occupation saisonnière du néolithique récent-final en fond de vallée et des indices d'activités de la Protohistoire à l'Époque contemporaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Barracand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Bellavia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klet Donnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Laforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Lotton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eveha - Etudes et valorisations archéologiques (Limoges); Service régional d'Archéologie de Bretagne. 2020, pp.496</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05192490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saint-Michel-Chef-Chef (44), 9 avenue des Rochettes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Gourmelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloë Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svenja Höltkemeier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dufay-Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Laforge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Eveha - Etudes et valorisations archéologiques (Limoges); Service régional de l'archéologie Pays de la Loire. 2020, pp.164</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04576126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plage de Plougasnou Saint-Jean-du-Doigt (Finistère). Rapport de la fouille programmée sur estran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Aoustin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Borvon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Dutouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] DRASSM. 2019, 124 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05088882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archéologie, Littoral et Réchauffement Terrestre – Les zones côtières et les événements climatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annette Flageul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport Technique] 2018-043, SRA Bretagne. 2018, 59 p. + annexes</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02296768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des squelettes dans la dune de Neiz Vran (Kerlouan, Finistère)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecilia Rodriguez Loredo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Aballéa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport Technique] 2018-163, SRA Bretagne. 2018, 34 p. + annexes</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02296758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet Fondation de France : Quel devenir pour le patrimoine culturel sur les côtes françaises de la Manche et de l’Atlantique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] CReAAH; Fondation de France. 2017, pp.14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02343340v1</w:t>
-              </w:r>
-[...1913 lines deleted...]
-                <w:t xml:space="preserve">hal-01798738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4276,77 +4276,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Témoignage sur les fours à goémon en tant que patrimoine à préserver : l’exemple de la commune de Lampaul-Plouarzel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gruet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yves Gruet et Alain Mercier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les fours à goémon, de Chausey à l’île d’Yeu. Etude d’un patrimoine méconnu</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hors série 2023, AMARAI, pp.227-232, 2023</w:t>
@@ -4388,77 +4388,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inventaire et caractéristiques des fours à goémon de Bretagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gruet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Arzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Dutouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Gandois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4498,329 +4498,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04253137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Architectural study of an Iron Age rampart undergoing destruction: Guennoc Island, Landéda (Finistère, France)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Chapter 12 France: Submerged Prehistory on Atlantic and Mediterranean Coasts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Billard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Martin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Florian Cousseau and Luc Laporte (eds). </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">G. Bailey; N. Galanidou; H. Peeters; H. Jöns and M. Mennenga. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pre and Protohistoric Stone Architectures: Comparisons of the Social and Technical Contexts Associated to Their Building. Proceedings of the XVIII UISPP World Congress (4-9 June 2018, Paris, France) Volume 1, Session XXXII-3</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Archaeology of Europe’s Drowned Landscapes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.249-280, 2020, Coastal Research Library 35, 978-3-030-37367-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-37367-2_12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02886515v1</w:t>
+                <w:t xml:space="preserve">hal-02486572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapter 12 France: Submerged Prehistory on Atlantic and Mediterranean Coasts</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Architectural study of an Iron Age rampart undergoing destruction: Guennoc Island, Landéda (Finistère, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Cousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">G. Bailey; N. Galanidou; H. Peeters; H. Jöns and M. Mennenga. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Florian Cousseau and Luc Laporte (eds). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Archaeology of Europe’s Drowned Landscapes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pre and Protohistoric Stone Architectures: Comparisons of the Social and Technical Contexts Associated to Their Building. Proceedings of the XVIII UISPP World Congress (4-9 June 2018, Paris, France) Volume 1, Session XXXII-3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Archaeopress, pp.144-161, 2020, 978-1-78969-545-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Springer</w:t>
-[...31 lines deleted...]
-                <w:t xml:space="preserve">hal-02486572v1</w:t>
+                <w:t xml:space="preserve">hal-02886515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erosión litoral y participación cuidadana en el Oeste de Francia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pau Olmos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elias Lopez-Romero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Peres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4862,103 +4862,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La production de sel sur le littoral breton aux âges du Fer : un point sur l’évolution technologique et les implications sociales et environnementales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Baudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bizien-Jaglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Langouët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Stéphane Marion; Sylvie Deffressigne; Jenny Kaurin; Gérard Bataille. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Production et proto-industrialisation aux âges du Fer : perspectives sociales et environnementales. Actes du 39e colloque international de l’Association française pour l’étude de l’âge du Fer (Nancy, 14-17 mai 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mémoires (47), </w:t>
@@ -5000,51 +5000,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Obtenir du sel par la méthode ignigène : approche expérimentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fabienne Olmer; Réjane Roure. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Gaulois au fil de l’eau. Actes du 37e colloque de l’Association française pour l’étude de l’âge du Fer (Montpellier, 7-11 mai 2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mémoires (39), </w:t>
@@ -5086,103 +5086,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changements côtiers sur le littoral de la Manche : la côte d’Emeraude, au cœur du projet interdisciplinaire européen « Arch-Manche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pau Olmos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Langouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwige Motte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Dossiers du centre Régional d’Archéologie d’Alet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 42, centre regional d'Archéologie d'Alet, pp.43-71, 2014</w:t>
@@ -5243,103 +5243,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Travaux récents sur le Paléolithique moyen du Finistère : le site de Roc’h Santeg Leton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégor Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pau Olmos Benlloch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Laforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence « Le Paléolithique en Finistère : actualités de la recherche »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Plouhinec, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5364,103 +5364,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A prehistoric rock shelter in the middle of the Channel (Brittany, France): maritime threats and archaeological solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégor Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pau Olmos Benlloch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Laforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th Annual Meeting of the European Association of Archaeologists (EAA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Association of Archaeologists, Sep 2018, Barcelona, Spain</w:t>
@@ -5489,90 +5489,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le site de Trez-Rouz (Camaret, presqu’île de Crozon)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Laforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Aoustin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Leroyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5610,51 +5610,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ALeRT au chevet d’un patrimoine menacé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence « Le Paléolithique en Finistère : actualités de la recherche »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Plouhinec, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5679,64 +5679,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quel devenir pour le littoral Manche-Atlantique et son patrimoine ? Apport de l’interdisciplinarité et de la science participative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Entre Mer et Océan : archéologie et paysage littoral, Workshop International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Empúries, Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5761,64 +5761,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quel devenir pour le littoral Manche-Atlantique et son patrimoine ? Apport de l’interdisciplinarité et de la science participative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6èmes journées littorales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fondation de France, Mar 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5843,64 +5843,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The French “ALeRT” project: a participate approach at the bedside of the threatened archaeological heritage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Citizan annual conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Bristol, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5919,243 +5919,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02343277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coastal and Island heritage at risk along the European Atlantic façade: answers from the Alert project (Archaeology, Coasts and Climate Change) (France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Archéologie du Littoral : témoignage patrimonial de la montée du niveau marin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Lopez-Romero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pau Olmos Benlloch</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Elias Lopez-Romero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Landscape Archaeology Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Uppsala, Sweden</w:t>
+              <w:t xml:space="preserve">Colloque Atlantys. How we think about the end of the World : imagining and surviving disasters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02343283v1</w:t>
+                <w:t xml:space="preserve">hal-02343278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archéologie du Littoral : témoignage patrimonial de la montée du niveau marin</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Coastal and Island heritage at risk along the European Atlantic façade: answers from the Alert project (Archaeology, Coasts and Climate Change) (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pau Olmos Benlloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elias Lopez-Romero</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pau Olmos Benlloch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Atlantys. How we think about the end of the World : imagining and surviving disasters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Nantes, France</w:t>
+              <w:t xml:space="preserve">Landscape Archaeology Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Uppsala, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02343278v1</w:t>
+                <w:t xml:space="preserve">hal-02343283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6173,64 +6173,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ALeRT : l'archéologie littorale versus l'érosion. Chronique 2016-2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du "CReAAH", Archéologie, Archéosciences, Histoire, Rennes, 12-13 mai 2017. Résumés des communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, pp.22-23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6255,90 +6255,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La poursuite du projet ALeRT grâce à la Fondation de France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elias Lopez-Romero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pau Olmos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée du "CReAAH", Archéologie, Archéosciences, Histoire, Rennes, 2 avril 2016. Résumés des communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, pp.1-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6363,64 +6363,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le CReAAH à l'heure de l'Europe : du projet &amp;quot;Arch-Manche&amp;quot; au projet &amp;quot;CCC' : Common Cultural Connections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pau Olmos Benlloch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6548,51 +6548,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4A784FE8"/>
+    <w:nsid w:val="BF1391FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6779,51 +6779,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/martin-chloe" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216794v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#235; Martin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mayer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle-Anne Denat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Dr&#233;ano" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Favrel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216621v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Le Maire" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Leroy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sammy Ben Makhad" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klet Donnart" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04833016v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216625v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Grall" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Demarest" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grall" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Laforge" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#239;g Le Martret" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210667v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dumas-Lattaque" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dufay-Garel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bernard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Dubreucq" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193495v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Martin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165018v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Barracand" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Brunet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle-Anne Denat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03762018v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193484v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jouet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Martineau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Boquart" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Brenot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Cin&#231;on" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066857v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lyse Ravon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gallou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gu&#233;gan" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Antoine" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206878v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Apostolides" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Dupart" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05207354v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Cl&#233;zio" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lagarrigue" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Connan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05207967v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Toron" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Le Faou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Bellavia" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192490v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Bellavia" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Lotton" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576126v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gourmelon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svenja H&#246;ltkemeier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05088882v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yvane Daire" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aoustin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bernard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Borvon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Dutouquet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02296768v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Flageul" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02296758v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Rodriguez Loredo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Aball&#233;a" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02343340v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04715347v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Alascia Morado" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12daj" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855786v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Laurent Monnier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.8059" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067243v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02363405v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Degli Esposti" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Borgi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Lidour" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aae.12133" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03418236v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dupont" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024292v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gor Marchand" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mougne" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.1972" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02301599v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Lopez-Romero" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.7061" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02122941v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Andr&#233;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Arzel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bernard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Langouet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01954171v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02123887v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Quesnel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02296711v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01942350v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pau Olmos" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01952332v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gou&#233;zin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Cousseau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Robert" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01952427v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Billard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Billaud" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bizien-Jaglin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02337826v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Langou&#235;t" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Le Ru" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/DXWE2681" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01798738v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Motte" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04253139v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gruet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04253137v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Gandois" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02886515v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Duval" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486572v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/gb/book/9783030373665" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-37367-2_12" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01948572v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Peres" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02343285v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Baudry" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ausoniuseditions.u-bordeaux-montaigne.fr/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-03990589v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099982v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291621v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pau Olmos Benlloch" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291653v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291619v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Leroyer" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02296726v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02069380v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02071340v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02343277v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02343283v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02343278v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01954207v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01947286v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02465782v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/martin-chloe" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04715347v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#239;g Le Martret" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grall" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Brunet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Alascia Morado" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Demarest" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12daj" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067243v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lyse Ravon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gallou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#235; Martin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Laurent Monnier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855786v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Martin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.8059" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024292v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gor Marchand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yvane Daire" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mougne" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.1972" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02363405v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Degli Esposti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Borgi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Lidour" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aae.12133" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03418236v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Dutouquet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Borvon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dupont" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02301599v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Lopez-Romero" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.7061" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02122941v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Andr&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Arzel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bernard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Langouet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02123887v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Quesnel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01954171v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02296711v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01942350v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pau Olmos" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01952332v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gou&#233;zin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Cousseau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Robert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01952427v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Billard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Billaud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bizien-Jaglin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02337826v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Langou&#235;t" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Le Ru" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/DXWE2681" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01798738v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Motte" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216794v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mayer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle-Anne Denat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Dr&#233;ano" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Favrel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216621v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Le Maire" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Leroy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sammy Ben Makhad" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klet Donnart" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04833016v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216625v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Grall" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Laforge" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210667v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dumas-Lattaque" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dufay-Garel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bernard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Dubreucq" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193484v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jouet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Martineau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Boquart" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Brenot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Cin&#231;on" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193495v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165018v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Barracand" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle-Anne Denat" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03762018v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05207967v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Toron" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Le Faou" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Bellavia" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066857v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gu&#233;gan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Antoine" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206878v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Apostolides" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Dupart" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05207354v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Cl&#233;zio" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lagarrigue" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Connan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192490v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Bellavia" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Lotton" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576126v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gourmelon" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svenja H&#246;ltkemeier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05088882v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aoustin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bernard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02296768v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Flageul" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02296758v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Rodriguez Loredo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Aball&#233;a" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02343340v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04253139v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gruet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04253137v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Gandois" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486572v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/gb/book/9783030373665" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-37367-2_12" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02886515v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Duval" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01948572v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Peres" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02343285v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Baudry" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ausoniuseditions.u-bordeaux-montaigne.fr/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-03990589v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099982v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291621v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pau Olmos Benlloch" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291653v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291619v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Leroyer" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02296726v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02069380v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02071340v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02343277v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02343278v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02343283v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01954207v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01947286v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02465782v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>