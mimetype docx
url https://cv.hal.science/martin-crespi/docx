--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -100,1139 +100,1139 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long noncoding RNAs in plant chromatin 3D conformation dynamics</w:t>
+                <w:t xml:space="preserve">The transcription factor NF-YA10 determines the area explored by Arabidopsis thaliana roots through direct regulation of LAZY and TAC genes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilia Feuerstein</w:t>
+                <w:t xml:space="preserve">Andana Barrios</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Manavella</w:t>
+                <w:t xml:space="preserve">Nicolas Gaggion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Crespi</w:t>
+                <w:t xml:space="preserve">Natanael Mansilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucia Ferrero</w:t>
+                <w:t xml:space="preserve">Leandro Lucero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federico Ariel</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thomas Blein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Plant Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 88, pp.102817. </w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 121 (5), pp.e70016. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.pbi.2025.102817⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1101/2023.04.26.538431⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05525566v1</w:t>
+                <w:t xml:space="preserve">hal-04299899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subunit 3 of the SUPERKILLER complex mediates microRNA172-directed cleavage of Nodule Number Control 1 in Medicago truncatula</w:t>
+                <w:t xml:space="preserve">Antisense-mediated regulation of nitric oxide biosynthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soledad Traubenik</w:t>
+                <w:t xml:space="preserve">Wil Prall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mauricio Alberto Reynoso</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Martin Crespi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/plphys/kiaf425⟩</w:t>
+              <w:t xml:space="preserve">Molecular Plant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 18 (5), pp.735-737. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.molp.2025.03.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05409917v1</w:t>
+                <w:t xml:space="preserve">hal-05208737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antisense-mediated regulation of nitric oxide biosynthesis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Alternative Splicing Dynamics in Plant Adaptive Responses to Stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdulrahman Alhabsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Ling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Crespi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anireddy S N Reddy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wil Prall</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Martin Crespi</w:t>
+                <w:t xml:space="preserve">Magdy Mahfouz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 18 (5), pp.735-737. </w:t>
+              <w:t xml:space="preserve">Annual Review of Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 76 (1), pp.687-717. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.molp.2025.03.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1146/annurev-arplant-083123-090055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05208737v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05461431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alternative Splicing Dynamics in Plant Adaptive Responses to Stress</w:t>
+                <w:t xml:space="preserve">Arabidopsis SGS3 is recruited to chromatin by CHR11 to select RNA that initiate siRNA production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdulrahman Alhabsi</w:t>
+                <w:t xml:space="preserve">Taline Elmayan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Blein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yu Ling</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Martin Crespi</w:t>
+                <w:t xml:space="preserve">Emilie Elvira-Matelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anireddy S N Reddy</w:t>
+                <w:t xml:space="preserve">Ivan Le Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magdy Mahfouz</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aurélie Christ</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Review of Plant Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 76 (1), pp.687-717. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (1), pp.2978. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1146/annurev-arplant-083123-090055⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-57394-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05461431v1</w:t>
+                <w:t xml:space="preserve">hal-05012332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The transcription factor NF-YA10 determines the area explored by Arabidopsis thaliana roots through direct regulation of LAZY and TAC genes</w:t>
+                <w:t xml:space="preserve">Subunit 3 of the SUPERKILLER complex mediates microRNA172-directed cleavage of Nodule Number Control 1 in Medicago truncatula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andana Barrios</w:t>
+                <w:t xml:space="preserve">Soledad Traubenik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Gaggion</w:t>
+                <w:t xml:space="preserve">Mauricio Alberto Reynoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natanael Mansilla</w:t>
+                <w:t xml:space="preserve">Francisco Sánchez-Rodríguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leandro Lucero</w:t>
+                <w:t xml:space="preserve">Milagros Yacullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Blein</w:t>
+                <w:t xml:space="preserve">Aurelie Christ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 121 (5), pp.e70016. </w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 199 (2), pp.kiaf425. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1101/2023.04.26.538431⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/plphys/kiaf425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04299899v1</w:t>
+                <w:t xml:space="preserve">hal-05409917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arabidopsis SGS3 is recruited to chromatin by CHR11 to select RNA that initiate siRNA production</w:t>
+                <w:t xml:space="preserve">Long noncoding RNAs in plant chromatin 3D conformation dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taline Elmayan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Blein</w:t>
+                <w:t xml:space="preserve">Emilia Feuerstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Elvira-Matelot</w:t>
+                <w:t xml:space="preserve">Pablo Manavella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivan Le Masson</w:t>
+                <w:t xml:space="preserve">Lucia Ferrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Christ</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Federico Ariel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16 (1), pp.2978. </w:t>
+              <w:t xml:space="preserve">Current Opinion in Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 88, pp.102817. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-57394-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.pbi.2025.102817⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05012332v1</w:t>
+                <w:t xml:space="preserve">hal-05525566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epigenetic control during root development and symbiosis</w:t>
+                <w:t xml:space="preserve">An atlas of the tomato epigenome reveals that KRYPTONITE shapes TAD-like boundaries through the control of H3K9ac distribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">María Eugenia Zanetti</w:t>
+                <w:t xml:space="preserve">Jing An</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flavio Blanco</w:t>
+                <w:t xml:space="preserve">Rim Brik Chaouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milagros Ferrari</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Federico Ariel</w:t>
+                <w:t xml:space="preserve">Leonardo Pereyra-Bistraín</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthias Benoit</w:t>
+                <w:t xml:space="preserve">Hugo Zalzalé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qingyi Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/plphys/kiae333⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 121 (28), pp.e2400737121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2400737121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04646016v1</w:t>
+                <w:t xml:space="preserve">hal-04731984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When splicing meets transgene DNA methylation to uncover elite alleles for plant yield</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Epigenetic control during root development and symbiosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Crespi</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">María Eugenia Zanetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavio Blanco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milagros Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ariel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nph.19858⟩</w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 196, pp.697-710. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/plphys/kiae333⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05066700v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04646016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An atlas of the tomato epigenome reveals that KRYPTONITE shapes TAD-like boundaries through the control of H3K9ac distribution</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">When splicing meets transgene DNA methylation to uncover elite alleles for plant yield</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Zalzalé</w:t>
+                <w:t xml:space="preserve">J. Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qingyi Wang</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. Crespi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 121 (28), pp.e2400737121. </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 243 (5), pp.1631-1632. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.2400737121⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/nph.19858⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04731984v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05066700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic–epigenetic interplay in the determination of plant 3D genome organization</w:t>
               </w:r>
@@ -1270,51 +1270,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonardo I Pereyra-Bistrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ying Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jing An</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 52 (17), pp.10220-10234. </w:t>
@@ -1391,64 +1391,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wenli Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Benhamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Ariel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trends in Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 29 (11), pp.1224-1244. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1534,51 +1534,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianela Cueva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florencia Botto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Christ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Phytologist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
@@ -1610,619 +1610,619 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04567150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of ribosome composition and ribosomal protein phosphorylation in immune signaling in Arabidopsis thaliana</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">HSFA1a modulates plant heat stress responses and alters the 3D chromatin organization of enhancer-promoter interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ying Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jing An</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Siodmak</w:t>
+                <w:t xml:space="preserve">Sanchari Sircar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federico Martinez-Seidel</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Hanna Alhoraibi</w:t>
+                <w:t xml:space="preserve">Clara Bergis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Dias Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nar/gkad827⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-36227-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04495163v1</w:t>
+                <w:t xml:space="preserve">hal-04062805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The long intergenic noncoding RNA ARES modulates root architecture in Arabidopsis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transcription factors KANADI 1, MYB DOMAIN PROTEIN 44, and PHYTOCHROME INTERACTING FACTOR 4 regulate long intergenic noncoding RNAs expressed in Arabidopsis roots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Li Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Heidecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Depuydt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Roulé</w:t>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Nicolas Manosalva Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IUBMB Life</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/iub.2761⟩</w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 193 (3), pp.1933-1953. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/plphys/kiad360⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04299803v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04299815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HSFA1a modulates plant heat stress responses and alters the 3D chromatin organization of enhancer-promoter interactions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jing An</w:t>
+                <w:t xml:space="preserve">Dynamics of ribosome composition and ribosomal protein phosphorylation in immune signaling in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Siodmak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Martinez-Seidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sanchari Sircar</w:t>
+                <w:t xml:space="preserve">Naganand Rayapuram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clara Bergis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Chloé Dias Lopes</w:t>
+                <w:t xml:space="preserve">Jeremie Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanna Alhoraibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-36227-3⟩</w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 51 (21), pp.11876-11892. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkad827⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04062805v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04495163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcription factors KANADI 1, MYB DOMAIN PROTEIN 44, and PHYTOCHROME INTERACTING FACTOR 4 regulate long intergenic noncoding RNAs expressed in Arabidopsis roots</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The long intergenic noncoding RNA ARES modulates root architecture in Arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Heidecker</w:t>
+                <w:t xml:space="preserve">Thomas Roulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Depuydt</w:t>
+                <w:t xml:space="preserve">María Florencia Legascue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andana Barrios</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Manosalva Perez</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Nicolás Gaggion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 193 (3), pp.1933-1953. </w:t>
+              <w:t xml:space="preserve">IUBMB Life</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 75 (10), pp.880-892. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/plphys/kiad360⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/iub.2761⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04299815v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04299803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synergistic action of the Arabidopsis spliceosome components PRP39a and SmD1b in promoting posttranscriptional transgene silencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Elvira-Matelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Blein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jauvion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2286,77 +2286,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pathogen-induced m6A dynamics affect plant immunity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wil Prall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arsheed Sheikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremie Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bigeard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2414,4205 +2414,4205 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04495080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spotlight: Antisense regulation of miRNA action during phosphate starvation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Long non-coding RNAs reveal new regulatory mechanisms controlling gene expression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 16 (8), pp.1249-1251. </w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 345 (4), pp.15-39. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.molp.2023.07.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5802/crbiol.106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04600689v1</w:t>
+                <w:t xml:space="preserve">hal-04313170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long non-coding RNAs reveal new regulatory mechanisms controlling gene expression</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Spotlight: Antisense regulation of miRNA action during phosphate starvation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soledad Traubenik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 345 (4), pp.15-39. </w:t>
+              <w:t xml:space="preserve">Molecular Plant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16 (8), pp.1249-1251. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5802/crbiol.106⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.molp.2023.07.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04313170v1</w:t>
+                <w:t xml:space="preserve">hal-04600689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The lncRNA MARS modulates the epigenetic reprogramming of the marneral cluster in response to ABA</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A high-resolution single-molecule sequencing-based Arabidopsis transcriptome using novel methods of Iso-seq analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nosheen Hussain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ying Huang</w:t>
+                <w:t xml:space="preserve">Runxuan Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Hartmann</w:t>
+                <w:t xml:space="preserve">Richard Kuo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Max Coulter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristiane Calixto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Carlos Entizne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.molp.2022.02.007⟩</w:t>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (1), pp.149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13059-022-02711-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03698779v1</w:t>
+                <w:t xml:space="preserve">hal-04313162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Arabidopsis APOLO and human UPAT sequence-unrelated long noncoding RNAs can modulate DNA and histone methylation machineries in plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Fonouni-Farde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Christ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Blein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María Florencia Legascue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucía Ferrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 23 (1), pp.181. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s13059-022-02750-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03768549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Rice Serine/Arginine Splicing Factor RS33 Regulates Pre-mRNA Splicing during Abiotic Stress Responses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haroon Butt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremie Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kasavajhala Prasad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nourelislam Awad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cells</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 11 (11), pp.1796. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/cells11111796⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04313167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A high-resolution single-molecule sequencing-based Arabidopsis transcriptome using novel methods of Iso-seq analysis</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Non-B DNA structures emerging from plant genomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Crespi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ariel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13059-022-02711-0⟩</w:t>
+              <w:t xml:space="preserve">Trends in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 27 (7), pp.624-626. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tplants.2022.03.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04313162v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04313171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-B DNA structures emerging from plant genomes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A conserved HSF :miR169: NF‐YA loop involved in tomato and Arabidopsis heat stress tolerance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sombir Rao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apoorva Gupta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chandni Bansal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Sorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tplants.2022.03.004⟩</w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 112 (1), pp.7-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tpj.15963⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04313171v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04305855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A conserved HSF :miR169: NF‐YA loop involved in tomato and Arabidopsis heat stress tolerance</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Silencing the conserved small nuclear ribonucleoprotein SmD1 target gene alters susceptibility to root-knot nematodes in plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chandni Bansal</w:t>
+                <w:t xml:space="preserve">Joffrey Mejias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celine Sorin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Martin Crespi</w:t>
+                <w:t xml:space="preserve">Yongpan Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nhat-My Truong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Mulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tpj.15963⟩</w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 189 (3), pp.1741-1756. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/plphys/kiac155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04305855v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03879983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silencing the conserved small nuclear ribonucleoprotein SmD1 target gene alters susceptibility to root-knot nematodes in plants</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Bazin</w:t>
+                <w:t xml:space="preserve">The lncRNA MARS modulates the epigenetic reprogramming of the marneral cluster in response to ABA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Roulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Christ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nhat-My Truong</w:t>
+                <w:t xml:space="preserve">Nosheen Hussain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ying Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Mulet</w:t>
+                <w:t xml:space="preserve">Caroline Hartmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 189 (3), pp.1741-1756. </w:t>
+              <w:t xml:space="preserve">Molecular Plant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15 (5), pp.1-58. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/plphys/kiac155⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.molp.2022.02.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03879983v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03698779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulatory long non-coding RNAs in root growth and development</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Insights into long non-coding RNA regulation of anthocyanin carrot root pigmentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constanza Chialva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Blein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thomas Blein</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Lijavetzky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical Society Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1042/BST20210743⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-83514-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03555826v1</w:t>
+                <w:t xml:space="preserve">hal-03324569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plant Long Noncoding RNAs: New Players in the Field of Post-Transcriptional Regulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Fonouni-Farde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Ariel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Non-Coding RNA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 7 (1), pp.1-15. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ncrna7010012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03334157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The lncRNA APOLO interacts with the transcription factor WRKY42 to trigger root hair cell expansion in response to cold</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Moison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Martínez Pacheco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leandro Lucero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Fonouni-Farde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Rodríguez-Melo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Plant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 14 (6), pp.937-948. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.molp.2021.03.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03331698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polycomb-dependent differential chromatin compartmentalization determines gene co-regulation in Arabidopsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ying Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanchari Sicar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan S Ramirez-Prado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Manza-Mianza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Antunez-Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 31 (7), pp.1-63. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1101/gr.273771.120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03469045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ChronoRoot: High-throughput phenotyping by deep segmentation networks reveals novel temporal parameters of plant root system architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolás Gaggion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Ariel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Daric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Legendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GigaScience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 10 (7), pp.giab052. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/gigascience/giab052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03324566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights into long non-coding RNA regulation of anthocyanin carrot root pigmentation</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Overlapping roles of spliceosomal components SF3B1 and PHF5A in rice splicing regulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haroon Butt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremie Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahar Alshareef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayman Eid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussa Benhamed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-83514-4⟩</w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 4 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42003-021-02051-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03324569v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03331718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The root‐knot nematode effector MiEFF18 interacts with the plant core spliceosomal protein SmD1 required for giant cell formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joffrey Mejias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nhat‐my Truong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongpan Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marteu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Phytologist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 229 (6), pp.3408-3423. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/nph.17089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03148749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overlapping roles of spliceosomal components SF3B1 and PHF5A in rice splicing regulation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Regulatory long non-coding RNAs in root growth and development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Roulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Crespi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Blein</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 4 (1), </w:t>
+              <w:t xml:space="preserve">Biochemical Society Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.1-18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s42003-021-02051-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1042/BST20210743⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03331718v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03555826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-quality genome sequence of white lupin provides insight into soil exploration and seed quality</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">R-Loop Mediated trans Action of the APOLO Long Noncoding RNA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ariel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leandro Lucero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Christ</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bárbara Hufnagel</w:t>
+                <w:t xml:space="preserve">Maria Florencia Mammarella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André Marques</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Fanchon Divol</w:t>
+                <w:t xml:space="preserve">Teddy Jegu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-019-14197-9⟩</w:t>
+              <w:t xml:space="preserve">Molecular Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 77 (5), pp.1055-1065. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.molcel.2019.12.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04721448v1</w:t>
+                <w:t xml:space="preserve">hal-02964078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wheat chromatin architecture is organized in genome territories and transcription factories</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High-quality genome sequence of white lupin provides insight into soil exploration and seed quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Hufnagel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Marques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Soriano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorenzo Concia</w:t>
+                <w:t xml:space="preserve">Laurence Marquès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alaguraj Veluchamy</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Ying Huang</w:t>
+                <w:t xml:space="preserve">Fanchon Divol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13059-020-01998-1⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (1), pp.492. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-019-14197-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02571325v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02460008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Landscape of the Noncoding Transcriptome Response of Two Arabidopsis Ecotypes to Phosphate Starvation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Blein</w:t>
+                <w:t xml:space="preserve">Wheat chromatin architecture is organized in genome territories and transcription factories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Concia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaguraj Veluchamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coline Balzergue</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Roulé</w:t>
+                <w:t xml:space="preserve">Juan Ramirez-Prado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Gabriel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Scalisi</w:t>
+                <w:t xml:space="preserve">Azahara Martin-Ramirez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ying Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1104/pp.20.00446⟩</w:t>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (1), pp.1-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13059-020-01998-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02962421v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02571325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of the Small Family of Alternative Splicing Modulators Nuclear Speckle RNA-Binding Proteins in Plants</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jeremie Bazin</w:t>
+                <w:t xml:space="preserve">Landscape of the Noncoding Transcriptome Response of Two Arabidopsis Ecotypes to Phosphate Starvation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Blein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coline Balzergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Roulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johan Rodriguez Melo</w:t>
+                <w:t xml:space="preserve">Marc Gabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Ibañez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Martín Crespi</w:t>
+                <w:t xml:space="preserve">Laetitia Scalisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/genes11020207⟩</w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 183 (3), pp.1058-1072. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.20.00446⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02958706v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02962421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GCN5 modulates salicylic acid homeostasis by regulating H3K14ac levels at the 5′ and 3′ ends of its target genes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolution of the Small Family of Alternative Splicing Modulators Nuclear Speckle RNA-Binding Proteins in Plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leandro Lucero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremie Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Rodriguez Melo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soonkap Kim</w:t>
+                <w:t xml:space="preserve">Fernando Ibañez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Piquerez</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Alaguraj Veluchamy</w:t>
+                <w:t xml:space="preserve">Martín Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nar/gkaa369⟩</w:t>
+              <w:t xml:space="preserve">Genes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (2), pp.207. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/genes11020207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02889481v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02958706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Arabidopsis lnc RNA ASCO modulates the transcriptome through interaction with splicing factors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">GCN5 modulates salicylic acid homeostasis by regulating H3K14ac levels at the 5′ and 3′ ends of its target genes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soonkap Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Rigo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Bazin</w:t>
+                <w:t xml:space="preserve">Sophie Piquerez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Ramirez-Prado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natali Romero‐barrios</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Leandro Lucero</w:t>
+                <w:t xml:space="preserve">Emmanouil Mastorakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaguraj Veluchamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 21 (5), pp.1-19. </w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 48 (11), pp.5953-5966. </w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15252/embr.201948977⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkaa369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02991642v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02889481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R-Loop Mediated trans Action of the APOLO Long Noncoding RNA</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">The Arabidopsis lnc RNA ASCO modulates the transcriptome through interaction with splicing factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Rigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natali Romero‐barrios</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Moison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leandro Lucero</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Teddy Jegu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Cell</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 77 (5), pp.1055-1065. </w:t>
+              <w:t xml:space="preserve">EMBO Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (5), pp.1-19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.molcel.2019.12.015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.15252/embr.201948977⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02964078v1</w:t>
+                <w:t xml:space="preserve">hal-02991642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-quality genome sequence of white lupin provides insight into soil exploration and seed quality</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">To keep or not to keep: mRNA stability and translatability in root nodule symbiosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Eugenia Zanetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavio Blanco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara Hufnagel</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mauricio Reynoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martín Crespi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-019-14197-9⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 56, pp.109-117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pbi.2020.04.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02460008v1</w:t>
+                <w:t xml:space="preserve">hal-03216724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">To keep or not to keep: mRNA stability and translatability in root nodule symbiosis</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Role of MPK4 in pathogen-associated molecular pattern-triggered alternative splicing in Arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kiruthiga G Mariappan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yunhe Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Blein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronny Voelz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Plant Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pbi.2020.04.012⟩</w:t>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16 (4), pp.e1008401. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1008401⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03216724v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03015159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long noncoding RNAs shape transcription in plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leandro Lucero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Fonouni-Farde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Ariel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transcription</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 11 (3-4), pp.160-171. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/21541264.2020.1764312⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03217920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of MPK4 in pathogen-associated molecular pattern-triggered alternative splicing in Arabidopsis</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Plant transcription links environmental cues and phenotypic plasticity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Crespi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 16 (4), pp.e1008401. </w:t>
+              <w:t xml:space="preserve">Transcription</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (3-4), pp.97-99. </w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1008401⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/21541264.2020.1837498⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03015159v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03215156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plant transcription links environmental cues and phenotypic plasticity</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">High-quality genome sequence of white lupin provides insight into soil exploration and seed quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bárbara Hufnagel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Marques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Soriano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Marquès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanchon Divol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transcription</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/21541264.2020.1837498⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (1), pp.492. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-019-14197-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03215156v1</w:t>
+                <w:t xml:space="preserve">hal-04721448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterocyst formation under the control of a cell-specific antisense RNA</w:t>
+                <w:t xml:space="preserve">Assessing the Response of Small RNA Populations to Allopolyploidy Using Resynthesized Brassica napus Allotetraploids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diana Kirilovsky</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Paulina Martinez Palacios</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Jacquemot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Tapie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Rousselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mamoudou Diop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Cell Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/pcp/pcz140⟩</w:t>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 36 (4), pp.709-726. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msz007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02617907v1</w:t>
+                <w:t xml:space="preserve">hal-02383691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RNA-Mediated Plant Behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Misato Ohtani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yukio Kurihara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motoaki Seki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Cell Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 60 (9), pp.1893 - 1896. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/pcp/pcz168⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02619316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the Response of Small RNA Populations to Allopolyploidy Using Resynthesized Brassica napus Allotetraploids</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Agnes Rousselet</w:t>
+                <w:t xml:space="preserve">Alternative Splicing in the Regulation of Plant–Microbe Interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Rigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mamoudou Diop</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Céline Charon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 36 (4), pp.709-726. </w:t>
+              <w:t xml:space="preserve">Plant and Cell Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 60 (9), pp.1906-1916. </w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/molbev/msz007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/pcp/pcz086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02383691v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02383689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alternative Splicing in the Regulation of Plant–Microbe Interactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Richard Rigo</w:t>
+                <w:t xml:space="preserve">CRISPR directed evolution of the spliceosome for resistance to splicing inhibitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haroon Butt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayman Eid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Afaque Momin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Cell Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 60 (9), pp.1906-1916. </w:t>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20, pp.73. </w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/pcp/pcz086⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13059-019-1680-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02383689v1</w:t>
+                <w:t xml:space="preserve">hal-02383690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CRISPR directed evolution of the spliceosome for resistance to splicing inhibitors</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Heterocyst formation under the control of a cell-specific antisense RNA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Afaque Momin</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Diana Kirilovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 20, pp.73. </w:t>
+              <w:t xml:space="preserve">Plant and Cell Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 60 (8), pp.1631-1632. </w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13059-019-1680-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/pcp/pcz140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02383690v1</w:t>
+                <w:t xml:space="preserve">hal-02617907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuclear Speckle RNA Binding Proteins Remodel Alternative Splicing and the Non-coding Arabidopsis Transcriptome to Regulate a Cross-Talk Between Auxin and Immune Responses</w:t>
               </w:r>
@@ -6624,77 +6624,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natali Romero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Rigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Charon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Blein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 9, pp.1209. </w:t>
@@ -6732,51 +6732,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermopriming triggers splicing memory in Arabidopsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Ling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6892,51 +6892,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Waleed Albihlal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irabonosi Obomighie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Blein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramona Persad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7173,64 +7173,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Florencia Legascue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Benhamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Ariel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 46 (5), pp.2169-2184. </w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7264,64 +7264,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alternative splicing: the lord of the rings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Ariel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Plants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 3, pp.17065. </w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7368,51 +7368,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The microRNA390/TAS3 pathway mediates symbiotic nodulation and lateral root growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Vanesa Hobecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauricio Alberto Reynoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pilar Bustos-Sanmamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7541,51 +7541,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea L. Venturuzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria C. Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Plant Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 89 (1), pp.73 - 84. </w:t>
@@ -7757,64 +7757,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The &amp;lt;em&amp;gt;Arabidopsis&amp;lt;/em&amp;gt; SWI/SNF protein BAF60 mediates seedling growth control by modulating DNA accessibility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teddy Jegu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaguraj Veluchamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sebastien Ramirez Prado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7943,51 +7943,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sager J. Gosai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian D. Gregory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 114 (46), pp.E10018-E10027. </w:t>
@@ -8038,51 +8038,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antisense movement on the clock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Phytologist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 216 (3), pp.626-628. </w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8110,996 +8110,996 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02617740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LHP1 regulates H3K27me3 spreading and shapes the three-dimensional conformation of the arabidopsis genome</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Noncoding RNAs, emerging regulators in root endosymbioses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federico Damian Ariel</w:t>
+                <w:t xml:space="preserve">Christine Lelandais Briere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Latrasse</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jeremy Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hartmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Crespi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0158936⟩</w:t>
+              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 29 (3), pp.170-180. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/MPMI-10-15-0240-FI⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01602849v1</w:t>
+                <w:t xml:space="preserve">hal-02631079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One gene, many proteins: mapping cell-specific alternative splicing in lants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The nuclear ribonucleoprotein smd1 interplays with splicing, rna quality control, and posttranscriptional gene silencing in arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Elvira-Matelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Bardou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ariel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ranjan Swarup</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Martin Crespi</w:t>
+                <w:t xml:space="preserve">Vincent V. Jauvion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malcolm Bennett</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nathalie N. Bouteiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Cell</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 39 (4), pp.383-385. </w:t>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 28 (2), pp.426-438. </w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.devcel.2016.11.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1105/tpc.15.01045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01602941v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02637465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arabidopsis CLAVATA1 and CLAVATA2 receptors contribute to &amp;lt;em&amp;gt;Ralstonia solanacearum&amp;lt;/em&amp;gt; pathogenicity through a miR169-dependent pathway</w:t>
+                <w:t xml:space="preserve">One gene, many proteins: mapping cell-specific alternative splicing in lants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Hanemian</w:t>
+                <w:t xml:space="preserve">Ranjan Swarup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier X. Barlet</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Malcolm Bennett</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nph.13913⟩</w:t>
+              <w:t xml:space="preserve">Developmental Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 39 (4), pp.383-385. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.devcel.2016.11.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02636021v1</w:t>
+                <w:t xml:space="preserve">hal-01602941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noncoding RNAs, emerging regulators in root endosymbioses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Arabidopsis CLAVATA1 and CLAVATA2 receptors contribute to &amp;lt;em&amp;gt;Ralstonia solanacearum&amp;lt;/em&amp;gt; pathogenicity through a miR169-dependent pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Hanemian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier X. Barlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Sorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Lelandais Briere</w:t>
+                <w:t xml:space="preserve">Koste A. Yadeta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremy Moreau</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Harald Keller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 29 (3), pp.170-180. </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 211 (2), pp.502-515. </w:t>
             </w:r>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1094/MPMI-10-15-0240-FI⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/nph.13913⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02631079v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02636021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The nuclear ribonucleoprotein smd1 interplays with splicing, rna quality control, and posttranscriptional gene silencing in arabidopsis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Put your 3D glasses on: plant chromatin is on show</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Bardou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Federico Ariel</w:t>
+                <w:t xml:space="preserve">Natalia Y. Rodriguez-Granados</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent V. Jauvion</w:t>
+                <w:t xml:space="preserve">Juan S. Ramirez-Prado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaguraj Veluchamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie N. Bouteiller</w:t>
+                <w:t xml:space="preserve">David Latrasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1105/tpc.15.01045⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 67 (11), pp.3205-3221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erw168⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02637465v1</w:t>
+                <w:t xml:space="preserve">hal-02636519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection of generic differential RNA processing events from RNA-seq data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Du T Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oussema Souiai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natali Romero-Barrios</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Gautheret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RNA Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 13 (1), pp.59 - 67. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/15476286.2015.1118604⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01412593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Put your 3D glasses on: plant chromatin is on show</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Natalia Y. Rodriguez-Granados</w:t>
+                <w:t xml:space="preserve">LHP1 regulates H3K27me3 spreading and shapes the three-dimensional conformation of the arabidopsis genome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaguraj Veluchamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teddy Jegu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan S. Ramirez-Prado</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId310" w:history="1">
+                <w:t xml:space="preserve">Federico Damian Ariel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Latrasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Raynaud</w:t>
+                <w:t xml:space="preserve">Kiruthiga Gayathri Mariappan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 67 (11), pp.3205-3221. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (7), pp.1-25. </w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jxb/erw168⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0158936⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02636519v1</w:t>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Battles and hijacks: noncoding transcription in plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Ariel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natali Romero Barrios</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teddy Jegu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Benhamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trends in Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 20 (6), pp.362-371. </w:t>
             </w:r>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9175,51 +9175,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susana S. Araujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steve Beebe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martín Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno B. Delbreil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9313,77 +9313,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angel Martinez de Alba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Beatriz Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Gabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allison Mallory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Christ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 43 (5), pp.2902-2913. </w:t>
@@ -9473,51 +9473,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Furman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nazarena Ferreyra Solari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Ariel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant, Cell and Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 39 (1), pp.165-173. </w:t>
@@ -9555,103 +9555,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A SWI/SNF Chromatin Remodelling Protein Controls Cytokinin Production through the Regulation of Chromatin Architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teddy Jegu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Domenichini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Blein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Ariel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Christ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 10 (10), pp.e0138276. </w:t>
@@ -9741,51 +9741,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Ripodas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Ariel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 169 (4), pp.2761-2773. </w:t>
@@ -9817,2090 +9817,2090 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03082934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A miR169 isoform regulates specific NF-YA targets and root architecture in Arabidopsis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The small RNA diversity from Medicago truncatula roots under biotic interactions evidences the environmental plasticity of the miRNAome.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Declerck</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thomas Blein</w:t>
+                <w:t xml:space="preserve">Damien Formey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Sallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lelandais-Brière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linnan Ma</w:t>
+                <w:t xml:space="preserve">Cécile Ben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pilar Bustos-Sanmamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 202 (4), pp.1197-1211. </w:t>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 15 (9), pp.457. </w:t>
             </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/nph.12735⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13059-014-0457-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02379657v1</w:t>
+                <w:t xml:space="preserve">hal-02635888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The small RNA diversity from Medicago truncatula roots under biotic interactions evidences the environmental plasticity of the miRNAome.</w:t>
+                <w:t xml:space="preserve">The BAF60 Subunit of the SWI/SNF Chromatin-Remodeling Complex Directly Controls the Formation of a Gene Loop at FLOWERING LOCUS C in Arabidopsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Formey</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christine Lelandais-Brière</w:t>
+                <w:t xml:space="preserve">Teddy Jégu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Latrasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Ben</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pilar Bustos-Sanmamed</w:t>
+                <w:t xml:space="preserve">Marianne Delarue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heribert Hirt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Domenichini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13059-014-0457-4⟩</w:t>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 26 (2), pp.538-551. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1105/tpc.113.114454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02635888v1</w:t>
+                <w:t xml:space="preserve">hal-02636131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The BAF60 Subunit of the SWI/SNF Chromatin-Remodeling Complex Directly Controls the Formation of a Gene Loop at FLOWERING LOCUS C in Arabidopsis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Latrasse</w:t>
+                <w:t xml:space="preserve">Long Noncoding RNA Modulates Alternative Splicing Regulators in Arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Bardou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ariel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marianne Delarue</w:t>
+                <w:t xml:space="preserve">Craig G. Simpson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natali Romero-Barrios</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heribert Hirt</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Séverine Domenichini</w:t>
+                <w:t xml:space="preserve">Philippe Laporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant cell</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 26 (2), pp.538-551. </w:t>
+              <w:t xml:space="preserve">Developmental Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 30 (2), pp.166 - 176. </w:t>
             </w:r>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1105/tpc.113.114454⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.devcel.2014.06.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02636131v1</w:t>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02639339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long Noncoding RNA Modulates Alternative Splicing Regulators in Arabidopsis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florian Bardou</w:t>
+                <w:t xml:space="preserve">A miR169 isoform regulates specific NF-YA targets and root architecture in Arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Sorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Declerck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Christ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federico Ariel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Natali Romero-Barrios</w:t>
+                <w:t xml:space="preserve">Thomas Blein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Laporte</w:t>
+                <w:t xml:space="preserve">Linnan Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Cell</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 30 (2), pp.166 - 176. </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 202 (4), pp.1197-1211. </w:t>
             </w:r>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.devcel.2014.06.017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/nph.12735⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02639339v1</w:t>
+                <w:t xml:space="preserve">hal-02379657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dual function of MIPS1 as a metabolic enzyme and transcriptional regulator.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cytoplasmic and nuclear quality control and turnover of single-stranded RNA modulate post-transcriptional gene silencing in plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pin-Hong Meng</w:t>
+                <w:t xml:space="preserve">Ana Beatriz A. B. Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Mazubert</w:t>
+                <w:t xml:space="preserve">Angel A. Martinez de Alba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Hudik</w:t>
+                <w:t xml:space="preserve">Florian F. Bardou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin D. M. D. Crespi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve H. Vaucheret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 41 (5), pp.2907-17. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nar/gks1458⟩</w:t>
+              <w:t xml:space="preserve">, 2013, 41 (8), pp.4699 - 4708. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkt152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00856166v1</w:t>
+                <w:t xml:space="preserve">hal-01001529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small RNA pathways and diversity in model legumes: lessons from genomics.</w:t>
+                <w:t xml:space="preserve">Analyzing small and long RNAs in plant development using non-radioactive in situ hybridization.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pilar Bustos-Sanmamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Laffont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Frugier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lelandais-Brière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christine Lelandais-Brière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2013.00236⟩</w:t>
+              <w:t xml:space="preserve">Methods in Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 959, pp.303-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-62703-221-6_20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01070958v1</w:t>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00856162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cytoplasmic and nuclear quality control and turnover of single-stranded RNA modulate post-transcriptional gene silencing in plants</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Independent activity of the homologous small regulatory RNAs AbcR1 and AbcR2 in the legume symbiont Sinorhizobium meliloti.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Herve H. Vaucheret</w:t>
+                <w:t xml:space="preserve">Omar Torres-Quesada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vicenta Millán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Nisa-Martínez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Bardou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martín Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nar/gkt152⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (7), pp.e68147. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0068147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01001529v1</w:t>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01071577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyzing small and long RNAs in plant development using non-radioactive in situ hybridization.</w:t>
+                <w:t xml:space="preserve">Analyzing protein distribution in plant tissues using &amp;quot;whole-mount&amp;quot; immunolocalization.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pilar Bustos-Sanmamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Laffont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Frugier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lelandais-Brière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Methods in Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 959, pp.303-16. </w:t>
+              <w:t xml:space="preserve">, 2013, 959, pp.317-22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-1-62703-221-6_20⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-1-62703-221-6_21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00856162v1</w:t>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00856158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Independent activity of the homologous small regulatory RNAs AbcR1 and AbcR2 in the legume symbiont Sinorhizobium meliloti.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Small RNA pathways and diversity in model legumes: lessons from genomics.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pilar Bustos-Sanmamed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hartmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Crespi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lelandais-Brière</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0068147⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 4, pp.236. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2013.00236⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01071577v1</w:t>
+                <w:t xml:space="preserve">hal-01070958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyzing protein distribution in plant tissues using &amp;quot;whole-mount&amp;quot; immunolocalization.</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dual function of MIPS1 as a metabolic enzyme and transcriptional regulator.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Latrasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teddy Jégu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pin-Hong Meng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Mazubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Hudik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods in Molecular Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 959, pp.317-22. </w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 41 (5), pp.2907-17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-1-62703-221-6_21⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/nar/gks1458⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId413" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00856158v1</w:t>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00856166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dual involvement of a Medicago truncatula NAC transcription factor in root abiotic stress response and symbiotic nodule senescence.</w:t>
+                <w:t xml:space="preserve">Comparative transcriptomic analysis of salt adaptation in roots of contrasting Medicago truncatula genotypes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ons Zahaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Axel de Zélicourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId417" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Federico Ariel</w:t>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Alunni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Plet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-313X.2011.04859.x⟩</w:t>
+              <w:t xml:space="preserve">Molecular Plant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 5 (5), pp.1068-81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mp/sss009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00855577v1</w:t>
+                <w:t xml:space="preserve">hal-00856194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cytoplasmic Arabidopsis AGO7 accumulates in membrane-associated siRNA bodies and is required for ta-siRNA biogenesis.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">[Non-coding RNAs involved in plant responses to environmental constraints].</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lelandais-Brière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Sorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Crespi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hartmann</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/emboj.2012.20⟩</w:t>
+              <w:t xml:space="preserve">Biologie Aujourd'hui</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 206 (4), pp.313-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/jbio/2012032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00856175v1</w:t>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00856181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative transcriptomic analysis of salt adaptation in roots of contrasting Medicago truncatula genotypes.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Two direct targets of cytokinin signaling regulate symbiotic nodulation in Medicago truncatula.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ariel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Brault-Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Laffont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Huault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ons Zahaf</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Julie Plet</w:t>
+                <w:t xml:space="preserve">Mathias Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mp/sss009⟩</w:t>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 24 (9), pp.3838-52. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1105/tpc.112.103267⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00856194v1</w:t>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00856169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two direct targets of cytokinin signaling regulate symbiotic nodulation in Medicago truncatula.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Federico Ariel</w:t>
+                <w:t xml:space="preserve">Cytoplasmic Arabidopsis AGO7 accumulates in membrane-associated siRNA bodies and is required for ta-siRNA biogenesis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Jouannet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Beatriz Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taline Elmayan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Vaucheret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marianne Brault-Hernandez</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Mathias Brault</w:t>
+                <w:t xml:space="preserve">Martin D Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1105/tpc.112.103267⟩</w:t>
+              <w:t xml:space="preserve">EMBO Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 31 (7), pp.1704-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/emboj.2012.20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00856169v1</w:t>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00856175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Non-coding RNAs involved in plant responses to environmental constraints].</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dual involvement of a Medicago truncatula NAC transcription factor in root abiotic stress response and symbiotic nodule senescence.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel de Zélicourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouck Diet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Marion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Laffont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ariel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biologie Aujourd'hui</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 206 (4), pp.313-22. </w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 70 (2), pp.220-30. </w:t>
             </w:r>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/jbio/2012032⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-313X.2011.04859.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00856181v1</w:t>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00855577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MicroRNAs as regulators of root development and architecture.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghazanfar A Khan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Declerck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Sorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hartmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 77 (1-2), pp.47-58. </w:t>
@@ -11976,64 +11976,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katrien d'Haeseleer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Griet den Herder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Laffont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Plet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Mortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12084,77 +12084,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MtCRE1-dependent cytokinin signaling integrates bacterial and plant cues to coordinate symbiotic nodule organogenesis in Medicago truncatula.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Plet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anton Wasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Ariel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12218,90 +12218,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dual RNAs in plants.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco Merchan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Ariel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochimie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 93 (11), pp.1950-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
@@ -12475,1449 +12475,1449 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00856210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cleavage of a non-conserved target by a specific miR156 isoform in root apexes of Medicago truncatula.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The compact root architecture1 gene regulates lignification, flavonoid production, and polar auxin transport in Medicago truncatula.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Laffont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loreto Naya</w:t>
+                <w:t xml:space="preserve">Catherine Lapierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ghazantar Abbas Khan</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Martin Crespi</w:t>
+                <w:t xml:space="preserve">Lysiane Brocard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Ratet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Signaling and Behavior</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 153 (4), pp.1597-607. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.110.156620⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00856232v1</w:t>
+                <w:t xml:space="preserve">hal-00856223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Small RNA diversity in plants and its impact in development.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lelandais-Brière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Sorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Declerck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelali Benslimane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Curr Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 11 (1), pp.14-23. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2174/138920210790217918⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId469" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00856233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The compact root architecture1 gene regulates lignification, flavonoid production, and polar auxin transport in Medicago truncatula.</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">miR390, Arabidopsis TAS3 tasiRNAs, and their AUXIN RESPONSE FACTOR targets define an autoregulatory network quantitatively regulating lateral root growth.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Ratet</w:t>
+                <w:t xml:space="preserve">Elena Marin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Jouannet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Herz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annemarie S Lokerse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dolf Weijers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1104/pp.110.156620⟩</w:t>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 22 (4), pp.1104-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1105/tpc.109.072553⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId470" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00856223v1</w:t>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00856226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">miR390, Arabidopsis TAS3 tasiRNAs, and their AUXIN RESPONSE FACTOR targets define an autoregulatory network quantitatively regulating lateral root growth.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Annemarie S Lokerse</w:t>
+                <w:t xml:space="preserve">A novel RNA-binding peptide regulates the establishment of the Medicago truncatula-Sinorhizobium meliloti nitrogen-fixing symbiosis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Laporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dolf Weijers</w:t>
+                <w:t xml:space="preserve">Béatrice Satiat-Jeunemaître</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Velasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tibor Csorba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willem van de Velde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1105/tpc.109.072553⟩</w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 62 (1), pp.24-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-313X.2009.04121.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId475" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00856226v1</w:t>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00856230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel RNA-binding peptide regulates the establishment of the Medicago truncatula-Sinorhizobium meliloti nitrogen-fixing symbiosis.</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The LOB-like transcription factor Mt LBD1 controls Medicago truncatula root architecture under salt stress.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Willem van de Velde</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Federico D Ariel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouck Diet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Crespi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel L Chan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Plant Signaling and Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 5 (12), pp.1666-8</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00856230v1</w:t>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00856214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The LOB-like transcription factor Mt LBD1 controls Medicago truncatula root architecture under salt stress.</w:t>
+                <w:t xml:space="preserve">Non-protein-coding RNAs and their interacting RNA-binding proteins in the plant cell nucleus.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federico D Ariel</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Celine Charon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Beatriz Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Bardou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raquel L Chan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Signaling and Behavior</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Plant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 3 (4), pp.729-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mp/ssq037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00856214v1</w:t>
+                <w:t xml:space="preserve">hal-00856221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-protein-coding RNAs and their interacting RNA-binding proteins in the plant cell nucleus.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Environmental regulation of lateral root emergence in Medicago truncatula requires the HD-Zip I transcription factor HB1.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ariel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouck Diet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celine Charon</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marion Verdenaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Gruber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Frugier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mp/ssq037⟩</w:t>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 22 (7), pp.2171-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1105/tpc.110.074823⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00856221v1</w:t>
+                <w:t xml:space="preserve">hal-00856219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental regulation of lateral root emergence in Medicago truncatula requires the HD-Zip I transcription factor HB1.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cleavage of a non-conserved target by a specific miR156 isoform in root apexes of Medicago truncatula.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Gruber</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florian Frugier</w:t>
+                <w:t xml:space="preserve">Loreto Naya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghazantar Abbas Khan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Sorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hartmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant cell</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Plant Signaling and Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 5 (3), pp.328-31</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId493" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00856219v1</w:t>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00856232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel long non-protein coding RNAs involved in Arabidopsis differentiation and stress responses.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genome-wide Medicago truncatula small RNA analysis revealed novel microRNAs and isoforms differentially regulated in roots and nodules.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lelandais-Brière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loreto Naya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Sallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Besma Ben Amor</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Yves d'Aubenton-Carafa</w:t>
+                <w:t xml:space="preserve">Fanny Calenge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Frugier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/gr.080275.108⟩</w:t>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 21 (9), pp.2780-96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1105/tpc.109.068130⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00736193v1</w:t>
+                <w:t xml:space="preserve">hal-00856243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endogenous TasiRNAs mediate non-cell autonomous effects on gene regulation in Arabidopsis thaliana.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Novel long non-protein coding RNAs involved in Arabidopsis differentiation and stress responses.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Besma Ben Amor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Wirth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Merchan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Laporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebecca Schwab</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Martin Bayer</w:t>
+                <w:t xml:space="preserve">Yves d'Aubenton-Carafa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0005980⟩</w:t>
+              <w:t xml:space="preserve">Genome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 19 (1), pp.57-69. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/gr.080275.108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId501" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00856245v1</w:t>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00736193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome-wide Medicago truncatula small RNA analysis revealed novel microRNAs and isoforms differentially regulated in roots and nodules.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Erika Sallet</w:t>
+                <w:t xml:space="preserve">Endogenous TasiRNAs mediate non-cell autonomous effects on gene regulation in Arabidopsis thaliana.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Schwab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Maizel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginia Ruiz-Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Calenge</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florian Frugier</w:t>
+                <w:t xml:space="preserve">Martin Bayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant cell</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 21 (9), pp.2780-96. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 4 (6), pp.e5980. </w:t>
             </w:r>
             <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1105/tpc.109.068130⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0005980⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId508" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00856243v1</w:t>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00856245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plant root growth, architecture and function</w:t>
               </w:r>
@@ -13955,51 +13955,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Doussan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco Merchan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Soil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 321 (1-2), pp.153-187. </w:t>
             </w:r>
             <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
@@ -14045,90 +14045,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of transcription factors involved in root apex responses to salt stress in Medicago truncatula.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Gruber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouck Diet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ons Zahaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Boualem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14205,64 +14205,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco Merchan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Boualem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Frugier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 10 (12), pp.R136. </w:t>
             </w:r>
             <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
@@ -14322,51 +14322,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura de Lorenzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco Merchan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Laporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Thompson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14443,51 +14443,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A mutant ankyrin protein kinase from Medicago sativa affects Arabidopsis adventitious roots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Chinchilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Frugier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcela Raíces</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14564,64 +14564,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De novo organ formation from differentiated cells: root nodule organogenesis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Frugier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science Signaling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 1 (49), pp.re11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
@@ -14655,90 +14655,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cytokinin: secret agent of symbiosis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Frugier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonja Kosuta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy D Murray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krzysztof Szczyglowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14810,90 +14810,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MicroRNA166 controls root and nodule development in Medicago truncatula.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Boualem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Laporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Jovanovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Laffont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Plet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Plant Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 54 (5), pp.876-87. </w:t>
@@ -14925,870 +14925,870 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00856250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential expression of the TFIIIA regulatory pathway in response to salt stress between Medicago truncatula genotypes.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification of regulatory pathways involved in the reacquisition of root growth after salt stress in Medicago truncatula.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco Merchan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId428" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Megías</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florian Frugier</w:t>
+                <w:t xml:space="preserve">Laura De Lorenzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId545" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvina González Rizzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Niebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId547" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Manyani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1104/pp.107.106146⟩</w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 51 (1), pp.1-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-313X.2007.03117.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00856262v1</w:t>
+                <w:t xml:space="preserve">hal-00159200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId546" w:history="1">
+            <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riboregulators in plant development.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId547" w:history="1">
+            <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Laporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId548" w:history="1">
+            <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Merchan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId549" w:history="1">
+            <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. B. Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId550" w:history="1">
+            <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Wirth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Crespi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochemical Society Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 35 (Pt 6), pp.1638-42. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId551" w:history="1">
+            <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1042/BST0351638⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId546" w:history="1">
+            <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00856264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId552" w:history="1">
+            <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of regulatory pathways involved in the reacquisition of root growth after salt stress in Medicago truncatula.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Differential expression of the TFIIIA regulatory pathway in response to salt stress between Medicago truncatula genotypes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura de Lorenzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco Merchan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId553" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Andreas Niebel</w:t>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hamid Manyani</w:t>
+                <w:t xml:space="preserve">Manuel Megías</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Frugier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 51 (1), pp.1-17. </w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 145 (4), pp.1521-32. </w:t>
             </w:r>
             <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-313X.2007.03117.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1104/pp.107.106146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId552" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00159200v1</w:t>
+            <w:hyperlink r:id="rId555" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00856262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-talk between ethylene and drought signalling pathways is mediated by the sunflower Hahb-4 transcription factor.</w:t>
+                <w:t xml:space="preserve">A CDPK isoform participates in the regulation of nodule number in Medicago truncatula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo A Manavella</w:t>
+                <w:t xml:space="preserve">Pablo Gargantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agustín L Arce</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Renou</w:t>
+                <w:t xml:space="preserve">Silvina Gonzalez-Rizzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Chinchilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId529" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcela Raíces</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId530" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verónica Giammaria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Plant Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 48 (1), pp.125-137. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-313X.2006.02865.x⟩</w:t>
+              <w:t xml:space="preserve">, 2006, 48 (6), pp.843 - 856. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId561" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-313X.2006.02910.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00123714v1</w:t>
+                <w:t xml:space="preserve">hal-01912670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId565" w:history="1">
+            <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of 43 non-protein-coding mRNA genes in Arabidopsis, including the MIR162a-derived transcripts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Judith Hirsch</w:t>
+                <w:t xml:space="preserve">Cross-talk between ethylene and drought signalling pathways is mediated by the sunflower Hahb-4 transcription factor.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId563" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo A Manavella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId564" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agustín L Arce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId565" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos A Dezar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Lefort</w:t>
+                <w:t xml:space="preserve">Frédérique Bitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Vankersschaver</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Antoine Lucas</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1104/pp.105.073817⟩</w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 48 (1), pp.125-137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId568" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-313X.2006.02865.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId565" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00118293v1</w:t>
+            <w:hyperlink r:id="rId562" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00123714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId570" w:history="1">
+            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A CDPK isoform participates in the regulation of nodule number in Medicago truncatula</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of 43 non-protein-coding mRNA genes in Arabidopsis, including the MIR162a-derived transcripts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Hirsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId570" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Gargantini</w:t>
+                <w:t xml:space="preserve">Marion Vankersschaver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Boualem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silvina Gonzalez-Rizzo</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Verónica Giammaria</w:t>
+                <w:t xml:space="preserve">Antoine Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 48 (6), pp.843 - 856. </w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 140 (4), pp.1192-1204. </w:t>
             </w:r>
             <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-313X.2006.02910.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1104/pp.105.073817⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId570" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01912670v1</w:t>
+            <w:hyperlink r:id="rId569" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00118293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MtHAP2-1 is a key transcriptional regulator of symbiotic nodule development regulated by microRNA169 in Medicago truncatula.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Combier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Frugier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise de Billy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15865,77 +15865,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Medicago truncatula CRE1 cytokinin receptor regulates lateral root development and early symbiotic interaction with Sinorhizobium meliloti.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId572" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvina Gonzalez-Rizzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Frugier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Plant cell</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 18 (10), pp.2680-93. </w:t>
             </w:r>
             <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
@@ -16008,51 +16008,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo M. Riccillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId584" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel H. Grasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martín Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Mario Aguilar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16112,51 +16112,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of plasmodesmata regulation in plant development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Complainville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Botanical Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 41, pp.195-243. </w:t>
             </w:r>
             <w:hyperlink r:id="rId589" w:history="1">
               <w:r>
                 <w:rPr>
@@ -16216,51 +16216,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Campalans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId592" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Kondorosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Plant cell</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 16 (4), pp.1047-59. </w:t>
             </w:r>
             <w:hyperlink r:id="rId593" w:history="1">
               <w:r>
                 <w:rPr>
@@ -16320,51 +16320,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moul Dey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Complainville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Charon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId596" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Torrizo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16434,173 +16434,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00122910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ankyrin protein kinases: A novel type of plant kinase genes whose expression is induced byosmotic stress in alfalfa</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Francisco Merchan</w:t>
+                <w:t xml:space="preserve">Nodule initiation involves the creation of a new symplasmic field in specific root cells of medicago species.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId588" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Complainville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lysiane Brocard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId600" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Megias</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Adam Kondorosi</w:t>
+                <w:t xml:space="preserve">Ian Roberts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId601" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carolina Sousa</w:t>
+                <w:t xml:space="preserve">Edna Dax</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId602" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noa Sever</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1023/A:1022337221225⟩</w:t>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 15 (12), pp.2778-91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId603" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1105/tpc.017020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId603" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00134566v1</w:t>
+                <w:t xml:space="preserve">hal-00134893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">StCDPK1 is expressed in potato stolon tips and is induced by high sucrose concentration.</w:t>
               </w:r>
@@ -16625,51 +16613,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rita M Ulloa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo C Macintosh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martín Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María T Téllez-Iñón</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16710,161 +16698,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00122891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nodule initiation involves the creation of a new symplasmic field in specific root cells of medicago species.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lysiane Brocard</w:t>
+                <w:t xml:space="preserve">Ankyrin protein kinases: A novel type of plant kinase genes whose expression is induced byosmotic stress in alfalfa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Chinchilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Merchan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId610" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ian Roberts</w:t>
+                <w:t xml:space="preserve">Manuel Megias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId592" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Kondorosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId611" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edna Dax</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Noa Sever</w:t>
+                <w:t xml:space="preserve">Carolina Sousa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant cell</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Plant Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 51 (4), pp.555-566. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId612" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1023/A:1022337221225⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId613" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1105/tpc.017020⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00134893v1</w:t>
+                <w:t xml:space="preserve">hal-00134566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId614" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterisation of plant genes involved in giant cells formation induced by root-knot nematodes in Arabidopsis thaliana and Medicago truncatula</w:t>
               </w:r>
@@ -17247,77 +17247,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Medicago truncatula plants overexpressing the early nodulin gene enod40 exhibit accelerated mycorrhizal colonization and enhanced formation of arbuscules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId627" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Staehelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Charon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId628" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Boller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId629" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ádám Kondorosi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -17355,90 +17355,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId630" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Translational and Structural Requirements of the Early Nodulin Gene enod40, a Short-Open Reading Frame-Containing RNA, for Elicitation of a Cell-Specific Growth Response in the Alfalfa Root Cortex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId601" w:history="1">
+            <w:hyperlink r:id="rId611" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Sousa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId631" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christina Johansson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Charon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId556" w:history="1">
+            <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Manyani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId632" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christof Sautter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -17541,51 +17541,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Satiat-Jeunemaître</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId638" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Kondorosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Crespi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genes and Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 14 (4), pp.475-82</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17787,51 +17787,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. G. Rolfe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId638" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Kondorosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Crespi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 13 (6), pp.617-28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17927,51 +17927,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Evan Staton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erika Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lelandais Briere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -18641,277 +18641,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02762487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId668" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plant genes involved in giant cells formation induced by root-knot nematodes in Arabidopsis and Medicago</w:t>
+                <w:t xml:space="preserve">Characterisation of plant genes involved in giant cells formation induced by root-knot nematodes in Arabidopsis thaliana and Medicago truncatula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Favery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId669" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Jammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId617" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lecomte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId588" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Complainville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId670" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liudmila L. Chelysheva</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Complainville</w:t>
+                <w:t xml:space="preserve">José Maria Vinardell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. International Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2003, Saint-Petersbourg, Russia</w:t>
+              <w:t xml:space="preserve">4. International Nematology Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2002, Tenerife, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId668" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02761636v1</w:t>
+                <w:t xml:space="preserve">hal-02760113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId671" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterisation of plant genes involved in giant cells formation induced by root-knot nematodes in Arabidopsis thaliana and Medicago truncatula</w:t>
+                <w:t xml:space="preserve">Plant genes involved in giant cells formation induced by root-knot nematodes in Arabidopsis and Medicago</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Favery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId669" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Jammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId672" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liudmila L. Chelysheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId617" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Complainville</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">José Maria Vinardell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. International Nematology Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2002, Tenerife, Spain</w:t>
+              <w:t xml:space="preserve">11. International Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2003, Saint-Petersbourg, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId671" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02760113v1</w:t>
+                <w:t xml:space="preserve">hal-02761636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -18942,90 +18942,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Root-knot nematode effectors target the plant alternative splicing machinery to enable giant cell formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId674" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Ranty-Roby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joffrey Mejias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId675" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piao Lei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId676" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salomé Soulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongpan Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IS-MPMI Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Cologne, Germany</w:t>
@@ -19093,64 +19093,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId680" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nasser Bahrman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Frugier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVI Congress of the Federation of European Societies of Plant Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2008, Tampere, Finland. 2008</w:t>
@@ -19263,51 +19263,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jannatul Mia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId685" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Isabelle Hippolyte, Emmanuel Guiderdoni, Jannatul Mia, Bernard Hubert. 12, 70 p., 2020, Les Cahiers de l'ANR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
@@ -19355,485 +19355,485 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId686" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stable Inactivation of MicroRNAs in Medicago truncatula Roots</w:t>
+                <w:t xml:space="preserve">Root Development in Medicago truncatula: Lessons from Genetics to Functional Genomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId687" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Proust</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hartmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lelandais-Brière</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Methods in Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1822, Humana Press Inc., pp.123-132, 2018, Methods in Molecular Biology, 978-1-4939-8633-0; 978-1-4939-8632-3. </w:t>
+              <w:t xml:space="preserve">, 1822, Humana Press Inc., pp.205-239, 2018, Methods in Molecular Biology, 978-1-4939-8633-0; 978-1-4939-8632-3. </w:t>
             </w:r>
             <w:hyperlink r:id="rId688" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-1-4939-8633-0_9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-1-4939-8633-0_15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId686" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02383697v1</w:t>
+                <w:t xml:space="preserve">hal-02383696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId689" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CircRNAs in Plants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xuelei Lai</w:t>
+                <w:t xml:space="preserve">Stable Inactivation of MicroRNAs in Medicago truncatula Roots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId687" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Proust</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId691" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Sorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hartmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Circular RNAs. Series: Advances in Experimental Medicine and Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-981-13-1426-1_26⟩</w:t>
+              <w:t xml:space="preserve">Methods in Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1822, Humana Press Inc., pp.123-132, 2018, Methods in Molecular Biology, 978-1-4939-8633-0; 978-1-4939-8632-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId690" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-4939-8633-0_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId689" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02193011v1</w:t>
+                <w:t xml:space="preserve">hal-02383697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId694" w:history="1">
+            <w:hyperlink r:id="rId691" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Root Development in Medicago truncatula: Lessons from Genetics to Functional Genomics</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">CircRNAs in Plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId692" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuelei Lai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId693" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stuart Webb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId694" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloe Zubieta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J. Xiao. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods in Molecular Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1822, Humana Press Inc., pp.205-239, 2018, Methods in Molecular Biology, 978-1-4939-8633-0; 978-1-4939-8632-3. </w:t>
+              <w:t xml:space="preserve">Circular RNAs. Series: Advances in Experimental Medicine and Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1087, Springer, pp.329-343, 2018, Advances in Experimental Medicine and Biology, 978-981-13-1426-1; 978-981-13-1425-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId695" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-1-4939-8633-0_15⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-981-13-1426-1_26⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId694" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02383696v1</w:t>
+            <w:hyperlink r:id="rId691" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02193011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId696" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plant epigenetics: Non-coding RNAs as emerging regulators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId697" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sebastian Ramirez Prado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Ariel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Benhamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Epigenetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId698" w:history="1">
               <w:r>
                 <w:rPr>
@@ -19906,51 +19906,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Hause</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId635" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Frugier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Crespi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Medicago truncatula handbook</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The Samuel Roberts Noble Foundation, Inc., pp.1-11, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19975,64 +19975,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId702" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Response of Medicago truncatula to Salt stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId548" w:history="1">
+            <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Merchan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId635" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Frugier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -20070,90 +20070,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId703" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional analysis of regulatory genes involved in M. truncatula nodule organogenesis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId704" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A; Complainville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId705" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chinchilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId548" w:history="1">
+            <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Merchan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId706" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Campalans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -20479,263 +20479,263 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId712" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LES APPORTS DE LA GÉNOMIQUE À L’AGROÉCOLOGIE. Bilan des projets financés sur la période 2005 – 2019 et perspectives pour la recherche.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Les apports de la génomique à l’agroécologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId713" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Diribarne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId714" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId683" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Guiderdoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId682" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Hippolyte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId712" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03154415v1</w:t>
+                <w:t xml:space="preserve">hal-03438463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId715" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les apports de la génomique à l’agroécologie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">LES APPORTS DE LA GÉNOMIQUE À L’AGROÉCOLOGIE. Bilan des projets financés sur la période 2005 – 2019 et perspectives pour la recherche.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId713" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Diribarne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId714" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId683" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId682" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Hippolyte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId685" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId715" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03438463v1</w:t>
+                <w:t xml:space="preserve">hal-03154415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -20753,77 +20753,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId716" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ChronoRoot 2.0: An Open AI-Powered Platform for 2D Temporal Plant Phenotyping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolás Gaggion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId717" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Bonazzola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María Florencia Legascue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId718" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María Florencia Mammarella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20884,90 +20884,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What Large Language Models Know About Plant Molecular Biology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId721" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Fernandez Burda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia Ferrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolás Gaggion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Fonouni-Farde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martín Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -20989,103 +20989,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId722" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Arabidopsis RNA-binding protein SGS3 is recruited to the chromatin remodeler CHR11 to promote siRNA production from protein-coding genes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taline Elmayan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Blein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Elvira-Matelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Le Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Christ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -21107,103 +21107,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId723" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sequence-unrelated long noncoding RNAs converged to modulate the activity of conserved epigenetic machineries across kingdoms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Fonouni-Farde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Christ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Blein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId724" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sebastián Ramírez-Prado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María Florencia Legascue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -21225,103 +21225,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId725" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The lncRNA MARS modulates the epigenetic reprogramming of the marneral cluster in response to ABA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Roulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Ariel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hartmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId726" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Gutierrez-Marcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nosheen Hussain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -21343,103 +21343,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId727" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ChronoRoot: High-throughput phenotyping by deep segmentation networks reveals novel temporal parameters of plant root system architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolás Gaggion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Ariel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Daric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Legendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -21461,90 +21461,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId728" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification and functional prediction of anthocyanin biosynthesis regulatory long non-coding RNAs (lncRNAs) in carrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constanza Chialva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Blein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Lijavetzky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -21556,145 +21556,149 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03016329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId729" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two ecotype-related long non-coding RNAs in the environmental control of root growth</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Scalisi</w:t>
+                <w:t xml:space="preserve">Genome sequence of the cluster root forming white lupin;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Hufnagel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Marques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Soriano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Marquès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanchon Divol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId729" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02399291v1</w:t>
+                <w:t xml:space="preserve">hal-02790529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId730" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of MPK4 in pathogen-associated molecular pattern-triggered alternative splicing in Arabidopsis</w:t>
               </w:r>
@@ -21706,77 +21710,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId731" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kiruthiga Mariappan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Blein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronny Voelz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -21792,149 +21796,145 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02399302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId732" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome sequence of the cluster root forming white lupin;</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fanchon Divol</w:t>
+                <w:t xml:space="preserve">Two ecotype-related long non-coding RNAs in the environmental control of root growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Blein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coline Balzergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Roulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Gabriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Scalisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId732" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02790529v1</w:t>
+                <w:t xml:space="preserve">hal-02399291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -21952,51 +21952,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId733" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biologie intégrative des organismes photosynthétiques et micro-organismes associés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId734" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Nussaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -22243,51 +22243,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05525566v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Feuerstein" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Manavella" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Crespi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Ferrero" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Ariel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbi.2025.102817" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05409917v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soledad Traubenik" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Alberto Reynoso" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco S&#225;nchez-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milagros Yacullo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Christ" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiaf425" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05208737v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wil Prall" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molp.2025.03.010" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05461431v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulrahman Alhabsi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Ling" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anireddy S N Reddy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdy Mahfouz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-arplant-083123-090055" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299899v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andana Barrios" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gaggion" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natanael Mansilla" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Lucero" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blein" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.04.26.538431" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012332v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taline Elmayan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Elvira-Matelot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Le Masson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Christ" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-57394-5" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04646016v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Eugenia Zanetti" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavio Blanco" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milagros Ferrari" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Benoit" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiae333" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05066700v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bazin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Crespi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.19858" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731984v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing An" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Brik Chaouche" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Pereyra-Bistra&#237;n" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Zalzal&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingyi Wang" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2400737121" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672636v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoning He" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dias Lopes" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo I Pereyra-Bistrain" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Huang" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae690" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137689v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a Ferrero" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenli Zhang" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Benhamed" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2024.06.011" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04567150v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Kirolinko" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Hobecker" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianela Cueva" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florencia Botto" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.19766" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04495163v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Siodmak" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Martinez-Seidel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naganand Rayapuram" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Bazin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Alhoraibi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkad827" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299803v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Roul&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Florencia Legascue" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#225;s Gaggion" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/iub.2761" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04062805v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanchari Sircar" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Bergis" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-36227-3" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299815v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Liu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Heidecker" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Depuydt" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Manosalva Perez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiad360" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04298436v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bazin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jauvion" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bouteiller" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koad091" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04495080v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arsheed Sheikh" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bigeard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilia Almeida-Trapp" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koad224" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04600689v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molp.2023.07.013" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04313170v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crbiol.106" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698779v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nosheen Hussain" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hartmann" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molp.2022.02.007" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03768549v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fonouni-Farde" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-022-02750-7" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04313167v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haroon Butt" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasavajhala Prasad" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourelislam Awad" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11111796" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04313162v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Runxuan Zhang" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Kuo" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Coulter" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiane Calixto" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Entizne" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-022-02711-0" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04313171v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2022.03.004" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04305855v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sombir Rao" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apoorva Gupta" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandni Bansal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Sorin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.15963" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879983v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Mejias" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongpan Chen" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat-My Truong" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Mulet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiac155" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555826v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BST20210743" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03334157v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ncrna7010012" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03331698v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Moison" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Mart&#237;nez Pacheco" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Rodr&#237;guez-Melo" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molp.2021.03.008" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469045v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanchari Sicar" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan S Ramirez-Prado" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Manza-Mianza" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Antunez-Sanchez" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.273771.120" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324566v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Daric" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lambert" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Legendre" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gigascience/giab052" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324569v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constanza Chialva" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Lijavetzky" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-83514-4" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03148749v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat&#8208;my Truong" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marteu" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17089" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03331718v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Alshareef" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Eid" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-021-02051-y" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721448v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#225;rbara Hufnagel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Marques" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Soriano" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Marqu&#232;s" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanchon Divol" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-14197-9" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02571325v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Concia" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaguraj Veluchamy" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Ramirez-Prado" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azahara Martin-Ramirez" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-020-01998-1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02962421v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Balzergue" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gabriel" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Scalisi" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.20.00446" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958706v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Rodriguez Melo" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Iba&#241;ez" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;n Crespi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes11020207" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889481v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soonkap Kim" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Piquerez" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanouil Mastorakis" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaa369" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02991642v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Rigo" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natali Romero&#8208;barrios" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embr.201948977" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02964078v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Florencia Mammarella" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Jegu" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2019.12.015" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460008v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Hufnagel" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03216724v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Reynoso" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbi.2020.04.012" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03217920v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21541264.2020.1764312" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015159v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiruthiga G Mariappan" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunhe Jiang" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronny Voelz" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1008401" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03215156v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21541264.2020.1837498" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617907v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Kirilovsky" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcz140" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619316v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misato Ohtani" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yukio Kurihara" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Motoaki Seki" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcz168" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383691v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina Martinez Palacios" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Jacquemot" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Tapie" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Rousselet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamoudou Diop" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msz007" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383689v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Charon" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcz086" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383690v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afaque Momin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-019-1680-9" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379622v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natali Romero" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.01209" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383699v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Serrano" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ge Gao" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Atia" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morad Mokhtar" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ery062" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379644v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waleed Albihlal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irabonosi Obomighie" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona Persad" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Chernukhin" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ery142" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779324v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Pecrix" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Evan Staton" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Sallet" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lelandais-Bri&#232;re" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Moreau" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-018-0286-7" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625980v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natali Romero Barrios" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Florencia Legascue" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gky095" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624324v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nplants.2017.65" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629133v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Vanesa Hobecker" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Bustos-Sanmamed" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiangqi Wen" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirankumar S. Mysore" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.17.00464" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604785v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Conti" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Zavallo" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea L. Venturuzzi" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria C. Rodriguez" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13323" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603287v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Badouin" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Grassa" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Murat" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Evan Staton" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature22380" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627578v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sebastien Ramirez Prado" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charley Rizzi Paillet" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Perez" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-017-1246-7" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622544v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Baerenfaller" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sager J. Gosai" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian D. Gregory" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1708433114" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617740v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14769" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602849v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Damian Ariel" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Latrasse" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiruthiga Gayathri Mariappan" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0158936" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602941v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranjan Swarup" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm Bennett" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2016.11.002" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636021v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Hanemian" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Barlet" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Sorin" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koste A. Yadeta" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Keller" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.13913" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631079v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lelandais Briere" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Moreau" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-10-15-0240-FI" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637465v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bardou" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Jauvion" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Bouteiller" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.15.01045" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412593v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Du T Tran" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussema Souiai" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natali Romero-Barrios" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gautheret" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15476286.2015.1118604" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636519v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Y. Rodriguez-Granados" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan S. Ramirez-Prado" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Raynaud" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erw168" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635660v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2015.03.003" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4BVC0SDR-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635256v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana S. Araujo" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Beebe" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Delbreil" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther M. Gonzalez" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07352689.2014.898450" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204176v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Martinez de Alba" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Beatriz Moreno" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Mallory" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkv119" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630906v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carlotto" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Wirth" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Furman" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazarena Ferreyra Solari" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.12603" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379647v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Domenichini" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0138276" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03082934v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Baudin" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Laloum" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Lepage" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Ripodas" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.15.01144" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379657v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Declerck" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linnan Ma" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12735" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635888v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Formey" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ben" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-014-0457-4" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636131v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy J&#233;gu" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Delarue" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heribert Hirt" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.113.114454" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639339v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig G. Simpson" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Laporte" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2014.06.017" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856166v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pin-Hong Meng" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Mazubert" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Hudik" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gks1458" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070958v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2013.00236" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001529v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Beatriz A. B. Moreno" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel A. Martinez de Alba" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian F. Bardou" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin D. M. D. Crespi" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Vaucheret" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt152" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856162v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Laffont" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Frugier" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-62703-221-6_20" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071577v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Torres-Quesada" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicenta Mill&#225;n" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Nisa-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0068147" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856158v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-62703-221-6_21" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855577v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel de Z&#233;licourt" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouck Diet" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Marion" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2011.04859.x" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856175v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Jouannet" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Beatriz Moreno" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Vaucheret" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin D Crespi" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/emboj.2012.20" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856194v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ons Zahaf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Blanchet" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Alunni" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Plet" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mp/sss009" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856169v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Brault-Hernandez" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Huault" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Brault" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.112.103267" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856181v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jbio/2012032" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856205v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghazanfar A Khan" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11103-011-9793-x" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-S3WNCM60-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856967v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrien d'Haeseleer" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Griet den Herder" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Mortier" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2011.03719.x" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856206v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Wasson" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Signor" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Baker" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2010.04447.x" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856201v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Merchan" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2011.07.028" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2WMG1SQC-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856210v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Hirsch" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Misson" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter A Crisp" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale David" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bayle" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0016724" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856232v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loreto Naya" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghazantar Abbas Khan" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856233v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelali Benslimane" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/138920210790217918" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856223v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lapierre" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysiane Brocard" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ratet" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.110.156620" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856226v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Marin" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Herz" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemarie S Lokerse" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dolf Weijers" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.109.072553" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856230v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Satiat-Jeunema&#238;tre" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Velasco" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tibor Csorba" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem van de Velde" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2009.04121.x" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856214v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico D Ariel" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel L Chan" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856221v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Charon" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mp/ssq037" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856219v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Verdenaud" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gruber" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.110.074823" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00736193v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Besma Ben Amor" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves d'Aubenton-Carafa" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.080275.108" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856245v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Schwab" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Maizel" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Ruiz-Ferrer" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Garcia" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bayer" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0005980" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856243v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Calenge" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.109.068130" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668991v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Hodge" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziella Berta" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Doussan" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-009-9929-9" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-TBH38CT9-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856238v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Boualem" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00438-008-0392-8" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856234v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/gb-2009-10-12-r136" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856241v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura de Lorenzo" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Thompson" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Clarke" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.108.059576" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01912705v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Chinchilla" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Ra&#237;ces" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica Giammaria" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/FP07209" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856254v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scisignal.149re11" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856256v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja Kosuta" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy D Murray" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Szczyglowski" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2008.01.003" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BC4CZWD0-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856250v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Jovanovic" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2008.03448.x" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856262v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Meg&#237;as" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.107.106146" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856264v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laporte" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Merchan" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. B. Amor" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Wirth" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BST0351638" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00159200v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura De Lorenzo" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvina Gonz&#225;lez Rizzo" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Niebel" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Manyani" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2007.03117.x" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123714v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo A Manavella" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agust&#237;n L Arce" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A Dezar" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bitton" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Renou" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2006.02865.x" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118293v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lefort" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Vankersschaver" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lucas" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.105.073817" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01912670v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Gargantini" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvina Gonzalez-Rizzo" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2006.02910.x" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121505v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Combier" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise de Billy" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fikri El-Yahyaoui" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gad.402806" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123705v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.106.043778" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019588v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Collavino" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo M. Riccillo" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel H. Grasso" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mario Aguilar" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-18-0742" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123141v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Complainville" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0065-2296(04)41005-2" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122324v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Campalans" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Kondorosi" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.019406" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122910v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moul Dey" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Torrizo" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.0031-9317.2004.0208.x" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L86RH2T5-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00134566v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Megias" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Sousa" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1022337221225" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-5C5BL16H-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122891v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita M Ulloa" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo C Macintosh" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a T T&#233;llez-I&#241;&#243;n" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erg282" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00134893v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Roberts" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edna Dax" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noa Sever" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.017020" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677542v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Favery" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jammes" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lecomte" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Complainville" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Vinardell" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675677v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vaubert" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI.2002.15.10.1008" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00139391v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Maria Vinardell" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Vaubert" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157258v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Staehelin" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boller" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;d&#225;m Kondorosi" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157247v1" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Johansson" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christof Sautter" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.21.1.354-366.2001" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162969v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Frugier" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Poirier" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Satiat-Jeunema&#238;tre" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kondorosi" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162981v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. G&#225;lvez" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Hirsch" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. L. Wycoff" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hunt" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. B. Layzell" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164169v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Mathesius" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Charon" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. G. Rolfe" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03355269v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601655v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Zheng" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vandana Hivrale" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaotuo Zhang" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babu Valliyodan" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lelandais-Briere" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12918-016-0374-0" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748933v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gallardo Guerrero" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire G. Aubert" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lelandais - Bri&#232;re" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752651v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Verdier" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementina Kakar" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gallardo" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750691v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762487v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Djennane" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761636v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Jammes" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liudmila L. Chelysheva" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760113v1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Maria Vinardell" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05186685v1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ranty-Roby" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piao Lei" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Soul&#233;" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947458v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Lucau-Danila" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komlan Avia" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Bahrman" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02940745v1" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hippolyte" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guiderdoni" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannatul Mia" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hubert" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383697v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Proust" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8633-0_9" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193011v1" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuelei Lai" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Webb" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Zubieta" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-13-1426-1_26" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383696v1" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8633-0_15" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788580v1" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sebastian Ramirez Prado" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F978-3-319-55520-1_7" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-55520-1_7" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00178263v1" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hause" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00178267v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147549v1" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A; Complainville" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chinchilla" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Campalans" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147561v1" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cebolla" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00165966v1" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Foucher" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gyorgyey" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03154415v1" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Diribarne" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gilbert" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438463v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05409929v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Bonazzola" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Florencia Mammarella" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florencia Sol Rodriguez" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306023v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Fernandez Burda" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729123v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432759v1" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sebasti&#225;n Ram&#237;rez-Prado" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016338v1" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Gutierrez-Marcos" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016324v1" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016329v1" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399291v1" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399302v1" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiruthiga Mariappan" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790529v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05492655v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nussaume" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Besnard" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Cenci" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Clesse" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299899v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andana Barrios" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gaggion" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natanael Mansilla" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Lucero" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blein" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.04.26.538431" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05208737v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wil Prall" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Crespi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molp.2025.03.010" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05461431v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulrahman Alhabsi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Ling" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anireddy S N Reddy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdy Mahfouz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-arplant-083123-090055" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012332v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taline Elmayan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Elvira-Matelot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Le Masson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Christ" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-57394-5" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05409917v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soledad Traubenik" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Alberto Reynoso" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco S&#225;nchez-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milagros Yacullo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Christ" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiaf425" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05525566v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Feuerstein" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Manavella" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Ferrero" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Ariel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbi.2025.102817" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731984v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing An" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Brik Chaouche" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Pereyra-Bistra&#237;n" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Zalzal&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingyi Wang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2400737121" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04646016v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Eugenia Zanetti" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavio Blanco" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milagros Ferrari" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Benoit" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiae333" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05066700v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bazin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Crespi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.19858" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672636v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoning He" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dias Lopes" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo I Pereyra-Bistrain" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Huang" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae690" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137689v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a Ferrero" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenli Zhang" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Benhamed" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2024.06.011" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04567150v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Kirolinko" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Hobecker" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianela Cueva" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florencia Botto" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.19766" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04062805v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanchari Sircar" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Bergis" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-36227-3" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299815v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Liu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Heidecker" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Depuydt" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Manosalva Perez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiad360" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04495163v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Siodmak" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Martinez-Seidel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naganand Rayapuram" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Bazin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Alhoraibi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkad827" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299803v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Roul&#233;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Florencia Legascue" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#225;s Gaggion" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/iub.2761" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04298436v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bazin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jauvion" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bouteiller" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koad091" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04495080v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arsheed Sheikh" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bigeard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilia Almeida-Trapp" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koad224" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04313170v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crbiol.106" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04600689v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molp.2023.07.013" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04313162v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Runxuan Zhang" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Kuo" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Coulter" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiane Calixto" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Entizne" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-022-02711-0" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03768549v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fonouni-Farde" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-022-02750-7" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04313167v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haroon Butt" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasavajhala Prasad" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourelislam Awad" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11111796" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04313171v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2022.03.004" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04305855v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sombir Rao" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apoorva Gupta" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandni Bansal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Sorin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.15963" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879983v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Mejias" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongpan Chen" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat-My Truong" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Mulet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiac155" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698779v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nosheen Hussain" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hartmann" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molp.2022.02.007" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324569v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constanza Chialva" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Lijavetzky" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-83514-4" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03334157v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ncrna7010012" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03331698v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Moison" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Mart&#237;nez Pacheco" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Rodr&#237;guez-Melo" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molp.2021.03.008" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469045v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanchari Sicar" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan S Ramirez-Prado" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Manza-Mianza" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Antunez-Sanchez" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.273771.120" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324566v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Daric" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lambert" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Legendre" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gigascience/giab052" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03331718v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Alshareef" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Eid" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-021-02051-y" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03148749v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat&#8208;my Truong" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marteu" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17089" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555826v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BST20210743" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02964078v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Florencia Mammarella" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Jegu" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2019.12.015" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460008v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Hufnagel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Marques" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Soriano" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Marqu&#232;s" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanchon Divol" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-14197-9" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02571325v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Concia" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaguraj Veluchamy" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Ramirez-Prado" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azahara Martin-Ramirez" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-020-01998-1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02962421v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Balzergue" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gabriel" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Scalisi" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.20.00446" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958706v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Rodriguez Melo" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Iba&#241;ez" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;n Crespi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes11020207" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889481v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soonkap Kim" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Piquerez" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanouil Mastorakis" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaa369" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02991642v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Rigo" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natali Romero&#8208;barrios" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embr.201948977" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03216724v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Reynoso" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbi.2020.04.012" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015159v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiruthiga G Mariappan" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunhe Jiang" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronny Voelz" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1008401" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03217920v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21541264.2020.1764312" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03215156v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21541264.2020.1837498" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721448v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#225;rbara Hufnagel" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383691v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina Martinez Palacios" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Jacquemot" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Tapie" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Rousselet" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamoudou Diop" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msz007" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619316v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misato Ohtani" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yukio Kurihara" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Motoaki Seki" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcz168" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383689v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Charon" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcz086" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383690v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afaque Momin" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-019-1680-9" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617907v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Kirilovsky" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcz140" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379622v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natali Romero" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.01209" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383699v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Serrano" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ge Gao" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Atia" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morad Mokhtar" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ery062" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379644v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waleed Albihlal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irabonosi Obomighie" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona Persad" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Chernukhin" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ery142" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779324v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Pecrix" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Evan Staton" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Sallet" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lelandais-Bri&#232;re" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Moreau" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-018-0286-7" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625980v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natali Romero Barrios" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Florencia Legascue" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gky095" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624324v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nplants.2017.65" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629133v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Vanesa Hobecker" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Bustos-Sanmamed" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiangqi Wen" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirankumar S. Mysore" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.17.00464" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604785v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Conti" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Zavallo" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea L. Venturuzzi" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria C. Rodriguez" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13323" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603287v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Badouin" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Grassa" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Murat" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Evan Staton" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature22380" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627578v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sebastien Ramirez Prado" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charley Rizzi Paillet" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Perez" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-017-1246-7" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622544v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Baerenfaller" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sager J. Gosai" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian D. Gregory" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1708433114" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617740v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14769" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631079v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lelandais Briere" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Moreau" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-10-15-0240-FI" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637465v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bardou" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Jauvion" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Bouteiller" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.15.01045" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602941v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranjan Swarup" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm Bennett" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2016.11.002" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636021v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Hanemian" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Barlet" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Sorin" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koste A. Yadeta" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Keller" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.13913" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636519v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Y. Rodriguez-Granados" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan S. Ramirez-Prado" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Latrasse" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Raynaud" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erw168" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412593v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Du T Tran" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussema Souiai" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natali Romero-Barrios" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gautheret" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15476286.2015.1118604" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602849v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Damian Ariel" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiruthiga Gayathri Mariappan" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0158936" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635660v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2015.03.003" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4BVC0SDR-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635256v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana S. Araujo" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Beebe" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Delbreil" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther M. Gonzalez" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07352689.2014.898450" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204176v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Martinez de Alba" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Beatriz Moreno" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Mallory" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkv119" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630906v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carlotto" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Wirth" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Furman" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazarena Ferreyra Solari" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.12603" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379647v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Domenichini" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0138276" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03082934v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Baudin" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Laloum" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Lepage" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Ripodas" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.15.01144" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635888v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Formey" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ben" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-014-0457-4" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636131v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy J&#233;gu" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Delarue" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heribert Hirt" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.113.114454" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639339v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig G. Simpson" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Laporte" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2014.06.017" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379657v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Declerck" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linnan Ma" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12735" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001529v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Beatriz A. B. Moreno" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel A. Martinez de Alba" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian F. Bardou" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin D. M. D. Crespi" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Vaucheret" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt152" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856162v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Laffont" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Frugier" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-62703-221-6_20" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071577v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Torres-Quesada" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicenta Mill&#225;n" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Nisa-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0068147" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856158v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-62703-221-6_21" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070958v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2013.00236" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856166v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pin-Hong Meng" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Mazubert" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Hudik" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gks1458" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856194v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ons Zahaf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Blanchet" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel de Z&#233;licourt" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Alunni" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Plet" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mp/sss009" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856181v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jbio/2012032" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856169v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Brault-Hernandez" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Huault" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Brault" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.112.103267" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856175v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Jouannet" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Beatriz Moreno" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Vaucheret" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin D Crespi" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/emboj.2012.20" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855577v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouck Diet" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Marion" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2011.04859.x" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856205v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghazanfar A Khan" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11103-011-9793-x" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-S3WNCM60-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856967v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrien d'Haeseleer" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Griet den Herder" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Mortier" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2011.03719.x" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856206v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Wasson" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Signor" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Baker" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2010.04447.x" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856201v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Merchan" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2011.07.028" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2WMG1SQC-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856210v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Hirsch" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Misson" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter A Crisp" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale David" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bayle" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0016724" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856223v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lapierre" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysiane Brocard" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ratet" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.110.156620" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856233v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelali Benslimane" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/138920210790217918" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856226v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Marin" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Herz" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemarie S Lokerse" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dolf Weijers" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.109.072553" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856230v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Satiat-Jeunema&#238;tre" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Velasco" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tibor Csorba" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem van de Velde" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2009.04121.x" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856214v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico D Ariel" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel L Chan" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856221v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Charon" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mp/ssq037" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856219v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Verdenaud" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gruber" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.110.074823" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856232v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loreto Naya" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghazantar Abbas Khan" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856243v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Calenge" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.109.068130" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00736193v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Besma Ben Amor" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves d'Aubenton-Carafa" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.080275.108" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856245v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Schwab" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Maizel" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Ruiz-Ferrer" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Garcia" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bayer" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0005980" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668991v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Hodge" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziella Berta" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Doussan" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-009-9929-9" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-TBH38CT9-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856238v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Boualem" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00438-008-0392-8" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856234v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/gb-2009-10-12-r136" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856241v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura de Lorenzo" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Thompson" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Clarke" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.108.059576" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01912705v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Chinchilla" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Ra&#237;ces" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica Giammaria" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/FP07209" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856254v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scisignal.149re11" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856256v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja Kosuta" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy D Murray" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Szczyglowski" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2008.01.003" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BC4CZWD0-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856250v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Jovanovic" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2008.03448.x" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00159200v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura De Lorenzo" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvina Gonz&#225;lez Rizzo" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Niebel" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Manyani" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2007.03117.x" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856264v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laporte" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Merchan" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. B. Amor" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Wirth" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BST0351638" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856262v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Meg&#237;as" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.107.106146" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01912670v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Gargantini" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvina Gonzalez-Rizzo" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2006.02910.x" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123714v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo A Manavella" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agust&#237;n L Arce" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A Dezar" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bitton" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Renou" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2006.02865.x" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118293v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lefort" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Vankersschaver" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lucas" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.105.073817" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121505v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Combier" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise de Billy" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fikri El-Yahyaoui" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gad.402806" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123705v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.106.043778" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019588v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Collavino" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo M. Riccillo" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel H. Grasso" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mario Aguilar" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-18-0742" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123141v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Complainville" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0065-2296(04)41005-2" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122324v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Campalans" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Kondorosi" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.019406" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122910v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moul Dey" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Torrizo" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.0031-9317.2004.0208.x" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L86RH2T5-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00134893v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Roberts" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edna Dax" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noa Sever" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.017020" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122891v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita M Ulloa" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo C Macintosh" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a T T&#233;llez-I&#241;&#243;n" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erg282" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00134566v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Megias" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Sousa" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1022337221225" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-5C5BL16H-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677542v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Favery" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jammes" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lecomte" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Complainville" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Vinardell" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675677v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vaubert" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI.2002.15.10.1008" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00139391v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Maria Vinardell" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Vaubert" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157258v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Staehelin" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boller" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;d&#225;m Kondorosi" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157247v1" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Johansson" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christof Sautter" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.21.1.354-366.2001" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162969v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Frugier" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Poirier" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Satiat-Jeunema&#238;tre" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kondorosi" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162981v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. G&#225;lvez" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Hirsch" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. L. Wycoff" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hunt" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. B. Layzell" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164169v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Mathesius" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Charon" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. G. Rolfe" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03355269v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601655v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Zheng" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vandana Hivrale" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaotuo Zhang" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babu Valliyodan" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lelandais-Briere" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12918-016-0374-0" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748933v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gallardo Guerrero" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire G. Aubert" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lelandais - Bri&#232;re" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752651v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Verdier" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementina Kakar" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gallardo" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750691v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762487v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Djennane" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760113v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Jammes" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Maria Vinardell" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761636v1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liudmila L. Chelysheva" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05186685v1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ranty-Roby" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piao Lei" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Soul&#233;" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947458v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Lucau-Danila" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komlan Avia" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Bahrman" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02940745v1" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hippolyte" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guiderdoni" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannatul Mia" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hubert" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383696v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Proust" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8633-0_15" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383697v1" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8633-0_9" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193011v1" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuelei Lai" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Webb" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Zubieta" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-13-1426-1_26" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788580v1" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sebastian Ramirez Prado" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F978-3-319-55520-1_7" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-55520-1_7" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00178263v1" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hause" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00178267v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147549v1" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A; Complainville" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chinchilla" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Campalans" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147561v1" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cebolla" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00165966v1" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Foucher" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gyorgyey" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438463v1" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Diribarne" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gilbert" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03154415v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05409929v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Bonazzola" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Florencia Mammarella" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florencia Sol Rodriguez" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306023v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Fernandez Burda" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729123v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432759v1" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sebasti&#225;n Ram&#237;rez-Prado" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016338v1" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Gutierrez-Marcos" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016324v1" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016329v1" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790529v1" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399302v1" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiruthiga Mariappan" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399291v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05492655v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nussaume" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Besnard" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Cenci" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Clesse" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>