--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -109,278 +109,278 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Soil–Plant–Atmosphere Continuum model coupled to CFD to simulate plant energy and water exchanges in heterogeneous microclimates</w:t>
+                <w:t xml:space="preserve">Boundary-layer parameterization for assessing temperature and evaporation in floating photovoltaics at the utility-scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph Vernier</w:t>
+                <w:t xml:space="preserve">Baptiste Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Edouard</w:t>
+                <w:t xml:space="preserve">Rémi Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Amiot</w:t>
+                <w:t xml:space="preserve">Stéphanie Giroux-Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2025.110906⟩</w:t>
+              <w:t xml:space="preserve">Renewable Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 258, pp.124901. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.renene.2025.124901⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05371116v1</w:t>
+                <w:t xml:space="preserve">hal-05405880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boundary-layer parameterization for assessing temperature and evaporation in floating photovoltaics at the utility-scale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">A Soil–Plant–Atmosphere Continuum model coupled to CFD to simulate plant energy and water exchanges in heterogeneous microclimates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Edouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rémi Le Berre</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Giroux-Julien</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Andrée Tuzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Renewable Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 258, pp.124901. </w:t>
+              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 376, pp.110906. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.renene.2025.124901⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2025.110906⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05405880v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05371116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indoor turbulent airflow modelling with a new integral buoyant wall function</w:t>
               </w:r>
@@ -698,265 +698,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05320518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical analysis of evaporation reduction in floating photovoltaic power plants: influence of design parameters</w:t>
+                <w:t xml:space="preserve">A Godunov-type scheme and a relaxation scheme for second-order turbulence-moment models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Berlioux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Amiot</w:t>
+                <w:t xml:space="preserve">Nadjib Bennoura-Bouchiba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oume-Lgheit Rhazi</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Marc Hérard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPJ Photovoltaics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16, pp.4. </w:t>
+              <w:t xml:space="preserve">ESAIM: Mathematical Modelling and Numerical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 59 (5), </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/epjpv/2024047⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/m2an/2025066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04876157v1</w:t>
+                <w:t xml:space="preserve">hal-04601486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Godunov-type scheme and a relaxation scheme for second-order turbulence-moment models</w:t>
+                <w:t xml:space="preserve">Numerical analysis of evaporation reduction in floating photovoltaic power plants: influence of design parameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadjib Bennoura-Bouchiba</w:t>
+                <w:t xml:space="preserve">Baptiste Berlioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Le Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Hérard</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Oume-Lgheit Rhazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESAIM: Mathematical Modelling and Numerical Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 59 (5), </w:t>
+              <w:t xml:space="preserve">EPJ Photovoltaics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16, pp.4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/m2an/2025066⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/epjpv/2024047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04601486v1</w:t>
+                <w:t xml:space="preserve">hal-04876157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An innovative method based on CFD to simulate the influence of photovoltaic panels on the microclimate in agrivoltaic conditions</w:t>
               </w:r>
@@ -1070,759 +1070,759 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05190319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Realizability-preserving time-stepping for the differential Reynolds stress turbulence models</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stable schemes for second-moment turbulent models for incompressible flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Ferrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Hérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Norddine</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Martin Ferrand</w:t>
+                <w:t xml:space="preserve">Thomas Norddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Benhamadouche</w:t>
+                <w:t xml:space="preserve">Simon Ruget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computational Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 494, pp.112511. </w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 351, pp.337-353. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcp.2023.112511⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5802/crmeca.202⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05320506v1</w:t>
+                <w:t xml:space="preserve">hal-03776133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of wall-modelled particle/mesh PDF methods for turbulent parietal flows</w:t>
+                <w:t xml:space="preserve">A time-step-robust algorithm to compute particle trajectories in 3-D unstructured meshes for Lagrangian stochastic methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Balvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Minier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yelva Roustan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monte Carlo Methods and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, Monte Carlo Methods and Applications, 29 (4), pp.275-305. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/mcma-2023-2017⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 29 (2), pp.95-126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/mcma-2023-2002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04433162v1</w:t>
+                <w:t xml:space="preserve">hal-04059629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stable schemes for second-moment turbulent models for incompressible flows</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Realizability-preserving time-stepping for the differential Reynolds stress turbulence models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Norddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Simon Ruget</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Benhamadouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5802/crmeca.202⟩</w:t>
+              <w:t xml:space="preserve">Journal of Computational Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 494, pp.112511. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcp.2023.112511⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03776133v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05320506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A time-step-robust algorithm to compute particle trajectories in 3-D unstructured meshes for Lagrangian stochastic methods</w:t>
+                <w:t xml:space="preserve">Analysis of wall-modelled particle/mesh PDF methods for turbulent parietal flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Balvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Minier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yelva Roustan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monte Carlo Methods and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 29 (2), pp.95-126. </w:t>
+              <w:t xml:space="preserve">, 2023, Monte Carlo Methods and Applications, 29 (4), pp.275-305. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/mcma-2023-2002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1515/mcma-2023-2017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04059629v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04433162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the Contribution of Aerosols to Fog Evolution through Their Influence on Solar Radiation</w:t>
+                <w:t xml:space="preserve">A time‐staggered second order conservative time scheme for variable density flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lea Al Asmar</w:t>
+                <w:t xml:space="preserve">Hector Amino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Musson-Genon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Martin Ferrand</w:t>
+                <w:t xml:space="preserve">Cédric Flageul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Benhamadouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Sartelet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Iztok Tiselj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Carissimo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cli10050061⟩</w:t>
+              <w:t xml:space="preserve">International Journal for Numerical Methods in Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/fld.5116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05320453v1</w:t>
+                <w:t xml:space="preserve">hal-03817965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A time‐staggered second order conservative time scheme for variable density flow</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modeling the Contribution of Aerosols to Fog Evolution through Their Influence on Solar Radiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Flageul</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sofiane Benhamadouche</w:t>
+                <w:t xml:space="preserve">Lea Al Asmar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iztok Tiselj</w:t>
+                <w:t xml:space="preserve">Luc Musson-Genon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Carissimo</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Karine Sartelet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Numerical Methods in Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">Climate </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (5), pp.61. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/fld.5116⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/cli10050061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03817965v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05320453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finite volume arbitrary Lagrangian-Eulerian schemes using dual meshes for ocean wave applications</w:t>
               </w:r>
@@ -2127,534 +2127,534 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03248993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Implicit Integral Formulation to Model Inviscid Fluid Flows in Obstructed Media</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mixture model for two-phase flows with high density ratios: A conservative and realizable SPH formulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Fonty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Ferrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Colas</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Erwan Le Coupanec</w:t>
+                <w:t xml:space="preserve">Antoine Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Violeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compfluid.2019.05.014⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 111, pp.158-174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2018.11.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01969129v1</w:t>
+                <w:t xml:space="preserve">hal-03248980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mixture model for two-phase flows with high density ratios: A conservative and realizable SPH formulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Fonty</w:t>
+                <w:t xml:space="preserve">An Implicit Integral Formulation to Model Inviscid Fluid Flows in Obstructed Media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Agnès Leroy</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Hérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Latché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Joly</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Damien Violeau</w:t>
+                <w:t xml:space="preserve">Erwan Le Coupanec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 111, pp.158-174. </w:t>
+              <w:t xml:space="preserve">Computers and Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.136-163. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2018.11.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.compfluid.2019.05.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03248980v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01969129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Correlation for the Discontinuity of the Temperature Variance Dissipation Rate at the Fluid-Solid Interface in Turbulent Channel Flows</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sofiane Benhamadouche</w:t>
+                <w:t xml:space="preserve">Mixture model for two-phase flows with high density ratios: A conservative and realizable SPH formulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Fonty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Violeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Flow, Turbulence and Combustion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10494-019-00008-0⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 111, pp.158-174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2018.11.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01995617v1</w:t>
+                <w:t xml:space="preserve">hal-02947284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mixture model for two-phase flows with high density ratios: A conservative and realizable SPH formulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Fonty</w:t>
+                <w:t xml:space="preserve">A Correlation for the Discontinuity of the Temperature Variance Dissipation Rate at the Fluid-Solid Interface in Turbulent Channel Flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Flageul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iztok Tiselj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Benhamadouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Damien Violeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2018.11.007⟩</w:t>
+              <w:t xml:space="preserve">Flow, Turbulence and Combustion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10494-019-00008-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02947284v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01995617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Air Entrainment Modeling in the SPH Method: A Two-Phase Mixture Formulation with Open Boundaries</w:t>
               </w:r>
@@ -2876,278 +2876,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01944343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frozen Rotor and Sliding Mesh Models Applied to the 3D Simulation of the Francis-99 Tokke Turbine with Code_Saturne</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unsteady open boundaries for SPH using semi-analytical conditions and Riemann solver in 2D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Ferrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N Tonello</w:t>
+                <w:t xml:space="preserve">Christophe D Kassiotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Violeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y Eude</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Agnès D Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/782/1/012009⟩</w:t>
+              <w:t xml:space="preserve">Computer Physics Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 210, pp.29-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cpc.2016.09.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05320456v1</w:t>
+                <w:t xml:space="preserve">hal-05320591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unsteady open boundaries for SPH using semi-analytical conditions and Riemann solver in 2D</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Frozen Rotor and Sliding Mesh Models Applied to the 3D Simulation of the Francis-99 Tokke Turbine with Code_Saturne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Tonello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Eude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B de Laage de Meux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Physics Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 210, pp.29-44. </w:t>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 782, pp.012009. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cpc.2016.09.009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/782/1/012009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05320591v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05320456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new open boundary formulation for incompressible SPH</w:t>
               </w:r>
@@ -3185,51 +3185,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Fratter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Joly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers &amp; Mathematics with Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 72, pp.2417 - 2432. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3257,274 +3257,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01557021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unified semi-analytical wall boundary conditions in SPH: analytical extension to 3-D</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arno Mayrhofer</w:t>
+                <w:t xml:space="preserve">Buoyancy modelling with incompressible SPH for laminar and turbulent flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Violeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">François-Xavier Morel</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Joly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Numerical Algorithms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11075-014-9835-y⟩</w:t>
+              <w:t xml:space="preserve">International Journal for Numerical Methods in Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 78 (8), pp.455 - 474. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/fld.4025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01318437v1</w:t>
+                <w:t xml:space="preserve">hal-01557023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Buoyancy modelling with incompressible SPH for laminar and turbulent flows</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Agnès Leroy</w:t>
+                <w:t xml:space="preserve">Unified semi-analytical wall boundary conditions in SPH: analytical extension to 3-D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arno Mayrhofer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Ferrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Kassiotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Violeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Antoine Joly</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Morel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Numerical Methods in Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 78 (8), pp.455 - 474. </w:t>
+              <w:t xml:space="preserve">Numerical Algorithms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 68 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/fld.4025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11075-014-9835-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01557023v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01318437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unified semi-analytical wall boundary conditions applied to 2-D incompressible SPH</w:t>
               </w:r>
@@ -3549,51 +3549,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Violeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Kassiotis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Computational Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 261, pp.106-129. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3679,51 +3679,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benedict D. Rogers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Violeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Kassiotis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal for Numerical Methods in Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 71 (476-472), pp.Online. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3757,51 +3757,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of wall bounded flows using SPH and the unified semi-analytical wall boundary conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arno Mayrhofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benedict D. Rogers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3997,77 +3997,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Second-moment turbulent models for incompressible flows : some recent -and less recent- results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadjib Bennoura-Bouchiba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Hérard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CoScaRa Webinars in Winter term 2026</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Christian Rohde, Jan 2026, Stuttgart, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4092,103 +4092,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation des transferts de chaleur et de masse dans une centrale photovoltaïque flottante : utilisation de la méthode des frontières immergées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Berlioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thermique, Énergies renouvelables et Territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Thermique; LOCIE, Jun 2025, Le Bourget du Lac, France. pp.487-494, </w:t>
@@ -4220,670 +4220,670 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05208141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaporation of Reservoir for Different Floating Photovoltaic Layouts</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Amiot</w:t>
+                <w:t xml:space="preserve">Towards a better 0D-1D modelling approach for more accurate prediction of Indoor Air Quality (IAQ) in Buildings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Carnec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Duforestel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Wall-Ribot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hervé Pabiou</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc O. Abadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42nd European Photovoltaic Solar Energy Conference and Exhibition (EU-PVSEC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">Indoor Air 2024 Sustaining the Indoor Air Revolution: Raise Your Impact</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Hawai, Honolulu, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04757657v1</w:t>
+                <w:t xml:space="preserve">hal-04642771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a better 0D-1D modelling approach for more accurate prediction of Indoor Air Quality (IAQ) in Buildings</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Wall-Ribot</w:t>
+                <w:t xml:space="preserve">CFD study of PM10 dispersion in a sports stadium using a mesh based on geometry obtained from a 3-D cloud of laser points</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Amino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Flageul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Carissimo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Indoor Air 2024 Sustaining the Indoor Air Revolution: Raise Your Impact</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Hawai, Honolulu, United States</w:t>
+              <w:t xml:space="preserve">HARMO24</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Pärnu, Estonia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04642771v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04756644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CFD study of PM10 dispersion in a sports stadium using a mesh based on geometry obtained from a 3-D cloud of laser points</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Carissimo</w:t>
+                <w:t xml:space="preserve">Évaporation d’un plan d’eau pour différents systèmes photovoltaı̈ques flottants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Berlioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Le Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Pabiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HARMO24</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Pärnu, Estonia</w:t>
+              <w:t xml:space="preserve">Journées Nationales de l'Energie Solaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Pau et pays de l'Adour, Jun 2024, Anglet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04756644v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04757061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaporation d’un plan d’eau pour différents systèmes photovoltaı̈ques flottants</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Amiot</w:t>
+                <w:t xml:space="preserve">A CFD model for heat and mass transfer leading to plume formation within Wet Cooling Towers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales de l'Energie Solaire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">11th International Conference on Heat Transfer and Fluid Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Barcelona, Spain. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11159/htff24.209⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04757061v1</w:t>
+                <w:t xml:space="preserve">hal-05247185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A CFD model for heat and mass transfer leading to plume formation within Wet Cooling Towers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luc Favre</w:t>
+                <w:t xml:space="preserve">Evaporation of Reservoir for Different Floating Photovoltaic Layouts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Berlioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Le Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Pabiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Conference on Heat Transfer and Fluid Flow</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">42nd European Photovoltaic Solar Energy Conference and Exhibition (EU-PVSEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Vienna, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.11159/htff24.209⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05247185v1</w:t>
+                <w:t xml:space="preserve">hal-04757657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hétérogénéité des modes de transferts convectifs au sein des centrales solaires photovoltaïques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Ferrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Le-Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Giroux-Julien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30ème Congrès Français de Thermique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LAMIH; Institut Énergie, May 2022, Valenciennes, France. pp.183-190, </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4917,103 +4917,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A TIME-STAGGERED SECOND ORDER SCHEME FOR MOIST AIR VARIABLE DENSITY FLOW</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hector Amino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Flageul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Carissimo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Hérard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Congress on Computational Methods in Applied Sciences and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Oslo, Norway. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5047,103 +5047,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A second order conservative time-staggered scheme for all speed flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hector Amino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Flageul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Benhamadouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iztok Tiselj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Carissimo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">UKHTC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Manchester, United Kingdom</w:t>
@@ -5172,90 +5172,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A COLLOCATED FINITE VOLUME SCHEME WITH AN INTEGRAL FORMULATION FOR FLOWS WITH FLUID SECTION JUMPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Hérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Le Coupanec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in thermal Hydraulics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2020, Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5522,64 +5522,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wall-resolved LES of channel flow: A correlation for the discontinuity of εθ at the fluid-solid interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Flageul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iztok Tiselj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Benhamadouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5639,64 +5639,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantification of the discontinuity of the temperature variance dissipation rate: wall-resolved LES of turbulent channel flow with conjugate heat transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Flageul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iztok Tiselj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Benhamadouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5747,77 +5747,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Applying Riemann solvers to open boundaries in free surface and confined flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Violeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès D Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5855,51 +5855,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling SPH with a 1-D Boussinesq-type wave model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Kassiotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6038,51 +6038,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Minier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer Nature Switzerland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LNP-1093, 2025, Lecture Notes in Physics, 978-3-031-84465-2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
@@ -6280,77 +6280,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Scheme Using the Wave Structure of Second-Moment Turbulent Models for Incompressible Flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Hérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Norddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ruget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Finite Volumes for Complex Applications X—Volume 2, Hyperbolic and Related Problems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 433, </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6397,103 +6397,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Numerical Convergence Study of some Open Boundary Conditions for Euler equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Hérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Hurisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Le Coupanec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PROMS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
@@ -6531,90 +6531,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Implicit Integral Formulation for the Modeling of Inviscid Fluid Flows in Domains Containing Obstacles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Hérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Le Coupanec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6801,77 +6801,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specifications for second-order turbulence-moment models in incompressible flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadjib Bennoura-Bouchiba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Hérard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6889,77 +6889,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multidimensional simulations of incompressible turbulent flows using a Godunov-type scheme for second-order moment equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadjib Bennoura-Bouchiba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Hérard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6990,90 +6990,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unsteady open boundaries for SPH using semi-analytical conditions and Riemann solver in 2D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe D Kassiotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Violeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès D Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -7367,51 +7367,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371116v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Vernier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Edouard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Amiot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ferrand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;e Tuzet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2025.110906" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405880v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Le Berre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Giroux-Julien" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2025.124901" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357190v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Borel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Moulouel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Houvin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Benhamadouche" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatfluidflow.2025.110130" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320338v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Balvet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yelva Roustan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/r4hc-hwhk" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320518v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pennel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dupont" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10546-025-00938-5" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876157v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Berlioux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oume-Lgheit Rhazi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2024047" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601486v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjib Bennoura-Bouchiba" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc H&#233;rard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2025066" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190319v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vernier Joseph" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berlioux Baptiste" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amiot Baptiste" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Sylvain" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferrand Martin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2025.113571" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320506v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Norddine" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benhamadouche" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2023.112511" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-04433162v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Minier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/mcma-2023-2017" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776133v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Norddine" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ruget" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.202" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-04059629v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Henry" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/mcma-2023-2002" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320453v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Al Asmar" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Musson-Genon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Sartelet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cli10050061" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817965v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Amino" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Flageul" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iztok Tiselj" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Carissimo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fld.5116" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-03426951v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey C. Harris" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2021.104860" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-05320529v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Demay" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Belouah" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Robin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/861/1/012033" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03248993v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fonty" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Leroy" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Violeau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10494-020-00165-7" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969129v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Colas" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Latch&#233;" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Le Coupanec" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2019.05.014" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03248980v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Joly" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2018.11.007" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995617v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10494-019-00008-0" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947284v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944338v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944343v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Gha&#239;tanellis" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal El Kadi Abderrezzak" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320456v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Tonello" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Eude" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B de Laage de Meux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/782/1/012009" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320591v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe D Kassiotis" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s D Leroy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2016.09.009" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557021v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Fratter" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2016.09.008" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318437v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arno Mayrhofer" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Kassiotis" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Morel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11075-014-9835-y" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557023v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fld.4025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945510v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2013.12.035" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00691603v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique R. Laurence" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedict D. Rogers" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fld.3666" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01097878v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2013.07.004" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00796103v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2012.725995" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460686v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208141v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2025-144" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757657v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pabiou" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642771v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carnec" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Duforestel" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Wall-Ribot" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc O. Abadie" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756644v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757061v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247185v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Favre" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11159/htff24.209" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209161v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Le-Berre" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2022-047" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906606v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/eccomas.2022.032" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273523v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422792v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184675v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Mastrippolito" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Aubert" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ducros" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Fourmigu&#233;" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184665v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Fourmique" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442842v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/THMT-18.1010" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631515v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702792v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00601352v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter K. Stansby" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320438v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-031-84466-9#accessibility-statement" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-84466-9" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320539v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Narv&#225;ez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40864-9_30" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516669v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.extranet.enpc.fr/chapter/10.1007/978-3-031-40860-1_12" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40860-1_12" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422802v2" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hurisse" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-43651-3_62" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579372v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Martin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-57394-6_6" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320448v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fontaine" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Angelini" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-05591-6_57" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309102v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411424v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376579v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-03637275v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022ENPC0002" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405880v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Amiot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Le Berre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Giroux-Julien" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ferrand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2025.124901" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371116v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Vernier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Edouard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;e Tuzet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2025.110906" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357190v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Borel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Moulouel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Houvin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Benhamadouche" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatfluidflow.2025.110130" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320338v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Balvet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yelva Roustan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/r4hc-hwhk" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320518v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pennel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dupont" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10546-025-00938-5" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601486v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjib Bennoura-Bouchiba" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc H&#233;rard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2025066" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876157v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Berlioux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oume-Lgheit Rhazi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2024047" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190319v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vernier Joseph" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berlioux Baptiste" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amiot Baptiste" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Sylvain" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferrand Martin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2025.113571" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776133v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Norddine" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ruget" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.202" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-04059629v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Minier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Henry" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/mcma-2023-2002" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320506v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Norddine" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benhamadouche" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2023.112511" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-04433162v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/mcma-2023-2017" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817965v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Amino" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Flageul" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iztok Tiselj" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Carissimo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fld.5116" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320453v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Al Asmar" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Musson-Genon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Sartelet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cli10050061" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-03426951v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey C. Harris" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2021.104860" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-05320529v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Demay" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Belouah" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Robin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/861/1/012033" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03248993v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fonty" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Leroy" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Violeau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10494-020-00165-7" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03248980v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Joly" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2018.11.007" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969129v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Colas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Latch&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Le Coupanec" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2019.05.014" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947284v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995617v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10494-019-00008-0" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944338v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944343v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Gha&#239;tanellis" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal El Kadi Abderrezzak" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320591v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe D Kassiotis" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s D Leroy" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2016.09.009" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320456v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Tonello" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Eude" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B de Laage de Meux" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/782/1/012009" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557021v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Fratter" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2016.09.008" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557023v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fld.4025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318437v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arno Mayrhofer" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Kassiotis" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Morel" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11075-014-9835-y" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945510v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2013.12.035" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00691603v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique R. Laurence" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedict D. Rogers" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fld.3666" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01097878v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2013.07.004" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00796103v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2012.725995" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460686v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208141v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2025-144" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642771v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carnec" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Duforestel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Wall-Ribot" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc O. Abadie" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756644v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757061v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pabiou" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247185v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Favre" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11159/htff24.209" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757657v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209161v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Le-Berre" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2022-047" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906606v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/eccomas.2022.032" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273523v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422792v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184675v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Mastrippolito" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Aubert" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ducros" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Fourmigu&#233;" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184665v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Fourmique" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442842v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/THMT-18.1010" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631515v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702792v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00601352v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter K. Stansby" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320438v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-031-84466-9#accessibility-statement" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-84466-9" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320539v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Narv&#225;ez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40864-9_30" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516669v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.extranet.enpc.fr/chapter/10.1007/978-3-031-40860-1_12" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40860-1_12" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422802v2" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hurisse" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-43651-3_62" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579372v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Martin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-57394-6_6" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320448v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fontaine" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Angelini" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-05591-6_57" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309102v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411424v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376579v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-03637275v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022ENPC0002" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>