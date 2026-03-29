--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -305,147 +305,147 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de l'histoire des religions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, A paraître, Sens interdits. La postérité du Liber Gomorrhianus de Pierre Damien, 240 (2), pp.289-322. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2023, 240 (2), pp.289-322</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04392034v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...39 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sodome vu du Ciel. Du récit au paradigme à travers le prisme de la Bible glosée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de l'histoire des religions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 240 (2), pp.289-322</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, A paraître, Sens interdits. La postérité du Liber Gomorrhianus de Pierre Damien, 240 (2), pp.289-322. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rhr.12525⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04392034v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04088127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte rendu de : Chiara RUZZIER, Entre université et ordres mendiants. La production des bibles portatives latines au XIIIe siècle, préface d’Ezio Ornato, Walter de Gruyter GmbH, Berlin – Boston, 2022, (Manuscripta Biblica, 8), 338 p., 5 annexes, 166 tableaux statistiques, 14 graphiques, 22 planches en couleur. – ISBN 978-3-11-075719-4. ISSN 2626-3955.</w:t>
               </w:r>
@@ -1517,724 +1517,724 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04386244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Thomae de Aquino Catena aurea in Ioannem. Editio scientifica, fontibus repertis textuque emendato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Gibiino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adele Di Lorenzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Somers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmelo Giuseppe Conticello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Martin Morard. , Catena aurea (version 1 : 2022), 1355 p., 2022, Sacra Pagina : la Bible latine glosée au Moyen Âge, Martin Morard, ISSN 2802-4001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03788654v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Philipus Cancellarius, Summa super Psalterium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Martin Morard. , Philippus Cancellarius, 2022, Sacra Pagina : la Bible latine glosée au Moyen Âge, Martin Morard, ISSN 2802-4001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03788253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilberti Porretani Glossa media in epistolas Pauli editio electronica nativa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karlfried Froehlich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Karlfried Froehlich; Martin Morard. , 400 p., 2022, Sacra Pagina Sacra Pagina : la Bible latine glosée au Moyen Âge [https://gloss-e.irht.cnrs.fr], Martin Morard, ISSN 2966-5310</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916750v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo de Sancto Caro. Postilla in totam Bibliam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Sacra Pagina : la Bible latine glosée au Moyen Âge, ISSN 2802-4001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03788184v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petrus Lombardus, Glossa magna vel collectaneae in Psalmos et epistolas Pauli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Martin Morard. , Glossa magna, 2022, Sacra Pagina : la Bible latine glosée au Moyen Âge, Martin Morard, ISSN 2802-4001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03788192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biblia cum Glossa ordinaria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Bériou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-José Sorbet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Gibiino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Le Huërou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Martin Morard. Sacra Pagina : la Bible latine glosée au Moyen Âge, pp.13439, 2022, Glossa ordinaria, Martin Morard, ISSN 2802-4001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03788139v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomae de Aquino Catena aurea in Matthaeum. Editio scientifica, fontibus repertis textuque emendato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Gibiino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Odile Boulnois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Catherine Baudoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adele Di Lorenzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Martin Morard. , Catena aurea (version 1 : 2022), 2152 p., 2022, Sacra Pagina : la Bible latine glosée au Moyen Âge, Martin Morard, ISSN 2802-4001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03788629v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomae de Aquino Catena aurea in Lucam. Editio scientifica, fontibus repertis textuque emendato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Gibiino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adele Di Lorenzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Somers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
-              <w:r>
-[...603 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmelo Giuseppe Conticello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Martin Morard. , Catena aurea (version 1 : 2022), 2011 p., 2022, Sacra Pagina : la Bible latine glosée au Moyen Âge, Martin Morard, ISSN 2802-4001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
@@ -3276,3207 +3276,3207 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04875844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Des canons d’Eusèbe aux capitulations langtoniennes : la Table de concordance des évangiles de Nicolas de Lyre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lyra electronica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, [50 p.], 2023, Sacra Pagina : la Bible latine glosée au Moyen Âge, ISSN 2966-5310</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04388972v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bibliae capitula. Les divisions de la Vulgate en chapitres à la fin du Moyen-Âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biblia communis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , 2023, Sacra Pagina : la Bible latine glosée au Moyen Âge, ISSN 2802-4001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04389716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Préfaces aux épîtres de Paul traduites du grec par Guillaume Le Mire, abbé de Saint-Denis en France, à l'intention d'Herbert de Bosham</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">M. Morard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Petrus Lombardus. Magna Glossatura in epistolas Pauli</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Introduction, , 2023, Sacra Pagina. La Bible latine glosée au Moyen Âge [https://gloss-e.irht.cnrs.fr], ISSN 2966-5310</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03929403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Bibliae capitula. Les divisions de la Vulgate en chapitres à la fin du Moyen-Âge</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une invention tardive. La numérotation des versets de la Bible.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biblia communis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2023, Sacra Pagina : la Bible latine glosée au Moyen Âge, ISSN 2802-4001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04392055v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diffusion et réception médiévale du Psaume 151 'Pusillus eram</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biblia communis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2023, Sacra Pagina : la Bible latine glosée au Moyen Âge, ISSN 2802-4001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04392062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bible des libraires de Paris et Texte de l’Université. A propos du contenu des bibles portatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biblia communis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2023, Sacra Pagina : la Bible latine glosée au Moyen Âge, ISSN 2966-5310</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04384970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Des canons d’Eusèbe aux capitulations langtoniennes : la Table de concordance des évangiles de Nicolas de Lyre</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Brito et le commentaire des prologues bibliques dans la postille de Nicolas de Lyre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lyra electonica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Sacra Pagina : la Bible latine glosée au Moyen Âge, ISSN 2966-5310</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04389093v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prologues et pièces liminaires de la Bible latine glosée ou non</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biblia communis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Sacra Pagina : la Bible latine glosée au Moyen Âge, ISSN 2966-5310</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04391765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">BIBLIAE CAPITULA. Incipit et numérotation des chapitres des bibles du Moyen Âge tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biblia communis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, , 2023, Sacra Pagina: La Bible latine glosée au Moyen-Age, ISSN 2966-5310</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04389733v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyra electronica. Note d'orientation à propos des postilles de Nicolas de Lyre et de leur édition électronique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lyra electronica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, [50 p.], 2023, Sacra Pagina : la Bible latine glosée au Moyen Âge, ISSN 2966-5310</w:t>
+              <w:t xml:space="preserve">, , 2023, Sacra Pagina: La Bible latine glosée au Moyen-Age, ISSN 2966-5310</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Une invention tardive. La numérotation des versets de la Bible.</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04232204v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les extensions du Psautier glosé : le symbole 'Quicumque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sacra Pagina</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Sacra Pagina : la Bible latine glosée au Moyen Âge, ISSN 2966-5310</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04088180v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le prologue 'Bibliotheca interpretatur' et la bible pandecte des libraires de Paris (Repertorium biblicum 9883)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biblia communis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, , 2023, Sacra Pagina : la Bible latine glosée au Moyen Âge, ISSN 2802-4001</w:t>
+              <w:t xml:space="preserve">, 1, , 2023, Sacra Pagina : la Bible latine glosée au Moyen Âge, ISSN 2966-5310</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Prologues et pièces liminaires de la Bible latine glosée ou non</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04389747v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre Hexaples et Koinè : Psautiers latins et Psautiers grecs à la lumière de la lettre de Jérôme à Sunnia et Fretela</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sacra Pagina : la Bible latine glosée au Moyen Âge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1 : Biblia communis, 2023, ISSN 2966-5310</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04386311v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Tradition textuelle latine du Psaume 151 &amp;quot;Pusillus eram</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biblia communis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, Sacra Pagina : la Bible latine glosée au Moyen Âge, ISSN 2966-5310</w:t>
+              <w:t xml:space="preserve">, , 2023, Sacra Pagina : la Bible latine glosée au Moyen Âge, ISSN 2802-4001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Martin Morard</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04392065v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillelmi Medici epistola ad Herbertum de Boscham de hyponyma et hypothesibus ad epistolas Pauli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Somers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lyra electonica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Sacra Pagina : la Bible latine glosée au Moyen Âge, ISSN 2966-5310</w:t>
+              <w:t xml:space="preserve">Petrus Lombardus. Magna Glossatura (Paul.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Sacra Pagina : la Bible latine glosée au Moyen Âge [https://gloss-e.irht.cnrs.fr], ISSN 2966-5310</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...322 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03929584v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apparatus ad Glossam. Réflexions en marge de l’édition électronique des postilles bibliques d’Hugues de Saint-Cher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Martin Morard. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sacra Pagina : la Bible latine glosée au Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1 : Biblia communis, 2023, ISSN 2966-5310</w:t>
+              <w:t xml:space="preserve">, Hugo de Sancto Caro, , 2022, ISSN 2802-4001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...171 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Prologus ‘Christus integer' Gilberti Porretani in Glossa media super Psalmos.</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03788222v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herberti de Bosham praefatio in Glossa magna super Epistolas Pauli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Martin Morard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sacra Pagina : la Bible latine glosée au Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, , 2022, Glossa magna, ISSN 2802-4001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03787659v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glossa ordinaria : ratio editionis electronicae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Martin Morard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sacra Pagina : la Bible latine glosée au Moyen Âge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , 2022, ISSN 2802-4001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03787582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prologus ‘Christus integer' Gilberti Porretani in Glossa media super Psalmos.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Martin Morard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sacra Pagina : la Bible latine glosée au Moyen Âge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, Glossa media, , 2022, Sacra Pagina : la Bible latine glosée au Moyen Âge [https://gloss-e.irht.cnrs.fr], ISSN 2802-4001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03787587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La tradition manuscrite de la Catena aurea : catalogue et analyse des témoins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Famosus Glossator. Thomas d’Aquin auteur de la Catena aurea.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, tome 3, , 384 p., 2022, Sacra Pagina Sacra Pagina : la Bible latine glosée au Moyen Âge [https://gloss-e.irht.cnrs.fr], ISSN 2966-5310</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03916755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Prologus ‘Cum omnes prophetas’ Petri Lombardi in Magnam Glossaturam super Psalmos</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le programme Glossae Sacrae Scripturae electronicae (Gloss-e 1.0)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Martin Morard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sacra Pagina : la Bible latine glosée au Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, , 2022, Glossa magna, ISSN 2802-4001</w:t>
+              <w:t xml:space="preserve">, , 2022, ISSN 2802-4001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Prologus ‘Principia rerum’ Petri Lombardi in Magnam Glossaturam super epistolas Pauli</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03787559v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Codicologie de la mise en page des bibles latines glosées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Martin Morard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GLOSSEM. - Répertoire des manuscrits de la Bible latine glosée.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , 2022, ISSN 2802-4001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03787540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glossa ordinaria (Apocalypsis : Tractatus de duodecim lapidibus)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Martin Morard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biblia vulgata cum Glossa ordinaria electronica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Sacra Pagina - Glossae Scripturae Sacrae-electronicae, ISSN 2966-5310</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03915960v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prologus ‘Incipiunt glosse super Psalterium’</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Martin Morard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sacra Pagina : la Bible latine glosée au Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, Glossa magna, ISSN 2802-4001</w:t>
+              <w:t xml:space="preserve">, , 2022, Glossa media, ISSN 2802-4001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03787590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prologi super Bibliam (Prologus ‘Quoniam super omnes Scripturas’ auctus correctionum Bibliae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">M. Morard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Littera communis. La Bible latine du Moyen Âge tardif. [https://gloss-e.irht.cnrs.fr]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Sacra Pagina : la Bible latine glosée au Moyen Âge, ISSN 2966-5310</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03916382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Les postilles bibliques d’Hugues de Saint-Cher : Ratio brevis editionis</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un ouvrier de l’ombre des postilles d’Hugues de St-Cher : Pierre de Reims et la Glose dominicaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Martin Morard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hugo de Sancto Caro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , 4 p., 2022, Sacra Pagina : la Bible latine glosée au Moyen Âge, ISSN 2802-4001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03788604v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catena aurea electronica : ratio brevis editionis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sacra Pagina : la Bible latine glosée au Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Hugo de Sancto Caro, , 2022, ISSN 2802-4001</w:t>
+              <w:t xml:space="preserve">, Catena aurea, 32 p., 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...94 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03788669v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction à la &amp;quot;Summa super Psalterium Philippi Cancellarii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Martin Morard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sacra Pagina : la Bible latine glosée au Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Philippus Cancellarius, 2022, Sacra Pagina : la Bible latine glosée au Moyen Âge, ISSN 2802-4001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03788561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...24 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le 'Tractatus duodecim lapidum' (Apc. 21, 19-21), pierre de touche des évolutions de la Glose ordinaire sur l’Apocalypse.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Martin Morard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biblia vulgata cum glossa ordinaria electronica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , 2022, Sacra Pagina : la Bible latine glosée au Moyen Âge (https://gloss-e.irht.cnrs.fr), ISSN 2966-5310</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03915959v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prologus ‘Principia rerum’ Petri Lombardi in Magnam Glossaturam super epistolas Pauli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Martin Morard. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sacra Pagina : la Bible latine glosée au Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Catena aurea, 32 p., 2022</w:t>
+              <w:t xml:space="preserve">, 2022, Glossa magna, ISSN 2802-4001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...102 lines deleted...]
-                <w:t xml:space="preserve">Glossa ordinaria : ratio editionis electronicae</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03787660v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prologus ‘Cum omnes prophetas’ Petri Lombardi in Magnam Glossaturam super Psalmos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Martin Morard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sacra Pagina : la Bible latine glosée au Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, , 2022, ISSN 2802-4001</w:t>
+              <w:t xml:space="preserve">, , 2022, Glossa magna, ISSN 2802-4001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03787655v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les postilles bibliques d’Hugues de Saint-Cher : Ratio brevis editionis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sacra Pagina : la Bible latine glosée au Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hugo de Sancto Caro, , 2022, ISSN 2802-4001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Herberti de Bosham praefatio in Glossa magna super Epistolas Pauli</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03788223v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prologi super Bibliam (Guillelmi de Mara prologus correctionum Bibliae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Morard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Littera communis. La Bible latine du Moyen Âge tardif. [https://gloss-e.irht.cnrs.fr]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Sacra Pagina : la Bible latine glosée au Moyen Âge, ISSN 2966-5310</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916390v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Table ‘Fons ascendens’ : une lemmatisation théologique médiévale de la Catena aurea.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">IRHT-CNRS. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Catena aurea electronica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , 2022, Sacra Pagina : la Bible latine glosée au Moyen Âge, ISSN 2966-5310</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03915954v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La 'Magna Glossatura' de Pierre Lombard. Brève introduction à l'édition électronique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Martin Morard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sacra Pagina : la Bible latine glosée au Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2022, Glossa magna, ISSN 2802-4001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...123 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03787606v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herberti de Bosham prothemata in Psalmos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sacra Pagina : la Bible latine glosée au Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, , 2022, Glossa media, ISSN 2802-4001</w:t>
+              <w:t xml:space="preserve">, , 2022, Glossa magna, ISSN 2802-4001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03787654v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catenae aureae lexicon graeco-latinum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Catena aurea electronica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , 2022, Sacra Pagina. La Bible latine glosée au Moyen Âge [https://gloss-e.irht.cnrs.fr], ISSN 2966-5310</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03788666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prologus ‘Sicut prophete’ Gilberti Porretani in epistolas Pauli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sacra Pagina : la Bible latine glosée au Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, , 2022, ISSN 2802-4001</w:t>
+              <w:t xml:space="preserve">, , 2022, Glossa media, ISSN 2802-4001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...175 lines deleted...]
-                <w:t xml:space="preserve">La 'Magna Glossatura' de Pierre Lombard. Brève introduction à l'édition électronique</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03787603v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herberti de Bosham praefatio in Magnam Glossaturam super Psalmos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Martin Morard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sacra Pagina : la Bible latine glosée au Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2022, Glossa magna, ISSN 2802-4001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...46 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03787618v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prologus ‘Facies mihi tentorium’ Petri Pictaviensis distinctionum in Glossa magna super Psalmos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Martin Morard. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sacra Pagina : la Bible latine glosée au Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2022, Glossa magna, ISSN 2802-4001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03787657v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catalogue raisonné des sources de la Catena aurea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Littera communis. La Bible latine du Moyen Âge tardif. [https://gloss-e.irht.cnrs.fr]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Sacra Pagina : la Bible latine glosée au Moyen Âge, ISSN 2966-5310</w:t>
+              <w:t xml:space="preserve">Famosus Glossator. Thomas d’Aquin auteur de la Catena aurea.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2, , 383 p., 2022, Sacra Pagina Sacra Pagina : la Bible latine glosée au Moyen Âge, ISSN 2966-5310</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...115 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916696v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prologus ‘Ad intelligentiam huius’ Nicolai Ambianensis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Martin Morard. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sacra Pagina : la Bible latine glosée au Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2022, Glossa media, ISSN 2802-4001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Herberti de Bosham praefatio in Magnam Glossaturam super Psalmos</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03787599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La tradition manuscrite des postilles d’Hugues de Saint-Cher sur les Psaumes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Martin Morard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sacra Pagina : la Bible latine glosée au Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, , 2022, Glossa magna, ISSN 2802-4001</w:t>
+              <w:t xml:space="preserve">, Hugo de Sancto Caro, , 15 p., 2022, ISSN 2802-4001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03788578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les éditions imprimées des postilles d'Hugues de Saint-Cher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sacra Pagina : la Bible latine glosée au Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, , 2022, Glossa magna, ISSN 2802-4001</w:t>
+              <w:t xml:space="preserve">, Hugo de Sancto Caro, , 6 p., 2022, ISSN 2802-4001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...235 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...45 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03788562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillelmi Medici : Epistola ad Herbertum de Boscham de hypothesibus epistolarum Pauli cum praefationibus in epistolis Pauli de graeco translatis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Somers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Martin Morard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sacra Pagina : la Bible latine glosée au Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2022, Glossa magna</w:t>
@@ -6970,234 +6970,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05522720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Littera virgilia</w:t>
+                <w:t xml:space="preserve">Littera tonsa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Terminologie ancienne du livre médiéval</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, pp.6</w:t>
+              <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03788750v1</w:t>
+                <w:t xml:space="preserve">hal-03788751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Littera tonsa</w:t>
+                <w:t xml:space="preserve">Littera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Terminologie ancienne du livre médiéval</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03788751v1</w:t>
+                <w:t xml:space="preserve">hal-03788734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Littera</w:t>
+                <w:t xml:space="preserve">Littera virgilia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Terminologie ancienne du livre médiéval</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022</w:t>
+              <w:t xml:space="preserve">, 2022, pp.6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03788734v1</w:t>
+                <w:t xml:space="preserve">hal-03788750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Litterae unciales</w:t>
               </w:r>
@@ -7278,158 +7278,158 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'inventaire de 1307 de la bibliothèque des dominicains de Dijon (introduction et édition)</w:t>
-[...60 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sigles des manuscrits de la Bible latine utilisés par Donatien De Bruyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Morard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sacra Pagina : la Bible latine glosée au Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05522723v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-05522723v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'inventaire de 1307 de la bibliothèque des dominicains de Dijon (introduction et édition)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, pp.1-10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Littera longaria</w:t>
               </w:r>
@@ -7712,51 +7712,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A867C5F1"/>
+    <w:nsid w:val="06BA3349"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7943,51 +7943,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/martin-morard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0518-9557" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/129588938" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865257v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Morard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvira Zambardi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088127v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhr.12525" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392034v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384012v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02428072v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.RM.5.120426" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02428076v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884941v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/scrip.2012.4183" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353254v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348566v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03305063v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Anheim" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Thomas Grevin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353281v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972870v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974728v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974734v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974735v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788649v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Gibiino" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Boulnois" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Baudoin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adele Di Lorenzo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386244v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788253v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916750v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karlfried Froehlich" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788654v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Somers" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo Giuseppe Conticello" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788184v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788192v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788139v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole B&#233;riou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Sorbet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Le Hu&#235;rou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788629v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788651v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787529v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03099153v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03099149v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03099151v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03099147v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03099134v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010605v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatella Nebbiai-Dalla Guarda" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.BIB-EB.6.09070802050003050500010900" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522746v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526195v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522594v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875770v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872419v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Albiero" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Cipriani" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875627v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875844v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929403v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389716v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392062v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384970v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388972v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392055v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391765v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389093v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389733v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232204v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088180v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389747v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386311v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392065v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929584v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787587v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916755v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787655v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787660v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916382v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788223v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788604v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788561v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788669v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915959v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787582v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788222v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787659v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915960v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787590v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787559v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787540v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915954v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787606v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787654v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916390v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788666v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787603v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787618v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787657v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916696v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787599v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788578v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788562v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787667v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787546v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03099154v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349040v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.septentrion.com/FR/livre/?GCOI=27574100087640" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522719v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522722v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522720v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788750v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788751v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788734v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788747v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884954v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522723v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788749v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788746v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788748v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/martin-morard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0518-9557" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/129588938" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865257v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Morard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvira Zambardi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392034v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088127v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhr.12525" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384012v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02428072v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.RM.5.120426" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02428076v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884941v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/scrip.2012.4183" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353254v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348566v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03305063v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Anheim" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Thomas Grevin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353281v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972870v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974728v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974734v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974735v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788649v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Gibiino" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Boulnois" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Baudoin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adele Di Lorenzo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386244v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788654v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Somers" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo Giuseppe Conticello" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788253v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916750v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karlfried Froehlich" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788184v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788192v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788139v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole B&#233;riou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Sorbet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Le Hu&#235;rou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788629v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788651v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787529v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03099153v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03099149v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03099151v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03099147v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03099134v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010605v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatella Nebbiai-Dalla Guarda" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.BIB-EB.6.09070802050003050500010900" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522746v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526195v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522594v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875770v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872419v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Albiero" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Cipriani" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875627v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875844v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388972v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389716v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929403v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392055v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392062v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384970v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389093v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391765v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389733v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232204v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088180v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389747v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386311v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392065v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929584v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788222v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787659v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787582v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787587v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916755v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787559v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787540v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915960v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787590v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916382v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788604v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788669v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788561v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915959v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787660v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787655v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788223v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916390v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915954v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787606v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787654v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788666v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787603v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787618v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787657v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916696v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787599v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788578v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788562v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787667v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787546v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03099154v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349040v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.septentrion.com/FR/livre/?GCOI=27574100087640" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522719v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522722v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522720v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788751v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788734v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788750v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788747v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522723v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884954v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788749v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788746v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788748v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>