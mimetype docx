--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -66,280 +66,1659 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (15)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Workflow and Digital resources of the Himalayan Rock Art Project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ani Danielyan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Study Day: Himalayan Rock Art Project</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laurianne Bruneau; Vydhegi Brice, Oct 2024, Campus Condorcet - Auberviliers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05066128v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presentation of the content of the Himalayan Rock Art Database (HiRADa)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ani Danielyan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Study Day: Himalayan Rock Art Project</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laurianne Bruneau; Vydhegi Brice, Oct 2024, Campus Condorcet - Auberviliers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05066131v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A new standardized dataset for Himalayan rock art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ani Danielyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">News from the World, IFRAO Inter-Congress Symposium 2023 [online]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Federation of Rock Art Organizations (IFRAO), May 2023, Milan, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04223641v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An introduction to the Himalayan Rock Art Database (HiRADa)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ani Danielyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Digitization of Gandharan Artefacts: Kickoff Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2022, Ruhr University Bochum, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03681465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introducing the Himalayan Rock Art Database (HiRADa)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ani Danielyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">25th International Conference of the European Association for South Asian Archaeology and Art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Barcelone, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03834349v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Insights into developments in Himalayan rock art research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ani Danielyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16th Seminar of the International Association for Tibetan Studies (IATS 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Prague, Czech Republic</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03834346v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In search of the land of Lang-ka: the archaeology of early Buddhism in Ladakh</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conference AAS-in-Asia, Panel Changing Configurations: Himalayas and Trans-Himalayas c.500 BCE-1950 CE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association for Asian Studies, Jul 2018, Delhi, India</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03671430v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Advanced Workshop In Upper Indus Rock Art Inscriptions and Digital Cultural Heritage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Neelis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murtaza Taj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Sarmiento-Castillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Advanced Workshop In Upper Indus Rock Art Inscriptions and Digital Cultural Heritage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Lahore, Pakistan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02982011v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New discoveries for the history of Buddhism in Ladakh: the MAFIL’s excavations at Leh Choskor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18th Conference of International Association for Ladakh Studies (IALS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Bedlewo, Poland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03371690v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Ladakh : un cas d’étude pour l’archéologie himalayenne ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’études en mémoire d’Anne Chayet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRCAO/UMR8155, May 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03375490v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Rock art in Ladakh” and “Petroglyphs at Cha, Zanskar”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">On biodiversity and rock arts in Ladakh</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SLCT-India, Jun 2014, Leh, India</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03379061v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrimoine culturel du Ladakh, conservation et protection, problématique et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cycle de conférences "Un week-end en Himalaya"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Lausanne, Suisse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03379065v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bronze Age in Ladakh: new petroglyphs from the Nubra valley</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14th IALS (International Association of Ladakh Studies) Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Leh, India</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03679554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rock Art patrimony of Ladakh</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Institute of Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Archaeological Survey of India, Sep 2007, Delhi, India</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03680141v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Animal style of the steppes in Ladakh: a presentation of newly discovered petroglyphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19th International Conference on South Asian Archaeology (EASAA), Panel Pictures in Transformation: Rock art Research between Central Asia and the Subcontinent, organisé par L.M. Olivieri</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Ravenne, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03679561v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Himalayan Rock Art Database (HiRADa)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abram Pointet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abram Pointet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ani Danielyan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05073788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dataset for Himalayan Rock Art, Nakala repository</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ani Danielyan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05073762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Online publication of rock inscriptions in Tibetan, Himalayan Rock Art Database</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -347,161 +1726,161 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05073846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Illustrated Thesaurus for Himalayan Rock Art</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ani Danielyan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, Opentheso</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04414953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carnet n°4 de la Mission Archéologique Franco-Indienne au Ladakh (MAFIL)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -510,73 +1889,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03861176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carnet n°3 de la Mission Archéologique Franco-Indienne au Ladakh (MAFIL)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -585,73 +1964,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03861173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leaflet: Tirisha / ཏི་རི་ཤ་</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -660,73 +2039,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03680215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leaflet: Murgi / མུར་གི</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -735,73 +2114,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03680213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leaflet presenting the archaeological mission in Ladakh: MAFIL / མ་ཕིལ་</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -810,73 +2189,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03680210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carnet n°2 de la Mission Archéologique Franco-Indienne au Ladakh (MAFIL)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -885,73 +2264,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03861171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leaflet: Deskit / བདེ་སྐྱིད་ (Nubra valley, Ladakh)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -960,73 +2339,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03680217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carnet n°1 de la Mission Archéologique Franco-Indienne au Ladakh (MAFIL)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1035,1951 +2414,572 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03861170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What is rock art? Panel for the Central Asian Museum Leh (CAML), Ladakh</w:t>
+                <w:t xml:space="preserve">Leaflet: the rock art site of Tangtse, Ladakh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03681470v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05067003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A visual chronology of Ladakhi rock art. Panel for the Central Asian Museum Leh (CAML), Ladakh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Devers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03681473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leaflet: the rock art site of Tangtse, Ladakh</w:t>
+                <w:t xml:space="preserve">What is rock art? Panel for the Central Asian Museum Leh (CAML), Ladakh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Devers</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05067003v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03681470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preserving rock art. Panel for the Central Asian Museum Leh (CAML), Ladakh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Devers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03681477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leaflet: Cultural Heritage of Ladakh, rock art</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Devers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03681484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rock inscriptions in Ladakh. Panel for the Central Asian Museum Leh (CAML), Ladakh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Devers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03681480v1</w:t>
-              </w:r>
-[...1377 lines deleted...]
-                <w:t xml:space="preserve">hal-03679561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (23)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2991,747 +2991,747 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mission Archéologique Française en Himalaya Indien. Rapport d'activités pour l'année 2023</w:t>
+                <w:t xml:space="preserve">French Archaeological Mission in the Indian Himalayas. Activity report: 2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ani Danielyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zafar Iqbal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abram Pointet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">MAFHI: rapport d'activités archéologiques n°1, Commission consultative des recherches archéologiques françaises à l’étranger, Ministère de l'Europe et des Affaires Etrangères. 2023</w:t>
+              <w:t xml:space="preserve">[Research Report] MAFHI Archaeological Reports Series n°1, Advisory Commission for Archaeological Research Abroad, French Ministry of Foreign Affairs. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05069582v1</w:t>
+                <w:t xml:space="preserve">hal-05250367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French Archaeological Mission in the Indian Himalayas. Activity report: 2023</w:t>
+                <w:t xml:space="preserve">Mission Archéologique Française en Himalaya Indien. Rapport d'activités pour l'année 2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ani Danielyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zafar Iqbal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abram Pointet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] MAFHI Archaeological Reports Series n°1, Advisory Commission for Archaeological Research Abroad, French Ministry of Foreign Affairs. 2023</w:t>
+              <w:t xml:space="preserve">MAFHI: rapport d'activités archéologiques n°1, Commission consultative des recherches archéologiques françaises à l’étranger, Ministère de l'Europe et des Affaires Etrangères. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05250367v1</w:t>
+                <w:t xml:space="preserve">hal-05069582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mission Archéologique Franco-Indienne au Ladakh. Rapport d'activités 2022</w:t>
+                <w:t xml:space="preserve">Franco-Indian Archaeological Mission in Ladakh. Activity report 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ani Danielyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zafar Iqbal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Sarmiento Castillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">MAFIL: rapport d'activités archéologiques n°10, Commission consultative des recherches archéologiques françaises à l’étranger, Ministère de l'Europe et des Affaires Etrangères. 2022</w:t>
+              <w:t xml:space="preserve">[Research Report] MAFIL Archaeological Reports Series n°10, Advisory Commission for Archaeological Research Abroad, French Ministry of European and Foreign Affairs. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04223395v1</w:t>
+                <w:t xml:space="preserve">halshs-05250337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mission Archéologique Franco-Indienne au Ladakh</w:t>
+                <w:t xml:space="preserve">Archéologie de l’Himalaya : culture matérielle et réseaux du passé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ani Danielyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abram Pointet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bilan intermédiaire pour la Ville de Paris dans le cadre du dispositif de soutien à la recherche Emergence(s). 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Sarmiento Castillo</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">halshs-03892029v1</w:t>
+                <w:t xml:space="preserve">hal-03896561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archéologie de l’Himalaya : culture matérielle et réseaux du passé</w:t>
+                <w:t xml:space="preserve">Mission Archéologique Franco-Indienne au Ladakh. Rapport d'activités 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ani Danielyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abram Pointet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zafar Iqbal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Bilan intermédiaire pour la Ville de Paris dans le cadre du dispositif de soutien à la recherche Emergence(s). 2022</w:t>
+              <w:t xml:space="preserve">MAFIL: rapport d'activités archéologiques n°10, Commission consultative des recherches archéologiques françaises à l’étranger, Ministère de l'Europe et des Affaires Etrangères. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03896561v1</w:t>
+                <w:t xml:space="preserve">hal-04223395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franco-Indian Archaeological Mission in Ladakh. Activity report 2022</w:t>
+                <w:t xml:space="preserve">Mission Archéologique Franco-Indienne au Ladakh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ani Danielyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zafar Iqbal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Sarmiento Castillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] MAFIL Archaeological Reports Series n°10, Advisory Commission for Archaeological Research Abroad, French Ministry of European and Foreign Affairs. 2022</w:t>
+              <w:t xml:space="preserve">Commission consultative des recherches archéologiques a l'étranger du Ministère de l'Europe et des Affaires étrangères. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05250337v1</w:t>
+                <w:t xml:space="preserve">halshs-03892029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mission Archéologique Franco-Indienne au Ladakh. Rapport d’activités 2021</w:t>
               </w:r>
@@ -3743,77 +3743,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ani Danielyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abram Pointet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] MAFIL: rapport d'activités archéologiques n°9, Commission consultative des recherches archéologiques françaises à l’étranger, Ministère de l'Europe et des Affaires Etrangères. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -3861,77 +3861,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ani Danielyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abram Pointet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MAFIL - Mission Archéologique Franco-Indienne au Ladakh. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -3979,77 +3979,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ani Danielyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abram Pointet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] MAFIL Archaeological Reports Series n°9, Advisory Commission for Archaeological Research Abroad, French Ministry of European and Foreign Affairs. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -4084,64 +4084,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mission Archéologique Franco-Indienne au Ladakh. Rapport d’activités 2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ani Danielyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4189,64 +4189,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franco-Indian Archaeological Mission in Ladakh. Activity report 2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ani Danielyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4665,51 +4665,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04220403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franco-Indian Archaeological Mission in Ladakh. Activity report 2017</w:t>
+                <w:t xml:space="preserve">Mission Archéologique Franco-Indienne au Ladakh. Rapport d'activités 2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chamsia Sadozaï</w:t>
@@ -4724,296 +4724,296 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Luc Epard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] MAFIL Archaeological Reports Series n°5, Advisory Commission for Archaeological Research Abroad, French Ministry of European and Foreign Affairs. 2017</w:t>
+              <w:t xml:space="preserve">MAFIL: rapport d'activités archéologiques n°5, Commission consultative des recherches archéologiques françaises à l’étranger, Ministère des Affaires Etrangères. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03380804v2</w:t>
+                <w:t xml:space="preserve">halshs-05250178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mission Archéologique Franco-Indienne au Ladakh. Rapport d'activités 2016</w:t>
+                <w:t xml:space="preserve">Franco-Indian Archaeological Mission in Ladakh. Activity report 2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chamsia Sadozaï</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">MAFIL: rapport d'activités archéologiques n°4, Commission consultative des recherches archéologiques françaises à l’étranger, Ministère des Affaires Etrangères. 2017</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Luc Epard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] MAFIL Archaeological Reports Series n°5, Advisory Commission for Archaeological Research Abroad, French Ministry of European and Foreign Affairs. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05250149v1</w:t>
+                <w:t xml:space="preserve">hal-03380804v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mission Archéologique Franco-Indienne au Ladakh. Rapport d'activités 2017</w:t>
+                <w:t xml:space="preserve">Mission Archéologique Franco-Indienne au Ladakh. Rapport d'activités 2016</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">MAFIL: rapport d'activités archéologiques n°5, Commission consultative des recherches archéologiques françaises à l’étranger, Ministère des Affaires Etrangères. 2017</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stella Bickelmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samara Broglia de Moura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Poux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">MAFIL: rapport d'activités archéologiques n°4, Commission consultative des recherches archéologiques françaises à l’étranger, Ministère des Affaires Etrangères. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05250178v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05250149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franco-Indian Archaeological Mission in Ladakh. Report: fieldwork 2016</w:t>
               </w:r>
@@ -5025,77 +5025,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stella Bickelmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samara Broglia de Moura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Poux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MAFIL Archaeological Reports Series n°4, Advisory Commission for Archaeological Research Abroad, French Ministry of Foreign Affairs. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -5274,51 +5274,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Devers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Suire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6190,51 +6190,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An archaeological survey of the Nubra Region (Ladakh, Jammu and Kashmir, India)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Devers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6294,51 +6294,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The uncommon history of Markha chorten, Ladakh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Devers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6370,178 +6370,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01646690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Forgotten Citadel of Stok mon mkhar 1</w:t>
+                <w:t xml:space="preserve">The rock art site of Zamthang (Zanskar), when money and good will turn into disaster</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'Etudes Tibétaines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Revue d’Etudes Tibétaines, 27, pp.81 - 102</w:t>
+              <w:t xml:space="preserve">Ladakh Studies Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 29, pp.25-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01399326v1</w:t>
+                <w:t xml:space="preserve">halshs-00947944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The rock art site of Zamthang (Zanskar), when money and good will turn into disaster</w:t>
+                <w:t xml:space="preserve">The Forgotten Citadel of Stok mon mkhar 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ladakh Studies Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 29, pp.25-27</w:t>
+              <w:t xml:space="preserve">Revue d'Etudes Tibétaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Revue d’Etudes Tibétaines, 27, pp.81 - 102</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00947944v1</w:t>
+                <w:t xml:space="preserve">hal-01399326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Introduction Of Stok Mon Khar</w:t>
               </w:r>
@@ -6596,51 +6596,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A remarkable chorten in Markha village, Ladakh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Devers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6672,510 +6672,510 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01646689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Archaeological Account of the Markha Valley, Ladakh</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Rock art research in Murgi Tokpo, Nubra Valley in Ladakh</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Devers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'Etudes Tibétaines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 20, pp.61-113</w:t>
+              <w:t xml:space="preserve">Purakala. The Journal of the Rock Art Society of India (RASI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 20-21, pp.91-98</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01647058v1</w:t>
+                <w:t xml:space="preserve">halshs-00747733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archaeological heritage at stake</w:t>
+                <w:t xml:space="preserve">Stèles et reliefs bouddhistes anciens, les gravures rupestres au Ladakh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Quentin Devers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ladakh Studies Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 27, pp.13-14</w:t>
+              <w:t xml:space="preserve">Olizane, guide aventure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00747737v1</w:t>
+                <w:t xml:space="preserve">hal-03856943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rock art research in Murgi Tokpo, Nubra Valley in Ladakh</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">An Archaeological Account of the Markha Valley, Ladakh</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Devers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Purakala. The Journal of the Rock Art Society of India (RASI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 20-21, pp.91-98</w:t>
+              <w:t xml:space="preserve">Revue d'Etudes Tibétaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 20, pp.61-113</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00747733v1</w:t>
+                <w:t xml:space="preserve">hal-01647058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stèles et reliefs bouddhistes anciens, les gravures rupestres au Ladakh</w:t>
+                <w:t xml:space="preserve">Archaeological heritage at stake</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Devers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Olizane, guide aventure</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011</w:t>
+              <w:t xml:space="preserve">Ladakh Studies Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 27, pp.13-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03856943v1</w:t>
+                <w:t xml:space="preserve">halshs-00747737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ancient art pieces from Kashmir are being smuggled into Ladakh Bazars</w:t>
+                <w:t xml:space="preserve">Study of rock art in Ladakh Himalayas, NSKRI to associate with Swiss scholar’s work</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Unmesh, Monthly Newsletter of N.S. KASHMIR RESEARCH INSTITUTE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03856935v1</w:t>
+                <w:t xml:space="preserve">hal-03856934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of rock art in Ladakh Himalayas, NSKRI to associate with Swiss scholar’s work</w:t>
+                <w:t xml:space="preserve">Ancient art pieces from Kashmir are being smuggled into Ladakh Bazars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Unmesh, Monthly Newsletter of N.S. KASHMIR RESEARCH INSTITUTE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03856934v1</w:t>
+                <w:t xml:space="preserve">hal-03856935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7292,51 +7292,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An archaeological account of ten early painted chortens in Ladakh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Devers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7400,51 +7400,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chigtan castle : a preliminary historical and architectural analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Devers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7887,51 +7887,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073788v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Bruneau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Vernier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abram Pointet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ani Danielyan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073762v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073846v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Martin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414953v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861176v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861173v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680215v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680213v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680210v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861171v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680217v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861170v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681470v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Devers" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681473v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067003v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681477v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681484v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681480v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066131v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066128v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223641v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834349v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pons" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834346v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681465v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02982011v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Neelis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murtaza Taj" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sarmiento-Castillo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671430v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371690v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375490v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379061v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379065v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679554v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680141v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679561v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069582v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zafar Iqbal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250367v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223395v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892029v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sarmiento Castillo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896561v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05250337v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03635880v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840498v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05250305v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835473v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05250280v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223402v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05250254v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03039625v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chamsia Sadoza&#239;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samara Broglia de Moura" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nithya Rajendran" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220403v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380804v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Epard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05250149v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Bickelmann" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Poux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05250178v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01783944v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04207790v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Suire" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Silveston" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671413v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Didier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249438v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Monnier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gaillard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670843v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220295v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852710v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407909v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896607v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852775v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/emscat.4647" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852793v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/emscat.2953" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399322v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646695v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/emscat.2647" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646690v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399326v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947944v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856987v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646689v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01647058v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00747737v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00747733v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856943v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856935v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856934v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852863v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridge.org/fr/universitypress/subjects/life-sciences/ecology-and-conservation/bird-migration-across-himalayas-wetland-functioning-amidst-mountains-and-glaciers?format=HB#contents" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646672v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004271807_006" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646692v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kacho Mumtaz Ali Khan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bray" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00747727v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.barpublishing.com/pictures-in-transformation-rock-art-research-between-central-asia-and-the-subcontinent.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716182v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066128v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Bruneau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Vernier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ani Danielyan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066131v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223641v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681465v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pons" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834349v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834346v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671430v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02982011v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Neelis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murtaza Taj" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sarmiento-Castillo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371690v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375490v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379061v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379065v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679554v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680141v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679561v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073788v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abram Pointet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073762v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073846v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Martin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414953v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861176v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861173v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680215v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680213v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680210v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861171v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680217v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861170v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067003v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681473v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Devers" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681470v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681477v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681484v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681480v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250367v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zafar Iqbal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069582v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05250337v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sarmiento Castillo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896561v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223395v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892029v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03635880v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840498v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05250305v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835473v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05250280v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223402v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05250254v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03039625v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chamsia Sadoza&#239;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samara Broglia de Moura" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nithya Rajendran" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220403v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05250178v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Epard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380804v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05250149v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Bickelmann" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Poux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01783944v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04207790v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Suire" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Silveston" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671413v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Didier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249438v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Monnier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gaillard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670843v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220295v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852710v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407909v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896607v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852775v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/emscat.4647" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852793v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/emscat.2953" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399322v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646695v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/emscat.2647" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646690v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947944v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399326v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856987v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646689v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00747733v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856943v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01647058v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00747737v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856934v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856935v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852863v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridge.org/fr/universitypress/subjects/life-sciences/ecology-and-conservation/bird-migration-across-himalayas-wetland-functioning-amidst-mountains-and-glaciers?format=HB#contents" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646672v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004271807_006" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646692v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kacho Mumtaz Ali Khan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bray" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00747727v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.barpublishing.com/pictures-in-transformation-rock-art-research-between-central-asia-and-the-subcontinent.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716182v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>