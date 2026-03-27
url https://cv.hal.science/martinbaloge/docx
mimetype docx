--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2568,312 +2568,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04165812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How populist are populist parties in France? Understanding parties’ strategies within a relational approach</w:t>
+                <w:t xml:space="preserve">Jean-Jacques Bourdin au service de la démocratie ? Sociologie des rôles et conflictualité lors des interviews matinales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Hubé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Baloge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mayance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Belalimat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadim Fevrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire TrumPo</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université catholique de Louvain, Jan 2021, Louvain -la-Neuve, Belgium</w:t>
+              <w:t xml:space="preserve">9e Congrès de l'Association française de sociologie Changer ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française de sociologie, Jul 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03866637v1</w:t>
+                <w:t xml:space="preserve">hal-03866622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle propagande sur Facebook ? Les stratégies des populistes français en ligne ?</w:t>
+                <w:t xml:space="preserve">How populist are populist parties in France? Understanding parties’ strategies within a relational approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Hubé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Baloge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digitális populizmus - Populisme numérique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Français de Budapest, Mar 2021, Budapest (HO), Hungary</w:t>
+              <w:t xml:space="preserve">Séminaire TrumPo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université catholique de Louvain, Jan 2021, Louvain -la-Neuve, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03866631v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03866637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Jacques Bourdin au service de la démocratie ? Sociologie des rôles et conflictualité lors des interviews matinales</w:t>
+                <w:t xml:space="preserve">Quelle propagande sur Facebook ? Les stratégies des populistes français en ligne ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Hubé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Baloge</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nadim Fevrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9e Congrès de l'Association française de sociologie Changer ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association française de sociologie, Jul 2021, Lille, France</w:t>
+              <w:t xml:space="preserve">Digitális populizmus - Populisme numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Français de Budapest, Mar 2021, Budapest (HO), Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03866622v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03866631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">French Populist Parties with and against COVID. Opportunities and Strategies in Times of Crisis</w:t>
               </w:r>
@@ -4838,51 +4838,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="645C6D4E"/>
+    <w:nsid w:val="64DF6F18"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5069,51 +5069,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/martinbaloge" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1246-7049" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/234602856" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595885v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Haute" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Neihouser" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Kelbel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Soubiran" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bu&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.732.0195" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04847297v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Baloge" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hub&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12yfm" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248018v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04584326v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03721676v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Briatte" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Desage" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Desjeunes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550286v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23254823.2021.2016455" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04271120v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14782804.2021.1902290" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271048v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.204.0029" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271042v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pdc.015.0081" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584100v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31577/SPS.2021-2.2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03085755v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Barrault-Stella" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Berjaud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia Dahani" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-France Taiclet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.232.0030" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02390286v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Von Hirschhausen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Tulmets" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02354319v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice von Hirschhausen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446901v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.046.0059" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271050v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Gr&#233;gory" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.040.0069" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271051v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.113.0201" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381796v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Mareuge" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alexandra Schneider" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Unterreiner" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/trajectoires.1278" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271052v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/poeu.043.0094" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01414906v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoud Pourahmadali Tochahi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne D&#233;barre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Klimpe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Lambertz-Pollan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/trajectoires.1247" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271054v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1021353ar" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805297v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mayance" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593414v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Desmoulins" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Zetlaoui" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Debray" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Serghini" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain V&#233;tois" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04165812v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Beloued" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Lalande" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.5697" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866637v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866631v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866622v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Belalimat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadim Fevrier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866609v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874113v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901105v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Achin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Aldrin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174969v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869466v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932062v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595899v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04224828v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04549417v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989816v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Petit" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Challier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224841v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158525v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.palgrave.com/gp/book/9783030660109" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-66011-6_5" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271044v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.aldri.2021.01.0161" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271123v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.18761" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271046v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/kart.combe.2016.01.0219" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02484662v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nomos-shop.de/24584" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271124v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.72707" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271126v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02953349v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Kub&#225;t" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Mejst&#345;&#237;k" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliano Bobba" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02735283v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bennett" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Lipi&#324;ski" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka St&#281;pi&#324;ska" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Abadi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gammeltoft-Hansen" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/martinbaloge" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1246-7049" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/234602856" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595885v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Haute" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Neihouser" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Kelbel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Soubiran" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bu&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.732.0195" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04847297v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Baloge" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hub&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12yfm" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248018v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04584326v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03721676v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Briatte" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Desage" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Desjeunes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550286v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23254823.2021.2016455" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04271120v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14782804.2021.1902290" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271048v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.204.0029" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271042v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pdc.015.0081" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584100v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31577/SPS.2021-2.2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03085755v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Barrault-Stella" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Berjaud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia Dahani" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-France Taiclet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.232.0030" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02390286v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Von Hirschhausen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Tulmets" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02354319v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice von Hirschhausen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446901v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.046.0059" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271050v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Gr&#233;gory" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.040.0069" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271051v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.113.0201" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381796v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Mareuge" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alexandra Schneider" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Unterreiner" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/trajectoires.1278" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271052v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/poeu.043.0094" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01414906v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoud Pourahmadali Tochahi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne D&#233;barre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Klimpe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Lambertz-Pollan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/trajectoires.1247" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271054v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1021353ar" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805297v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mayance" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593414v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Desmoulins" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Zetlaoui" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Debray" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Serghini" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain V&#233;tois" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04165812v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Beloued" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Lalande" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.5697" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866622v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Belalimat" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadim Fevrier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866637v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866631v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866609v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874113v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901105v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Achin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Aldrin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174969v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03869466v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932062v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595899v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04224828v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04549417v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989816v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Petit" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Challier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224841v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158525v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.palgrave.com/gp/book/9783030660109" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-66011-6_5" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271044v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.aldri.2021.01.0161" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271123v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.18761" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271046v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/kart.combe.2016.01.0219" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02484662v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nomos-shop.de/24584" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271124v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.72707" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271126v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02953349v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Kub&#225;t" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Mejst&#345;&#237;k" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliano Bobba" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02735283v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bennett" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Lipi&#324;ski" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka St&#281;pi&#324;ska" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Abadi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gammeltoft-Hansen" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>