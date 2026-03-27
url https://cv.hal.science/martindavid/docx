--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -409,369 +409,369 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04396836v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal Large-Eddy Simulations methods to model highly anisothermal and turbulent flows</w:t>
+                <w:t xml:space="preserve">Study of asymmetrically heated flows passing through gas-pressurized solar receivers using Direct Numerical Simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 201, pp.123577. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0139433⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2022.123577⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04002588v2</w:t>
+                <w:t xml:space="preserve">hal-04002561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of asymmetrically heated flows passing through gas-pressurized solar receivers using Direct Numerical Simulations</w:t>
+                <w:t xml:space="preserve">Thermal Large-Eddy Simulations methods to model highly anisothermal and turbulent flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 201, pp.123577. </w:t>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2022.123577⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0139433⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04002561v1</w:t>
+                <w:t xml:space="preserve">hal-04002588v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of asymmetrical heating on the uncertainty propagation of flow parameters on wall heat transfers in solar receivers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Martin David</w:t>
+                <w:t xml:space="preserve">Investigation of thermal large-eddy simulation approaches in a highly turbulent channel flow submitted to strong asymmetric heating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Thermal Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2021.117547⟩</w:t>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 33 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0040539⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03394514v1</w:t>
+                <w:t xml:space="preserve">hal-03404602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical development of heat transfer correlation in asymmetrically heated turbulent channel flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -795,369 +795,369 @@
               <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 164, </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2020.120599⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03404603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of thermal large-eddy simulation approaches in a highly turbulent channel flow submitted to strong asymmetric heating</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Direct simulations and subgrid modeling of turbulent channel flows asymmetrically heated from both walls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 33 (4), </w:t>
+              <w:t xml:space="preserve">, 2021, 33 (8), </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0040539⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0058499⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03404602v1</w:t>
+                <w:t xml:space="preserve">hal-03404601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct simulations and subgrid modeling of turbulent channel flows asymmetrically heated from both walls</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. David</w:t>
+                <w:t xml:space="preserve">Analyse de sensibilité des flux de chaleur pariétaux en canal asymétriquement chauffé au moyen d'une corrélation permettant d'estimer les transferts de chaleur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 33 (8), </w:t>
+              <w:t xml:space="preserve">Entropie : thermodynamique – énergie – environnement – économie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0058499⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21494/ISTE.OP.2021.0749⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03404601v1</w:t>
+                <w:t xml:space="preserve">hal-04000874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de sensibilité des flux de chaleur pariétaux en canal asymétriquement chauffé au moyen d'une corrélation permettant d'estimer les transferts de chaleur</w:t>
+                <w:t xml:space="preserve">Impact of asymmetrical heating on the uncertainty propagation of flow parameters on wall heat transfers in solar receivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entropie : thermodynamique – énergie – environnement – économie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 2 (2), </w:t>
+              <w:t xml:space="preserve">Applied Thermal Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 199, pp.117547. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21494/ISTE.OP.2021.0749⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2021.117547⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04000874v1</w:t>
+                <w:t xml:space="preserve">hal-03394514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation de modèles de simulation des grandes échelles en canal plan turbulent chauffé asymétriquement : de la comparaison des grandeurs intégrales à l’analyse des corrélations</w:t>
               </w:r>
@@ -1485,226 +1485,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04210071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ASSESSMENT AND COMPARISON OF LARGE EDDY SIMULATIONS IN ASYMMETRICALLY HEATED AND HIGHLY TURBULENT CHANNEL FLOWS</w:t>
+                <w:t xml:space="preserve">SENSITIVITY ANALYSIS OF HEAT TRANSFERS IN AN ASYMMETRICALLY HEATED TURBULENT CHANNEL FLOW</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International ERCOFTAC Symposium on Engineering Turbulence Modelling and Measurements</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XIII International Conference on Computational Heat, Mass and Momentum Transfer (ICCHMT 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/e3sconf/202132103001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04000924v1</w:t>
+                <w:t xml:space="preserve">hal-04000914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SENSITIVITY ANALYSIS OF HEAT TRANSFERS IN AN ASYMMETRICALLY HEATED TURBULENT CHANNEL FLOW</w:t>
+                <w:t xml:space="preserve">ASSESSMENT AND COMPARISON OF LARGE EDDY SIMULATIONS IN ASYMMETRICALLY HEATED AND HIGHLY TURBULENT CHANNEL FLOWS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Toutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIII International Conference on Computational Heat, Mass and Momentum Transfer (ICCHMT 2021)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">13th International ERCOFTAC Symposium on Engineering Turbulence Modelling and Measurements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ERCOFTAC, Sep 2021, Rhodes, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/e3sconf/202132103001⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04000914v1</w:t>
+                <w:t xml:space="preserve">hal-04000924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of anisothermal channel flow physics with direct numerical simulations</w:t>
               </w:r>
@@ -2255,51 +2255,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0FA7D1FD"/>
+    <w:nsid w:val="F16BB04F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2486,51 +2486,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/martindavid" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5213-8712" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697396v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouziane Boudraa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin David" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Toutant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bataille" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Bessa&#239;h" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatfluidflow.2024.109338" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396836v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahitosh Mehta" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Manceau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10494-024-00583-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002588v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0139433" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002561v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2022.123577" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03394514v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2021.117547" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404603v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. David" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2020.120599" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404602v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0040539" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404601v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0058499" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000874v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2021.0749" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000863v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2020.0573" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04620701v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puneeth Bikkanahally" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210071v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/thmt-23.520" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000924v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000914v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/202132103001" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000965v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240801v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Zatout" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Mathelin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001003v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03574288v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021PERP0036" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/martindavid" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5213-8712" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697396v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouziane Boudraa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin David" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Toutant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bataille" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Bessa&#239;h" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatfluidflow.2024.109338" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396836v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahitosh Mehta" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Manceau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10494-024-00583-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002561v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2022.123577" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002588v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0139433" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404602v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. David" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0040539" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404603v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2020.120599" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404601v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0058499" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000874v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2021.0749" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03394514v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2021.117547" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000863v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2020.0573" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04620701v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puneeth Bikkanahally" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210071v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/thmt-23.520" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000914v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/202132103001" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000924v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000965v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240801v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Zatout" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Mathelin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001003v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03574288v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021PERP0036" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>