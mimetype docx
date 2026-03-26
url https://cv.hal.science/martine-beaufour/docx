--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -364,362 +364,362 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01965971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In search of markers for somatic embryo maturation in hybrid larch ( Larix × eurolepis ): global DNA methylation and proteomic analyses</w:t>
+                <w:t xml:space="preserve">Early molecular events involved in Pinus pinaster Ait. somatic embryo development under reduced water availability: transcriptomic and proteomic analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Alexandre Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Caroline Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Grondin</w:t>
+                <w:t xml:space="preserve">Jean-François Trontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Delaunay</w:t>
+                <w:t xml:space="preserve">Kateřina Eliášová</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bedřich Pešek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physiologia Plantarum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 150 (2), pp.271-291. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ppl.12081⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 152 (1), pp.184-201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ppl.12158⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02087600v1</w:t>
+                <w:t xml:space="preserve">hal-01179486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early molecular events involved in Pinus pinaster Ait. somatic embryo development under reduced water availability: transcriptomic and proteomic analyses</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">In search of markers for somatic embryo maturation in hybrid larch ( Larix × eurolepis ): global DNA methylation and proteomic analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Trontin</w:t>
+                <w:t xml:space="preserve">Stéphane Maury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Beaufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kateřina Eliášová</w:t>
+                <w:t xml:space="preserve">Cécile Grondin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bedřich Pešek</w:t>
+                <w:t xml:space="preserve">Alain Delaunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physiologia Plantarum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 152 (1), pp.184-201. </w:t>
+              <w:t xml:space="preserve">, 2014, 150 (2), pp.271-291. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ppl.12158⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ppl.12081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01179486v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02087600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cotyledonary somatic embryos of Pinus pinaster Ait. most closely resemble fresh, maturing cotyledonary zygotic embryos: biological, carbohydrate and proteomic analyses.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Trontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Corbineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1987,90 +1987,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-scale analysis of early molecular events during &amp;lt;em&amp;gt;Pinus pinaste&amp;lt;/em&amp;gt;r Ait. somatic embryo development under reduced water availability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Trontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kateřina Eliášová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pešek Bedřichc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2112,77 +2112,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Did cotyledonary somatic embryos of Pinus pinaster Ait. similar to cotyledonary zygotic embryos ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Teyssier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Teyssier</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alexandre Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Trontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Corbineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2623,77 +2623,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are cotyledonary somatic embryos of Pinus pinaster Ait. equivalent to the zygotic counterpart ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Teyssier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Teyssier</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alexandre Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Trontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Corbineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2774,51 +2774,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Lelu-Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre A. Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Beaufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2873,64 +2873,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Somatic embryo maturation in maritime pine (Pinus pinaster) : contribution of a 2-DE proteomic analysis for a better understanding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Beaufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3024,77 +3024,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Beaufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre A. Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Harvenght</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Trontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SMAP 2011 - 28èmes Journées Françaises de Spectrométrie de Masse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Avignon, France. 2011, Spectroscopie de Masse et Analyse Protéomique</w:t>
@@ -3292,51 +3292,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631262v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucija Mance" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bigot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edison Zhamungui S&#225;nchez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Coste" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Mart&#237;n-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2024.05.029" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965971v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Beaufour" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ginguen&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Le Meur" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Castaing" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cad&#232;ne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13361-018-2015-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087600v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Teyssier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Maury" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Grondin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Delaunay" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.12081" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KMK9QH2X-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179486v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Morel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Trontin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate&#345;ina Eli&#225;&#353;ov&#225;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bed&#345;ich Pe&#353;ek" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.12158" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D16CBEAB2E9DB7BC92E0B1FC1FC4FD9EF836DEE7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179478v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Corbineau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Lomenech" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-014-2125-z" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721771v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Godin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Vall&#233;e" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cadene" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne B&#233;n&#233;detti" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/pr201239t" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00088834v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beaufour" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Morin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Ribet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Maurizot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpba.2005.11.034" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3X68ZGCK-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087618v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ribet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jssc.200400097" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HK3T6Q66-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087633v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Merelli" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Menguy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Cherton" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chir.10225" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-N55FM12X-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149583v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1081/SL-120005675" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149605v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C Cherton" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Hamm" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C Hall&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Menguy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-1139(00)00382-1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F4895G50-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149596v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Terrier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Halle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Cherton" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin Buncel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4039(01)00774-2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NB6XCBR5-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149591v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C Cherton" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Carlin-Sinclair" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4347(01)00295-X" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PK1865QW-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845786v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edison F Zhamungui" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Orelle" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Jault" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joekeem del Rosario Arizala" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien F. Poget" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740937v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pe&#353;ek Bed&#345;ichc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03809831v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778726v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863124v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404684v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.56098" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269493v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Corbineau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746152v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Lelu-Walter" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre A. Morel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Reymond" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268054v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Mette" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746570v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Harvenght" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631262v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucija Mance" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bigot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edison Zhamungui S&#225;nchez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Coste" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Mart&#237;n-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2024.05.029" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965971v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Beaufour" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ginguen&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Le Meur" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Castaing" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cad&#232;ne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13361-018-2015-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179486v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Morel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Teyssier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Trontin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate&#345;ina Eli&#225;&#353;ov&#225;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bed&#345;ich Pe&#353;ek" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.12158" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D16CBEAB2E9DB7BC92E0B1FC1FC4FD9EF836DEE7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087600v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Maury" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Grondin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Delaunay" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.12081" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KMK9QH2X-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179478v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Corbineau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Lomenech" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-014-2125-z" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721771v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Godin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Vall&#233;e" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cadene" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne B&#233;n&#233;detti" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/pr201239t" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00088834v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beaufour" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Morin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Ribet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Maurizot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpba.2005.11.034" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3X68ZGCK-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087618v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ribet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jssc.200400097" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HK3T6Q66-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087633v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Merelli" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Menguy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Cherton" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chir.10225" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-N55FM12X-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149583v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1081/SL-120005675" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149605v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C Cherton" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Hamm" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C Hall&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Menguy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-1139(00)00382-1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F4895G50-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149596v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Terrier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Halle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Cherton" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin Buncel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4039(01)00774-2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NB6XCBR5-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149591v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C Cherton" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Carlin-Sinclair" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4347(01)00295-X" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PK1865QW-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845786v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edison F Zhamungui" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Orelle" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Jault" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joekeem del Rosario Arizala" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien F. Poget" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740937v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pe&#353;ek Bed&#345;ichc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03809831v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778726v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863124v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404684v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.56098" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269493v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Corbineau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746152v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Lelu-Walter" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre A. Morel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Reymond" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268054v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Mette" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746570v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Harvenght" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>