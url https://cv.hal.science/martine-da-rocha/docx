--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -2241,295 +2241,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of microRNAs from Arabidopsis galls highlights a role for miR159 in the plant response to the root-knot nematode Meloidogyne incognita</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clémence Medina</w:t>
+                <w:t xml:space="preserve">The transcriptomes of &amp;lt;em&amp;gt;Xiphinema index&amp;lt;/em&amp;gt; and &amp;lt;em&amp;gt;Longidorus elongatus&amp;lt;/em&amp;gt; Suggest Independent acquisition of some plant parasitism genes by horizontal gene transfer in early-branching nematodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne G J. Danchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Perfus-Barbeoch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Rancurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Thorpe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine da Rocha</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Benoît Revel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nph.14717⟩</w:t>
+              <w:t xml:space="preserve">Genes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/genes8100287⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03148728v1</w:t>
+                <w:t xml:space="preserve">hal-02624204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The transcriptomes of &amp;lt;em&amp;gt;Xiphinema index&amp;lt;/em&amp;gt; and &amp;lt;em&amp;gt;Longidorus elongatus&amp;lt;/em&amp;gt; Suggest Independent acquisition of some plant parasitism genes by horizontal gene transfer in early-branching nematodes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of microRNAs from Arabidopsis galls highlights a role for miR159 in the plant response to the root-knot nematode Meloidogyne incognita</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Medina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine da Rocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Magliano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alizée Ratpopoulo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne G J. Danchin</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Martine da Rocha</w:t>
+                <w:t xml:space="preserve">Benoît Revel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 8 (10), </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 216 (3), pp.882-896. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/genes8100287⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/nph.14717⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02624204v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03148728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptome Profiling of Neurosensory Perception Genes in Wing Tissue of Two Evolutionary Distant Insect Orders: Diptera (&amp;lt;em&amp;gt;Drosophila melanogaster&amp;lt;/em&amp;gt;)&amp;lt;em&amp;gt;&amp;lt;/em&amp;gt;) and Hemiptera (&amp;lt;em&amp;gt;Acyrthosiphon pisum&amp;lt;/em&amp;gt;)</w:t>
               </w:r>
@@ -2881,342 +2881,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01354648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmentally selected aphid variants in clonality context display differential patterns of methylation in the genome</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Root-knot nematodes pan-genomics reveals novel target genes for safer and more specific control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Danchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Pasquier</w:t>
+                <w:t xml:space="preserve">Marie Jeanne Arguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Clément</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Martine da Rocha</w:t>
+                <w:t xml:space="preserve">Amandine Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Perfus-Barbeoch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Magliano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Nematology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 46 (2), pp.150</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01151509v1</w:t>
+                <w:t xml:space="preserve">hal-01269022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Root-knot nematodes pan-genomics reveals novel target genes for safer and more specific control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Etienne Danchin</w:t>
+                <w:t xml:space="preserve">Environmentally selected aphid variants in clonality context display differential patterns of methylation in the genome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Pasquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aviv Dombrovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Jeanne Arguel</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Marc Magliano</w:t>
+                <w:t xml:space="preserve">Stéphanie Penaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine da Rocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nematology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (12), pp.e115022. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0115022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01269022v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01151509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of novel target genes for safer and more specific control of root-knot nematodes from a pan-genome mining</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Danchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Jeanne Arguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Zurletto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3856,277 +3856,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05226015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insect invaders analysis pipeline: what happens to the genetic load when alien species become invasive?</w:t>
+                <w:t xml:space="preserve">Comparison of the PacBio 2.0 and 3.0 kits for full length mRNA sequencing in multiplex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara Porro</w:t>
+                <w:t xml:space="preserve">Marine Sallaberry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Zallio</w:t>
+                <w:t xml:space="preserve">Eden Darnige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emeline Deulery</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Gautier</w:t>
+                <w:t xml:space="preserve">Lucien Hoffbeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Fourre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathis Pochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Journées Ouvertes en Biologie, Informatique et Mathématiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Nice, France</w:t>
+              <w:t xml:space="preserve">Assemblée Générale France Génomique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05261289v1</w:t>
+                <w:t xml:space="preserve">hal-04150252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of the PacBio 2.0 and 3.0 kits for full length mRNA sequencing in multiplex</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Insect invaders analysis pipeline: what happens to the genetic load when alien species become invasive?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucien Hoffbeck</w:t>
+                <w:t xml:space="preserve">Barbara Porro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandra Fourre</w:t>
+                <w:t xml:space="preserve">Mathieu Zallio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathis Pochon</w:t>
+                <w:t xml:space="preserve">Emeline Deulery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Blin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assemblée Générale France Génomique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Les Journées Ouvertes en Biologie, Informatique et Mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04150252v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05261289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isolation of candidates effectors secreted by the fungal pathogen Fusarium graminearum in the early stages of FHB disease on wheat.</w:t>
               </w:r>
@@ -4388,263 +4388,263 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plant-parasitic nematode microRNAs hijack plant AGO1 to induce host-cell reprogramming</w:t>
+                <w:t xml:space="preserve">Transcriptional responses of Solanum lycopersicum to three distinct parasites reveal host hubs and networks underlying parasitic successes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ange Dussutour</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yara Noureddine</w:t>
+                <w:t xml:space="preserve">Julia Truch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Jaouannet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine da Rocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abile T. Mohammed</w:t>
+                <w:t xml:space="preserve">Emmanuelle Kulhanek-Fontanille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril van Ghelder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05513624v1</w:t>
+                <w:t xml:space="preserve">hal-05513641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptional responses of Solanum lycopersicum to three distinct parasites reveal host hubs and networks underlying parasitic successes</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Plant-parasitic nematode microRNAs hijack plant AGO1 to induce host-cell reprogramming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ange Dussutour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yara Noureddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine da Rocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Yahmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abile T. Mohammed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Truch</w:t>
-[...81 lines deleted...]
-                <w:t xml:space="preserve">hal-05513641v1</w:t>
+                <w:t xml:space="preserve">hal-05513624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Invasion of the stigma by the pollen tube or an oomycete pathogen: striking similarities and differences</w:t>
               </w:r>
@@ -5039,51 +5039,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489824v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paula Zotta Mota" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Koutsovoulos" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Perfus-Barbeoch" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelin Despot-Slade" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Labadie" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-44914-y" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779975v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Riglet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hok" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;ma Kebdani-Minet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Le Berre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gourgues" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae308" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04617469v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Noureddine" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine da Rocha" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing An" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence M&#233;dina" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Mejias" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erad208" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04617452v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyue Mei" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Wang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuran Li" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Larousse" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-17353-1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866626v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Thomine" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Quentin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18362" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04617459v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bournaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dazeni&#232;re" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Thorpe" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bailly-Bechet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes12050771" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04617465v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djampa Kozlowski" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahim Hassanaly-Goulamhoussen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13246" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467409v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronaldo de Carvalho Augusto" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marteu-Garello" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Favery" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.765690" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03299108v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chie Kodera" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Just" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Da Rocha" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Larrieu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-021-07503-7" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02972492v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Poullet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelnaser Elashry" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Sallet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-020-00666-0" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080520v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Panabi&#232;res" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rancurel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Kuhn" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2020.00557" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629335v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Castagnone-Sereno" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Mulet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Danchin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios D. Koutsovoulos" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Karaulic" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15095" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626482v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Pratx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-4686-x" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621877v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinh-Nghia Nguyen" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianlong Zhao" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Magliano" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14837" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628557v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Medina" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Raptopoulo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marteu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-5296-3" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602779v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Blanc-Mathieu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Zurletto" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1006777" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03148728v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Ratpopoulo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Revel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14717" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624204v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne G J. Danchin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes8100287" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620001v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Agnel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Robichon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00239-017-9814-8" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439090v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Eves-van Den Akker" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik R. Laetsch" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine J. Lilley" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne G. J. Danchin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-016-0985-1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354648v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Damiani" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Drain" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Guichard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balzergue" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Boscari" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.00794" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151509v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Pasquier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cl&#233;ment" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aviv Dombrovsky" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Penaud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0115022" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269022v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jeanne Arguel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Fournier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137164v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1003745" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282538v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Flot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Hespeels" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Li" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Noel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Arkhipova" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature12326" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831026v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Paganini" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Campan-Fournier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gouret" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pontarotti" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0050875" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604220v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Eves-van den Akker" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. R. Laetsch" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thorpe" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. J. Lilley" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226015v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lombaert" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Beaum&#233;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Blin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gautier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261289v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Porro" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Zallio" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Deulery" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150252v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Sallaberry" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eden Darnige" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Hoffbeck" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Fourre" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Pochon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750292v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lecomte" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle El Hajj Assaf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Chetouhi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Soudi&#232;re" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749942v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05513624v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Dussutour" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Yahmi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abile T. Mohammed" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05513641v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Truch" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Jaouannet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kulhanek-Fontanille" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril van Ghelder" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04229747v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788762v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelnaser El Ashry" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489824v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paula Zotta Mota" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Koutsovoulos" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Perfus-Barbeoch" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelin Despot-Slade" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Labadie" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-44914-y" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779975v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Riglet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hok" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;ma Kebdani-Minet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Le Berre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gourgues" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae308" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04617469v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Noureddine" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine da Rocha" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing An" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence M&#233;dina" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Mejias" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erad208" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04617452v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyue Mei" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Wang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuran Li" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Larousse" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-17353-1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866626v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Thomine" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Quentin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18362" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04617459v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bournaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dazeni&#232;re" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Thorpe" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bailly-Bechet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes12050771" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04617465v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djampa Kozlowski" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahim Hassanaly-Goulamhoussen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13246" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467409v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronaldo de Carvalho Augusto" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marteu-Garello" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Favery" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.765690" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03299108v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chie Kodera" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Just" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Da Rocha" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Larrieu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-021-07503-7" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02972492v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Poullet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelnaser Elashry" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Sallet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-020-00666-0" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080520v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Panabi&#232;res" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rancurel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Kuhn" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2020.00557" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629335v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Castagnone-Sereno" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Mulet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Danchin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios D. Koutsovoulos" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Karaulic" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15095" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626482v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Pratx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-4686-x" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621877v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinh-Nghia Nguyen" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianlong Zhao" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Magliano" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14837" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628557v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Medina" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Raptopoulo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marteu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-5296-3" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602779v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Blanc-Mathieu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Zurletto" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1006777" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624204v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne G J. Danchin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes8100287" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03148728v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Ratpopoulo" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Revel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14717" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620001v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Agnel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Robichon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00239-017-9814-8" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439090v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Eves-van Den Akker" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik R. Laetsch" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine J. Lilley" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne G. J. Danchin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-016-0985-1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354648v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Damiani" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Drain" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Guichard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balzergue" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Boscari" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.00794" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269022v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jeanne Arguel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Fournier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151509v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Pasquier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cl&#233;ment" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aviv Dombrovsky" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Penaud" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0115022" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137164v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1003745" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282538v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Flot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Hespeels" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Li" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Noel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Arkhipova" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature12326" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831026v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Paganini" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Campan-Fournier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gouret" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pontarotti" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0050875" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604220v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Eves-van den Akker" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. R. Laetsch" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thorpe" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. J. Lilley" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226015v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lombaert" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Beaum&#233;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Blin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gautier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150252v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Sallaberry" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eden Darnige" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Hoffbeck" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Fourre" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Pochon" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261289v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Porro" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Zallio" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Deulery" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750292v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lecomte" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle El Hajj Assaf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Chetouhi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Soudi&#232;re" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749942v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05513641v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Truch" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Jaouannet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kulhanek-Fontanille" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril van Ghelder" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05513624v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Dussutour" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Yahmi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abile T. Mohammed" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04229747v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788762v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelnaser El Ashry" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>