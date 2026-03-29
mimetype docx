--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -3481,286 +3481,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01266519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Screening of reverse osmosis membranes for the treatment and reuse of distillery condensates into alcoholic fermentation</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marie-Laure Lameloise</w:t>
+                <w:t xml:space="preserve">Liquid–liquid equilibria of the ternary systems 3-methyl-1-butanol + ethanol + water and 2-methyl-1-propanol + ethanol + water at 293.15 K</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Kadir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Decloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Giampaoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Joulia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Desalination</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 219 (1-3), pp.335-347. </w:t>
+              <w:t xml:space="preserve">Journal of Chemical and Engineering Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 53 (4), pp.910-912. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.desal.2007.05.020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/je700558x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01266524v1</w:t>
+                <w:t xml:space="preserve">hal-04696166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liquid–liquid equilibria of the ternary systems 3-methyl-1-butanol + ethanol + water and 2-methyl-1-propanol + ethanol + water at 293.15 K</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Samir Kadir</w:t>
+                <w:t xml:space="preserve">Screening of reverse osmosis membranes for the treatment and reuse of distillery condensates into alcoholic fermentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Sagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Fargues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Lewandowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Lameloise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Decloux</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Xavier Joulia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical and Engineering Data</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Desalination</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 219 (1-3), pp.335-347. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.desal.2007.05.020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/je700558x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04696166v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01266524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Treatment of acidic wastewater arising from the refining of vegetable oil by crossflow microfiltration at very low transmembrane pressure</w:t>
               </w:r>
@@ -4752,651 +4752,651 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02675611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traitement et valorisation des vinasses: problématique et synthèse des voies de valorisation étudiées et envisagées</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Recent and emerging application of membrane processes in food and dairy industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Daufin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Escudier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Carrère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Bérot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Fillaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industries Alimentaires et Agricoles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, pp.61-73</w:t>
+              <w:t xml:space="preserve">Transactions of the Institution of Chemical Engineers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 79, pp.1-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02682638v1</w:t>
+                <w:t xml:space="preserve">hal-02491209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concentration of passion fruit juice on an industrial pilot scale using osmotic evaporation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Vaillant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Jeanton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Dornier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M O’brien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Reynes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Food Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 47 (3), pp.195-202. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0260-8774(00)00115-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02046648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent and emerging application of membrane processes in food and dairy industry</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId159" w:history="1">
+                <w:t xml:space="preserve">Recent and emerging applications of membrane processes in the food and dairy industry (review paper)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Daufin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Escudier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Carrère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Bérot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Luc Fillaudeau</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Fillandeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transactions of the Institution of Chemical Engineers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 79, pp.1-14</w:t>
+              <w:t xml:space="preserve">Food and Bioproducts Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 79 (C), pp.89-102</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02491209v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02678915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent and emerging applications of membrane processes in the food and dairy industry (review paper)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Strategy for economical optimisation of the clarification of pulpy fruit juices using crossflow microfiltration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Vaillant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Millan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Dornier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Decloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Reynes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food and Bioproducts Processing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 48 (1), pp.83-90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0260-8774(00)00152-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02678915v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02046655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strategy for economical optimisation of the clarification of pulpy fruit juices using crossflow microfiltration</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Reynes</w:t>
+                <w:t xml:space="preserve">Traitement et valorisation des vinasses: problématique et synthèse des voies de valorisation étudiées et envisagées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine M. Decloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Bories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Industries Alimentaires et Agricoles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, pp.61-73</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-02046655v1</w:t>
+                <w:t xml:space="preserve">hal-02682638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traitement et valorisation ds vinasses : problématique et synthèse des voies de valorisation étudiées et envisagées</w:t>
               </w:r>
@@ -5464,90 +5464,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co-immobilized pectinlyase and endocellulase on chitin and Nylon supports</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Vaillant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Millan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Millan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Dornier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Decloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5604,242 +5604,242 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02046661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation des membranes dans le domaine des jus de fruits et jus sucrés</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Crossflow microfiltration of passion fruit juice after partial enzymatic liquefaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Vaillant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Millan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. O’brien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Dornier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Decloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Boissons Bios Conditionnement</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 42 (4), pp.215-224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0260-8774(99)00124-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02687692v1</w:t>
+                <w:t xml:space="preserve">hal-02046668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crossflow microfiltration of passion fruit juice after partial enzymatic liquefaction</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Utilisation des membranes dans le domaine des jus de fruits et jus sucrés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Decloux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Boissons Bios Conditionnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 30 (283), pp.27-30</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-02046668v1</w:t>
+                <w:t xml:space="preserve">hal-02687692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatisation d'un alambique charentais</w:t>
               </w:r>
@@ -6289,273 +6289,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02686062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement actuel et potentiel des procédés à membranes en sucrerie et raffinerie de canne</w:t>
+                <w:t xml:space="preserve">Automatic control of the crossflow microfiltration process using fuzzy logic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Cartier</w:t>
+                <w:t xml:space="preserve">N. Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Trichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.A. Theoleyre</w:t>
+                <w:t xml:space="preserve">G. Trystram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Decloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industries Alimentaires et Agricoles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 7-8, pp.557-560</w:t>
+              <w:t xml:space="preserve">Journal of Membrane Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 116, pp.93-105</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02697775v1</w:t>
+                <w:t xml:space="preserve">hal-02683893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic control of the crossflow microfiltration process using fuzzy logic</w:t>
+                <w:t xml:space="preserve">Développement actuel et potentiel des procédés à membranes en sucrerie et raffinerie de canne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Perrot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J.M. Trichard</w:t>
+                <w:t xml:space="preserve">Stéphane Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Trystram</w:t>
+                <w:t xml:space="preserve">M.A. Theoleyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Decloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Membrane Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 116, pp.93-105</w:t>
+              <w:t xml:space="preserve">Industries Alimentaires et Agricoles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 7-8, pp.557-560</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02683893v1</w:t>
+                <w:t xml:space="preserve">hal-02697775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crossflow microfiltration of gum arabic solutions: Comparison of the classical system with the co-current permeate flow system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Decloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Dornier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Gratius</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6587,557 +6587,557 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02696455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The determination of polysaccharides in raw cane sugar syrups. Perfecting the phenol sulphuric acid method in order to characterize cross flow filtration</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId151" w:history="1">
+                <w:t xml:space="preserve">Dynamic modeling of crossflow microfiltration using neural networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Dornier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Decloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Trystram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Cuvelier</w:t>
+                <w:t xml:space="preserve">A. Lebert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Sugar Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Membrane Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 98 (3), pp.263-273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/0376-7388(94)00195-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02711936v1</w:t>
+                <w:t xml:space="preserve">hal-02046670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interest of neural networks for the optimization of the crossflow filtration process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Dornier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Decloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Trystram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lebert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 28 (3), pp.300-309. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0023-6438(95)94364-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02046672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic modeling of crossflow microfiltration using neural networks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId151" w:history="1">
+                <w:t xml:space="preserve">Influence of start-up procedure on crossflow microfiltration of raw cane sugar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Dornier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">A. Lebert</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Petermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Decloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Membrane Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 24 (2), pp.213-224</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/0376-7388(94)00195-5⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02046670v1</w:t>
+                <w:t xml:space="preserve">hal-02715131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of start-up procedure on crossflow microfiltration of raw cane sugar</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId151" w:history="1">
+                <w:t xml:space="preserve">The determination of polysaccharides in raw cane sugar syrups. Perfecting the phenol sulphuric acid method in order to characterize cross flow filtration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Gratius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Decloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Dornier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Petermann</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Martine Decloux</w:t>
+                <w:t xml:space="preserve">G. Cuvelier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1995, 24 (2), pp.213-224</w:t>
+              <w:t xml:space="preserve">International Sugar Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 97 (1159E), pp.296-343</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02715131v1</w:t>
+                <w:t xml:space="preserve">hal-02711936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of experimental design to establish optimal crossflow filtration conditions: application to raw cane sugar clarification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Dornier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Decloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Lebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Trystram</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Food Process Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994, 17, pp.73-92</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7283,51 +7283,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Punidadas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Decloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Trystram</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1991, 7, pp.152-161</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7378,51 +7378,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Punidadas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Decloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Trystram</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Industries Alimentaires et Agricoles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1990, 07-08, pp.615-623</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8312,103 +8312,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent and emerging applications of membranes processes in food and dairy industry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Fillaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Daufin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Escudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Carrère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Bérot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PERMEA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, Tatranske Matliare, Slovakia</w:t>
@@ -9007,77 +9007,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An hybrid approach based on fuzzy logic and genetic algorithms to control a crossflow microfiltration pilot plant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Me</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Trystram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Trichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9266,64 +9266,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Problèmes de clarification des fluides biologiques.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Rene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Carrère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Daufin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Guizou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9947,51 +9947,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brewing, winemaking and distilling: an overview of wastewater treatment and utilization schemes (Part IV - Chapter 35)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Fillaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andre Bories</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10137,90 +10137,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic control of a crossflow microfiltration pilot plant at low transmembrane pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Decloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Dornier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Geneste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Prothon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Trystram</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Automatic control of food and biological processes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, 1994</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10258,51 +10258,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic modelling and simulation of food processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.J. Bimbenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Trystram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Duquenoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10539,51 +10539,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394944v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Zanghelini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Giampaoli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Ath&#232;s" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vitu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Wilhelm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2024.113977" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394961v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Esteban-Decloux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2023.113861" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238410v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Grangeon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tano N'Guessan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58430/jib.v129i3.28" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657334v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jct.2022.106806" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883202v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.iecr.2c01755" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890734v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Esteban&#8208;decloux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#8217;guessan Charles Romaric Tano" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jib.704" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03410288v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Dechatre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Legendre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Guichard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2021.111420" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03667282v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gaff" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ffj.3570" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622556v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Douady" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Puentes" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Awad" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jib.560" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626153v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Chryat" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Labarde" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;di Romdhana" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2018.1460849" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01951974v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Joulia" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Vidal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbp.2018.08.010" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063567v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.iecr.7b03857" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623635v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Lambert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Laulan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine M. Decloux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Courtois" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2018.01.004" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01778465v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Paricaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jced.7b00770" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01600756v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Romdhana" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2016.1220952" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531689v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bonazzi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2015.1104348" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166492v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Decloux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2015.1025139" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01951993v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Deterre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Kadir" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Albet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbp.2013.10.001" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173801v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Caderby" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Baumberger" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Hoareau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fargues" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf4039474" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004264v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Rega" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Delarue" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lebrun" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ffj.2087" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SQC97586-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004108v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Baudouin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/je3004854" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04695227v2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266521v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sagne" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lewandowski" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Lameloise" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Gavach" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cep.2010.03.002" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-027NB0KW-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266517v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Broyart" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.memsci.2008.12.038" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-21SDFCLX-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267100v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Bouix" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2202/1542-6580.2104" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273115v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266519v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Morin Couallier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2007.02.009" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PZS71KHF-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266524v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.desal.2007.05.020" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C8RXF8GT-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04696166v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/je700558x" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594042v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Brocard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bisson" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Parmentier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2006.10.013" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XK7PVSCM-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04695212v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coustel Julie" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Decloux" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267099v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanca Salgado Ruiz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.desal.2006.02.002" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-19LWJZ90-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04696182v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Richard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chene" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Benoit" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fabian" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701329v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882286v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Morin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bleton" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tchapla" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917976v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Bories" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Mersad" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0011-9164(02)00520-9" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WRVZ756J-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681918v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675611v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Bories" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682638v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046648v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vaillant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Jeanton" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Dornier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M O&#8217;brien" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Reynes" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0260-8774(00)00115-1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1DJND7P4-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491209v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Daufin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Escudier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Carr&#232;re" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge B&#233;rot" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Fillaudeau" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678915v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Daufin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Escudier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fillandeau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046655v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Millan" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0260-8774(00)00152-7" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZDKF0R7J-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-05090721v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046661v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Millan" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0032-9592(00)00131-X" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G44ZV11D-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687692v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046668v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. O&#8217;brien" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Decloux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0260-8774(99)00124-7" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R7W6X0H4-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693932v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boutillon" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscillia Boucher" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dumur" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Foix" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688102v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mejean Perrot" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. M&#233;" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Trystram" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Trichard" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0165-0114(96)00237-0" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P7X5B9WG-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693927v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Trichard" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tatoud" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686062v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Khayat" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vatelot" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Bellon-Fontaine" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697775v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cartier" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Theoleyre" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683893v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Perrot" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Trystram" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696455v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gratius" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711936v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cuvelier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046672v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lebert" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0023-6438(95)94364-1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GW899K6D-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046670v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0376-7388(94)00195-5" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J1TQQSM1-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715131v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Petermann" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705245v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Lebert" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705711v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ben Messaoud" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Lameloise" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702647v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Punidadas" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714488v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890748v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070015v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788833v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01588915v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Snakkers" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Giampaoli" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628121v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Belaud" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sablayrolles" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Vignoles" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628124v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline P&#233;nicaud" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186894v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Mohamed Romdhana" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Rosenbaum" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Doreau" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490072v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762429v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593990v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis F. Courtois" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Trichard" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769954v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mersad" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Martin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Soria" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771415v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sem Jacobs" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.K. Liou" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.S.M. Bento" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593920v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766723v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Me" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593989v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hulot" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772669v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rene" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guizou" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Moutounet" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774448v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788851v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01323935v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Puentes" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186893v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/257459" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394571v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310087v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839664v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Prothon" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02847193v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Geneste" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02847436v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Bimbenet" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Duquenoy" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Courtois" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394944v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Zanghelini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Giampaoli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Ath&#232;s" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vitu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Wilhelm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2024.113977" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394961v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Esteban-Decloux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2023.113861" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238410v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Grangeon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tano N'Guessan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58430/jib.v129i3.28" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657334v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jct.2022.106806" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883202v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.iecr.2c01755" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890734v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Esteban&#8208;decloux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#8217;guessan Charles Romaric Tano" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jib.704" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03410288v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Dechatre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Legendre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Guichard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2021.111420" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03667282v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gaff" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ffj.3570" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622556v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Douady" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Puentes" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Awad" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jib.560" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626153v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Chryat" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Labarde" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;di Romdhana" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2018.1460849" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01951974v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Joulia" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Vidal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbp.2018.08.010" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063567v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.iecr.7b03857" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623635v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Lambert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Laulan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine M. Decloux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Courtois" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2018.01.004" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01778465v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Paricaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jced.7b00770" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01600756v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Romdhana" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2016.1220952" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531689v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bonazzi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2015.1104348" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166492v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Decloux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2015.1025139" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01951993v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Deterre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Kadir" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Albet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbp.2013.10.001" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173801v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Caderby" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Baumberger" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Hoareau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fargues" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf4039474" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004264v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Rega" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Delarue" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lebrun" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ffj.2087" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SQC97586-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004108v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Baudouin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/je3004854" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04695227v2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266521v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sagne" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lewandowski" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Lameloise" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Gavach" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cep.2010.03.002" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-027NB0KW-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266517v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Broyart" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.memsci.2008.12.038" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-21SDFCLX-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267100v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Bouix" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2202/1542-6580.2104" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273115v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266519v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Morin Couallier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2007.02.009" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PZS71KHF-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04696166v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/je700558x" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266524v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.desal.2007.05.020" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C8RXF8GT-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594042v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Brocard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bisson" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Parmentier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2006.10.013" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XK7PVSCM-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04695212v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coustel Julie" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Decloux" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267099v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanca Salgado Ruiz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.desal.2006.02.002" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-19LWJZ90-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04696182v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Richard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chene" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Benoit" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fabian" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701329v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882286v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Morin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bleton" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tchapla" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917976v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Bories" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Mersad" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0011-9164(02)00520-9" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WRVZ756J-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681918v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675611v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Bories" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491209v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Daufin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Escudier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Carr&#232;re" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge B&#233;rot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Fillaudeau" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046648v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vaillant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Jeanton" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Dornier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M O&#8217;brien" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Reynes" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0260-8774(00)00115-1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1DJND7P4-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678915v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Daufin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Escudier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fillandeau" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046655v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Millan" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0260-8774(00)00152-7" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZDKF0R7J-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682638v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-05090721v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046661v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Millan" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0032-9592(00)00131-X" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G44ZV11D-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046668v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. O&#8217;brien" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Decloux" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0260-8774(99)00124-7" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R7W6X0H4-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687692v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693932v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boutillon" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscillia Boucher" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dumur" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Foix" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688102v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mejean Perrot" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. M&#233;" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Trystram" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Trichard" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0165-0114(96)00237-0" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P7X5B9WG-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693927v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Trichard" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tatoud" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686062v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Khayat" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vatelot" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Bellon-Fontaine" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683893v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Perrot" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Trystram" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697775v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cartier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Theoleyre" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696455v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gratius" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046670v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lebert" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0376-7388(94)00195-5" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J1TQQSM1-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046672v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0023-6438(95)94364-1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GW899K6D-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715131v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Petermann" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711936v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cuvelier" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705245v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Lebert" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705711v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ben Messaoud" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Lameloise" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702647v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Punidadas" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714488v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890748v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070015v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788833v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01588915v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Snakkers" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Giampaoli" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628121v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Belaud" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sablayrolles" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Vignoles" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628124v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline P&#233;nicaud" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186894v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Mohamed Romdhana" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Rosenbaum" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Doreau" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490072v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762429v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593990v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis F. Courtois" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Trichard" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769954v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mersad" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Martin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Soria" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771415v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sem Jacobs" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.K. Liou" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.S.M. Bento" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593920v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766723v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Me" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593989v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hulot" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772669v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rene" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guizou" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Moutounet" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774448v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788851v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01323935v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Puentes" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186893v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/257459" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394571v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310087v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839664v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Prothon" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02847193v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Geneste" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02847436v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Bimbenet" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Duquenoy" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Courtois" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>