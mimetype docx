--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -81,51 +81,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (47)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (48)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -391,3027 +391,3096 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05039513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le revenu universel, préalable nécessaire au droit au bonheur ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LUMI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Le « droit au bonheur », une idée toujours neuve ?, 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05545013v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le point sur… les allocations et aides aux personnes âgées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AJCT. Actualité juridique Collectivités territoriales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 10, pp.543</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04773651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le point sur... les allocations et aides aux personnes âgées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AJCT. Actualité juridique Collectivités territoriales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04765082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La loi pour le plein emploi et la petite enfance : un réarmement territorial discutable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04775788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La loi no 2024-317 du 8 avril 2024 portant mesures « pour bâtir la société du bien vieillir et de l'autonomie »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rihal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 4, pp.700</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04667244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le service public de la petite enfance ne se décrète pas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Gazette des communes, des départements, des régions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04199545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mode de garde. Vers un service public de la petite enfance?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Conversation France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03963371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La faute de l'Etat enfin reconnue pour carence dans le droit à l'hébergement d'urgence des étrangers en situation irrégulière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rihal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 19, pp.1018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04115629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'action sanitaire et sociale, une alliance à construire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pouvoirs Locaux : les cahiers de la décentralisation / Institut de la décentralisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 122</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04104394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La nature juridique des financements publics au regard du droit interne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 04, pp.606</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03754984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quel droit aux prestations sociales des collectivités territoriales pour l'étranger ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AJCT. Actualité juridique Collectivités territoriales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 03, pp.133</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03617672v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santé, social : ce qui change avec la loi 3DS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AJCT. Actualité juridique Collectivités territoriales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 06, pp.305</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03705647v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les outils de mise en œuvre des droits des usagers : une évolution en trompe-l'œil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1, pp.13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03588777v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pas de droit à la cantine pour tous !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 25, pp.1451</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03723323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Quel droit aux prestations sociales des collectivités territoriales pour l'étranger ?</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La tarification des services publics : définition, objectifs et enjeux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Action publique. Recherche et pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03786692v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La loi 3DS : la fin du département-providence ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, pp.412</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03705969v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les liens financiers entre les communes et les intercommunalités, un référentiel à construire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française de finances publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 150</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02953545v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La continuité de l’Etat et des services en temps de crise sanitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin juridique des collectivités locales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1638-7589</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02953581v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le contrat d'insertion n'est pas un véritable contrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17, pp.951</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02568071v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La protection de l'enfance pendant la crise sanitaire (covid-19)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AJCT. Actualité juridique Collectivités territoriales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 03, pp.133</w:t>
+              <w:t xml:space="preserve">, 2020, 10, pp.459</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Santé, social : ce qui change avec la loi 3DS</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02976115v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre enjeux sociaux et coûts gestionnaires : existe-t-il un modèle économique des autoroutes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AJCT. Actualité juridique Collectivités territoriales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 06, pp.305</w:t>
+              <w:t xml:space="preserve">Énergie - Environnement - Infrastructures : actualité, pratiques et enjeux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les outils de mise en œuvre des droits des usagers : une évolution en trompe-l'œil</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02953566v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’action sociale territoriale cherche sa voie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pouvoirs Locaux : les cahiers de la décentralisation / Institut de la décentralisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 114</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02953614v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre interface et logique de proximité, les nouveaux outils de l’action publique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Horizons publics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Horizons publics, 22 (2701320461)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02953608v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aides au financement et logement des personnes âgées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 1, pp.13</w:t>
+              <w:t xml:space="preserve">, 2019, 04, pp.645</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La tarification des services publics : définition, objectifs et enjeux</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02449968v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Libertés publiques et droit des étrangers : les obligations des collectivités territoriales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Action publique. Recherche et pratiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022</w:t>
+              <w:t xml:space="preserve">Bulletin juridique des collectivités locales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La loi 3DS : la fin du département-providence ?</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02953620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Existe-t-il une taille adéquate pour les intercommunalités?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin juridique des collectivités locales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.497-500</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02562916v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La restauration scolaire, un service public obligatoire pour le département</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.1332-1337</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01902466v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarification, accessibilité, les enjeux sociaux des services d'intérêt général</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Énergie - Environnement - Infrastructures : actualité, pratiques et enjeux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, pp.42-46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02562912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le département après la loi Notre, un acte de décès non transformé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.1912-1916</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01902424v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Actualité de la commande publique et action publique locale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin juridique des collectivités locales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.345</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02562887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'exercice des droits collectifs des salariés dans les établissements sociaux et médico-sociaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 3, pp.412</w:t>
+              <w:t xml:space="preserve">, 2014, 01, pp.28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...167 lines deleted...]
-                <w:t xml:space="preserve">Le contrat d'insertion n'est pas un véritable contrat</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le conseil de Paris est compétent pour fixer les tarifs de la restauration scolaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 17, pp.951</w:t>
+              <w:t xml:space="preserve">, 2014, 37, pp.2137</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La protection de l'enfance pendant la crise sanitaire (covid-19)</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02220366v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'expression de l'opposition dans un bulletin municipal peut-elle être considérée comme un don électoral ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AJCT. Actualité juridique Collectivités territoriales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10, pp.459</w:t>
+              <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 37, pp.2072</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...236 lines deleted...]
-                <w:t xml:space="preserve">Aides au financement et logement des personnes âgées</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02219964v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers un « Acte III de la décentralisation » ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 04, pp.645</w:t>
+              <w:t xml:space="preserve">, 2011, 01, pp.17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Libertés publiques et droit des étrangers : les obligations des collectivités territoriales</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intercommunalités, communes et population âgée : la prise en compte du vieillissement par les territoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin juridique des collectivités locales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018</w:t>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 04, pp.605</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...110 lines deleted...]
-                <w:t xml:space="preserve">Martine Long</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237036v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La vocation sociale du département</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Rihal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, pp.1332-1337</w:t>
+              <w:t xml:space="preserve">, 2011, 32, pp.1835</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...98 lines deleted...]
-                <w:t xml:space="preserve">Le département après la loi Notre, un acte de décès non transformé</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02219753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'action sociale entre commune et intercommunalité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, pp.1912-1916</w:t>
+              <w:t xml:space="preserve">, 2009, 38, pp.2098</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Actualité de la commande publique et action publique locale</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02219419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'incidence de la mise en place du RSA sur la politique d'insertion du département</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin juridique des collectivités locales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, pp.345</w:t>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 02, pp.241</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le conseil de Paris est compétent pour fixer les tarifs de la restauration scolaire</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236826v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle place pour les usagers et le personnel dans la gouvernance associative ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 02, pp.222</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02236735v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'expérimentation : un premier bilan décevant pour les collectivités territoriales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 37, pp.2137</w:t>
+              <w:t xml:space="preserve">, 2008, 30, pp.1625</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L'exercice des droits collectifs des salariés dans les établissements sociaux et médico-sociaux</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02219217v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Revenu de solidarité active : l'expérimentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 01, pp.28</w:t>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 12, pp.1236</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L'expression de l'opposition dans un bulletin municipal peut-elle être considérée comme un don électoral ?</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02198937v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Restauration scolaire : quelles modalités d'accès ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 37, pp.1388-1392</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00087648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discrimination positive et accès à Sciences-Po Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 37, pp.2072</w:t>
+              <w:t xml:space="preserve">, 2004, 13, pp.688</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...123 lines deleted...]
-                <w:t xml:space="preserve">Hervé Rihal</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02218460v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le bulletin municipal : un statut juridique complexe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 32, pp.1835</w:t>
+              <w:t xml:space="preserve">, 1998, 05, pp.387</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...620 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02217970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3421,167 +3490,167 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La notion de service public de la petite enfance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire « Regards Croisés sur la Petite Enfance »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Paris I, Feb 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04439400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simplifier ou révolutionner ? La protection sociale à l’épreuve du revenu universel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le revenu universel : l'avenir d'une illusion?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02562890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3591,599 +3660,599 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le service public de la petite enfance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Berger-Levrault, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04018563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le revenu universel, une utopie pour le XXIe siècle ? - Une utopie pour le XXIe siècle ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendal Châton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">hal-03786701v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le revenu universel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Gwendal Châton</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Berger-Levrault, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Gwendal Châton</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05505770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les collectivités territoriales et les femmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Martine Long</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Le Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Berger-Levrault, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les collectivités territoriales et les femmes</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03654326v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle gouvernance pour les intercommunalités XXL ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02562894v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'impact du droit de l'Union européenne sur les services publics en réseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Berger-Levrault, 2022</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Tesson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">, 2017</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02562904v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Égalité et services publics territoriaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">LGDJ, pp.211, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">, 2016</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00193358v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La tarification des services publics locaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Librairie générale de droit et de jurisprudence</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.180, 2001, Systèmes, 978-2-275-02050-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...108 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01902083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4193,1882 +4262,1882 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les politiques sociales à l'épreuve du local, quelle place pour la solidarité territoriale?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IFDJ. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Variations actuelles autour de la solidarité territroiale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05358775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La conciliation du mandat avec la vie personnelle : les enjeux de diversité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IFDJ. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche sur le statut des élus locaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05024972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La crise sanitaire : frein ou accélérateur de l'émergence intercommunale en matière de santé?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mare et Martin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Intercommunalité et santé. Un nouvel acteur de la santé publique?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04220018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'action sociale et médico-sociale, une décentralisation sous contrôle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes 1 et 2 de la décentralisation, 40 ans de déplacement des politiques publiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'harmattan, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04220012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le revenu universel : fondements, débats et perspectives (chapitre introductif)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendal Châton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Berger-Levrault. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le revenu universel : une utopie pour le XXIème siècle?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03965716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les femmes et le principe d'égalité devant le service public</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Berger-Levrault. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les collectivités territoriales et les femmes (sous la dir. de B. Faure, M. Le Roux et M. Long)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03656630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le revenu universel. Fondements, débats et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendal Châton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">G. Châton et M. Long. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le revenu universel. Une utopie pour le XXIe siècle ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Berger-Levrault, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05505854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simplifier ou révolutionner? La protection sociale à l'aune du revenu universel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Berger-Levrault. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le revenu universel, une utopie pour le XXIème siècle?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03965720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’émergence de la promotion de l’égalité femmes-hommes dans le droit des collectivités territoriales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Le Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bertrand Faure; Mylène Le Roux; Martine Long. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les collectivités territoriales et les femmes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Berger-Levrault, pp.11-22, 2022, Au fil du débat – études, 978-2-7013-2173-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03965883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santé, territoire(s) et loi &amp;quot;3DS&amp;quot; du 21 février 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Santé et Territoire(s) sous la direction de S. Brimo et O. Renaudie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Lexisnexis, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03752990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L' apport des conseils de développement à la transition écologique et au développement durable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit et climat. Interventions publiques locales et mobilisations citoyennes, sous la dir. de N. Kada</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dalloz, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03529335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La collectivité unique à l'épreuve du social : les politiques sociales et les politiques de santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La régionalisation à l'aune de l'évolution législative de la décentralisation. Méthodologie(s) et vision(s) propective(s) de régions stratèges</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'harmattan, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03166943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les outils de financement de la mobilité durable : fiscalité, redevances, péages…</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les défis de la mobilité durable pour les territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Marais et Martin, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03166948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La territorialisation de l'action sociale en Corse : entre continuité et rupture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les discontinuités territoriales et le droit public</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dalloz, 2020, 978-2-247-19743-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03147102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le maire de la commune nouvelle, figure moderne des recompositions territoriales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bioteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Morel-Brochet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gaboriau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit et gestion des collectivités territoriales- Le retour des maires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Le Moniteur, 2020, Le retour des maires</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03083812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léon Blum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les grandes figures de la décentralisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Berger-Levrault, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03557372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le développement économique après la loi Notre, renouveau ou continuité?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mélanges en l'honneur du Professeur Gérard Marcou</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IRJS Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.233-242, 2018, Bibliothèque de l'Institut de recherche juridique de la Sorbonne - André Tunc, 978-2-919211-78-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IRJS Editions</w:t>
-[...21 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-02562901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Budget des départements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire encyclopédique des finances publiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Economica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Collection Finances publiques, 978-2-7178-6952-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Economica</w:t>
-[...21 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-02562886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les maisons de l'Etat, nouvel avatar de la présence de l'Etat dans les territoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les territoires de l'Etat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Moniteur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.159-166, 2017, 978-2-281-13280-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Moniteur</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.159-166, 2017, 978-2-281-13280-9</w:t>
+                <w:t xml:space="preserve">hal-02562907v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'égalité par l'interdiction de tutelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long Martine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Benetti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les collectivités territoriales et le principe d'égalité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.123-144, 2016, Droit des collectivités territoriales. Travaux de l'Association française de droit des collectivités locales, 978-2-343-09689-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01902152v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du rapport Guichard à la loi Notre : 40 ans d'évolution et de propositions de réforme territoriale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Muller-Quoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Steckel-Assouère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La recomposition territoriale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Harmattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.29-39, 2016, GRALE, 978-2-343-09812-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02562898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Long Martine</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le leurre des fusions institutionnelles : que reste-t-il de la loi du 16 décembre 2010?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...87 lines deleted...]
-                <w:t xml:space="preserve">Martine Long</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoinette Hastings-Marchadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La décentralisation à la française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LGDJ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.143-152, 2015, Systèmes, 978-2-275-04475-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02562905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Services publics industriels et commerciaux : questions actuelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Services publics industriels et commerciaux : questions actuelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LGDJ, pp.255, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00273741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6078,277 +6147,277 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Il faut travailler sur les inégalités du quotidien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03842806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Restauration scolaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03773421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le revenu universel, la seule utopie valable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04439424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Au-delà de simplement favoriser l'égalité, il faudrait l'imposer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03676766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6358,209 +6427,209 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mission d’information relative à la mise en œuvre des dispositifs créant les métropoles de Lyon et d'Aix-Marseille-Provence Questionnaire suite à audition au Sénat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03737013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La commune nouvelle fait-elle territoire ? Le cas de Longuenée-en-Anjou. Réponse à la consultation 2019 POPSU Territoires : révéler les territoires à travers l'étude de cas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Morel-Brochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annabelle Morel-Brochet</w:t>
+                <w:t xml:space="preserve">Emmanuel Bioteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Bioteau</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Prugneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gaboriau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02384033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6570,283 +6639,283 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution au rapport &amp;quot;Mobilisés pour l'emploi. Une dynamique à confirmer, des stratégies à partager&amp;quot;, Commission Emploi, Conseil de Développement Loire Angers, novembre, 28 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bessonneau Laurence</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caillat Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Le Mien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport Technique] Commission Emploi, Conseil de Développement Loire Angers. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">hal-02799508v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contribution à la réflexion collective de la commission du Conseil de Développement : quelle ambition pour quelle métropole ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Long</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Cailleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Favreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Isabelle Leroux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">[Rapport Technique] Commission Emploi, Conseil de Développement Loire Angers. 2019</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Conseil de Développement de la région d'Angers. 2017, pp.22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport technique)</w:t>
-[...36 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
-              <w:r>
-[...80 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02538779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId125"/>
+      <w:footerReference w:type="default" r:id="rId126"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6993,51 +7062,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05120791v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Long" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05437378v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378403v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05039513v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04773651v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765082v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775788v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04667244v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Rihal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199545v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963371v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04115629v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104394v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03754984v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03723323v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03617672v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03705647v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03588777v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786692v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03705969v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02953545v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02953581v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02568071v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02976115v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02953566v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02953608v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02953614v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449968v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02953620v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02562916v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902466v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02562912v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902424v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02562887v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02220366v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237253v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02219964v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236992v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02219753v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237036v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02219419v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236826v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236735v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02219217v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02198937v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00087648v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02218460v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02217970v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439400v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02562890v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018563v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786701v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Ch&#226;ton" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505770v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654326v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Faure" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Le Roux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02562894v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02562904v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Tesson" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00193358v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902083v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/la-tarification-des-services-publics-locaux-9782275020501.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358775v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024972v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220018v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220012v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965716v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656630v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505854v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965720v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03965883v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752990v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03529335v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03166943v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03166948v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03147102v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03083812v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bioteau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Morel-Brochet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gaboriau" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557372v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02562901v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/melanges-en-l-honneur-du-professeur-gerard-marcou-9782919211784.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02562886v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/finances-publiques-9782717869521.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02562907v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/les-territoires-de-l-etat-9782281132809.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02562898v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Muller-Quoy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Steckel-Assou&#232;re" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=51320" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902152v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Martine" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Benetti" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=51651" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02562905v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoinette Hastings-Marchadier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/la-decentralisation-a-la-francaise-9782275044750.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00273741v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842806v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773421v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439424v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676766v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737013v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02384033v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Prugneau" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02799508v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Leroux" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bessonneau Laurence" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caillat Jean" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Le Mien" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02538779v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Denis" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cailleau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Favreau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05120791v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Long" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05437378v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378403v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05039513v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05545013v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04773651v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765082v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775788v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04667244v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Rihal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199545v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963371v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04115629v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104394v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03754984v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03617672v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03705647v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03588777v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03723323v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786692v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03705969v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02953545v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02953581v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02568071v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02976115v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02953566v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02953614v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02953608v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449968v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02953620v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02562916v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902466v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02562912v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902424v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02562887v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237253v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02220366v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02219964v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236992v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237036v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02219753v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02219419v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236826v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02236735v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02219217v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02198937v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00087648v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02218460v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02217970v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439400v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02562890v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018563v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786701v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Ch&#226;ton" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505770v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654326v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Faure" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Le Roux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02562894v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02562904v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Tesson" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00193358v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902083v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/la-tarification-des-services-publics-locaux-9782275020501.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358775v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024972v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220018v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220012v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965716v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656630v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505854v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965720v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03965883v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752990v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03529335v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03166943v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03166948v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03147102v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03083812v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bioteau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Morel-Brochet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gaboriau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557372v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02562901v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/melanges-en-l-honneur-du-professeur-gerard-marcou-9782919211784.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02562886v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/finances-publiques-9782717869521.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02562907v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/les-territoires-de-l-etat-9782281132809.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902152v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Martine" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Benetti" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=51651" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02562898v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Muller-Quoy" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Steckel-Assou&#232;re" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=51320" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02562905v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoinette Hastings-Marchadier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/la-decentralisation-a-la-francaise-9782275044750.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00273741v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842806v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773421v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439424v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676766v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737013v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02384033v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Prugneau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02799508v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Leroux" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bessonneau Laurence" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caillat Jean" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Le Mien" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02538779v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Denis" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cailleau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Favreau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>