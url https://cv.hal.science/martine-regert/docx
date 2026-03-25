--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -199,230 +199,230 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential and limitations of adhesive identification on museum curated metal objects</w:t>
+                <w:t xml:space="preserve">Unravelling ceramic content and organic coatings in Senegalese ethnographic pottery vessels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tabea J Koch</w:t>
+                <w:t xml:space="preserve">Maïlys Turini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophia Adams</w:t>
+                <w:t xml:space="preserve">Anne Mayor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melanie Giles</w:t>
+                <w:t xml:space="preserve">Julien Vieugué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aimée Little</w:t>
+                <w:t xml:space="preserve">Adrien Delvoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco Palmas</w:t>
+                <w:t xml:space="preserve">Moustapha Sall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cultural Heritage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 71, pp.358 - 369. </w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 63, pp.105111. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.culher.2024.12.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2025.105111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05080431v1</w:t>
+                <w:t xml:space="preserve">hal-05045858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du brai de bouleau dès l'âge du Bronze final en Corse ? Un cas d'étude sur le site de Cuciurpula, Serra-di-Scopamena (Corse-du-Sud).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïlys Turini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maïlys Turini</w:t>
+                <w:t xml:space="preserve">Kewin Peche-Quilichini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kewin Peche-Quilichini</w:t>
+                <w:t xml:space="preserve">Léa Drieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de l'Association pour la Promotion des Recherches sur l'Âge du Bronze</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -433,316 +433,316 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05045872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unravelling ceramic content and organic coatings in Senegalese ethnographic pottery vessels</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pottery use by the first Neolithic communities of Sardinia (Italy): functional analysis of vessels from Su Carroppu di Sirri, Carbonia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Fanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Drieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Regert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2025.105111⟩</w:t>
+              <w:t xml:space="preserve">Rivista di scienze preistoriche </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, LXXIV, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.32097/1266⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05045858v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05338820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pottery use by the first Neolithic communities of Sardinia (Italy): functional analysis of vessels from Su Carroppu di Sirri, Carbonia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Potential and limitations of adhesive identification on museum curated metal objects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tabea J Koch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophia Adams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Giles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimée Little</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Fanti</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Francesco Palmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rivista di scienze preistoriche </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, LXXIV, </w:t>
+              <w:t xml:space="preserve">Journal of Cultural Heritage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 71, pp.358 - 369. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.32097/1266⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.culher.2024.12.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05338820v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05080431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ancient DNA and biomarkers from artefacts: insights into technology and cultural practices in Neolithic Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna E White</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tabea J Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theis Zetner Trolle Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -947,1389 +947,1389 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05338787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domestic food practice and vessel‐use at Salūt‐ST1, central Oman, during the Umm an‐Nar period</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">First evidence of early neolithic archery from Cueva de los Murciélagos (Albuñol, Granada) revealed through combined chemical and morphological analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Strolin</w:t>
+                <w:t xml:space="preserve">Ingrid Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Mazuy</w:t>
+                <w:t xml:space="preserve">María Martín-Seijo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Martínez-Sevilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Krista Mcgrath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Santana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arabian Archaeology and Epigraphy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/aae.12247⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14, pp.29247. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-024-77224-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04551139v1</w:t>
+                <w:t xml:space="preserve">hal-05215222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical analyses reveal dual functionality of Early Mesolithic birch tar at Krzyż Wielkopolski (Poland)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Differences in birch tar composition are explained by adhesive function in the central European Iron Age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tabea J Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Aimée Little</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Saurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Bocquillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Pisani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lola Bonnabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 19 (4), pp.e0301103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jasrep.2024.104591⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04593642v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04593630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'absence de brai de bouleau à l'âge du Bronze. Biais de recherche ou réalité archéologique ?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Diamonds in the rough - reconsidering the scientific and heritage value of heat-altered stones in prehistoric archaeology through a systematic literature review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margherita Cantelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Terradas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Binder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Regert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Carlo Colonese</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l'Association pour la Promotion des Recherches sur l'Âge du Bronze</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Open Research Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4, pp.254. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.12688/openreseurope.18837.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04503123v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05080457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pottery use by the first Neolithic communities of Sardinia (Italy) : functional analysis of vessels from Su Carroppu di Sirri, Carbonia</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">L'absence de brai de bouleau à l'âge du Bronze. Biais de recherche ou réalité archéologique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tabea J. Koch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïlys Turini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Mazuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Paolini-Saez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rivista di scienze preistoriche </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin de l'Association pour la Promotion des Recherches sur l'Âge du Bronze</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 22, pp.180-187</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04951945v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04503123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First evidence of early neolithic archery from Cueva de los Murciélagos (Albuñol, Granada) revealed through combined chemical and morphological analysis</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pottery use by the first Neolithic communities of Sardinia (Italy) : functional analysis of vessels from Su Carroppu di Sirri, Carbonia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Fanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Drieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Regert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-024-77224-w⟩</w:t>
+              <w:t xml:space="preserve">Rivista di scienze preistoriche </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, LXXIV, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.32097/1266⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05215222v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04951945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differences in birch tar composition are explained by adhesive function in the central European Iron Age</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The CNRS/MC Notre-Dame scientific worksite: an extraordinary interdisciplinary adventure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dillmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Liévaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Magnien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Regert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2024.104591⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cultural Heritage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Notre-Dame de Paris : a multidisciplinary scientific site, 65, pp.2-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.culher.2024.02.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04593630v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04710241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diamonds in the rough - reconsidering the scientific and heritage value of heat-altered stones in prehistoric archaeology through a systematic literature review</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Investigating grandmothers’ cooking: A multidisciplinary approach to foodways on an archaeological dump in Lower Casamance, Senegal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Debels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Drieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Chiquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Studer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Malergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Open Research Europe</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 19 (5), pp.e0295794. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0295794⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.12688/openreseurope.18837.1⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-05080457v1</w:t>
+                <w:t xml:space="preserve">halshs-04593622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The CNRS/MC Notre-Dame scientific worksite: an extraordinary interdisciplinary adventure</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Differences in birch tar composition are explained by adhesive function in the central European Iron Age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tabea Koch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Saurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Bocquillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Pisani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lola Bonnabel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cultural Heritage</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 19 (4), pp.e0301103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0301103⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.culher.2024.02.004⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04710241v1</w:t>
+                <w:t xml:space="preserve">hal-04540182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating grandmothers’ cooking: A multidisciplinary approach to foodways on an archaeological dump in Lower Casamance, Senegal</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Patricia Chiquet</w:t>
+                <w:t xml:space="preserve">Domestic food practice and vessel‐use at Salūt‐ST1, central Oman, during the Umm an‐Nar period</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akshyeta Suryanarayan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Degli Esposti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Méry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacqueline Studer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alex Malergue</w:t>
+                <w:t xml:space="preserve">Laura Strolin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Mazuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0295794⟩</w:t>
+              <w:t xml:space="preserve">Arabian Archaeology and Epigraphy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/aae.12247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04593622v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04551139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differences in birch tar composition are explained by adhesive function in the central European Iron Age</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chemical analyses reveal dual functionality of Early Mesolithic birch tar at Krzyż Wielkopolski (Poland)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tabea J Koch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacek Kabaciński</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tabea Koch</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Lola Bonnabel</w:t>
+                <w:t xml:space="preserve">Auréade Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Marquebielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimée Little</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0301103⟩</w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 57, pp.104591. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2024.104591⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04540182v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04593642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The ARchaeological Organic residues Literature Database (AROLD): Construction of a tool for reviewing and querying published lipid data in organic residue analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camielsa Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Drieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pasqualini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archaeometry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 65 (5), pp.1125-1143. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2376,51 +2376,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First identification of an evolving Middle Stone Age ochre culture at Porc-Epic Cave, Ethiopia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Eugenia Rosso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco D’errico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2480,77 +2480,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationships between lipid profiles and use of ethnographic pottery: an exploratory study.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drieu Léa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mazuy Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Vieugué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamady Bocoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2601,51 +2601,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Neolithic without dairy? Chemical evidence from the content of ceramics from the Pendimoun rockshelter (Castellar, France, 5750-5150 BCE)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Drieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lucquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2735,51 +2735,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qu'a-t-on mangé dans la grotte des Jarres ? Une étude des usures et résidus alimentaires des céramiques de la fin du Néolithique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Debels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Barth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2886,64 +2886,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Rageot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Lepère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auréade Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Binder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gourguen Davtian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3007,51 +3007,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pottery use in the mining site of variscite Mines de Gavà (Barcelona, Spain) during the 4th millennium BC based on organic residue analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Tarifa-Mateo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O.E. Craig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3122,402 +3122,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03291246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abeilles, une histoire intime avec l'humanité</w:t>
+                <w:t xml:space="preserve">Brai de bouleau en Gaule romaine : nouveaux témoignages archéologiques, données textuelles et étymologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Bonmatin</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Isabelle Rodet-Belarbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Mazuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Le Dantec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dessi Rosia-Maria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Abeilles et Fleurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 824, pp.24-27</w:t>
+              <w:t xml:space="preserve">Instrumentum : bulletin du groupe de travail européen sur l'artisanat et les productions manufacturées dans l'Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 51, pp.17-22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05046788v1</w:t>
+                <w:t xml:space="preserve">halshs-02985543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vivre dans les îles il y a 4 000 ans. Les enseignements des fouilles de Beg ar Loued, île Molène</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Abeilles, une histoire intime avec l'humanité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorena Audouard</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Marc Bonmatin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Regert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Penn ar Bed</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 238-239, pp.66-88</w:t>
+              <w:t xml:space="preserve">Abeilles et Fleurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 824, pp.24-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02992022v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05046788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brai de bouleau en Gaule romaine : nouveaux témoignages archéologiques, données textuelles et étymologiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vivre dans les îles il y a 4 000 ans. Les enseignements des fouilles de Beg ar Loued, île Molène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Rodet-Belarbi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Mazuy</w:t>
+                <w:t xml:space="preserve">Lorena Audouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Le Dantec</w:t>
+                <w:t xml:space="preserve">Fabien Convertini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dessi Rosia-Maria</w:t>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Instrumentum : bulletin du groupe de travail européen sur l'artisanat et les productions manufacturées dans l'Antiquité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 51, pp.17-22</w:t>
+              <w:t xml:space="preserve">Penn ar Bed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 238-239, pp.66-88</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02985543v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02992022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rendez-vous du mois. Abeilles, une histoire intime avec l'humanité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Bonmatin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Abeilles et Fleurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 824, pp.24-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3542,77 +3542,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Missing Step of Pottery chaîne opératoire: Considering Post-firing Treatments on Ceramic Vessels Using Macro- and Microscopic Observation and Molecular Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Drieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Lepère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Archaeological Method and Theory</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 27 (2), pp.302-326. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3646,90 +3646,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Birch-bark tar in the Roman world: the persistence of an ancient craft tradition?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rodet-Belarbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Mazuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Le Dantec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Maria Dessì</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3780,77 +3780,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of porosity on lipid preservation in the wall of archaeological pottery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Drieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Horgnies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Binder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Petrequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3914,77 +3914,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of pottery in Middle Neolithic societies of western Mediterranean (Sardinia, Italy, 4500-4000 cal BC) revealed through an integrated morphometric, use-wear, biomolecular and isotopic approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Fanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Drieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Mazuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Blasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4182,90 +4182,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domestic activities and pottery use in the Iron Age Corsican settlement of Cuciurpula revealed by organic residue analysi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Drieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kewin Peche-Quilichini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Lachenal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 19, pp.213-223. </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4299,90 +4299,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domestic activities and pottery use in the Iron Age Corsican settlement of Cuciurpula revealed by organic residue analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Drieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kewin Peche-Quilichini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Lachenal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 19, pp.213-223. </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4736,51 +4736,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Castex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stuart B.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microchemical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 133, pp.49-59. </w:t>
@@ -4818,77 +4818,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Systèmes de réparation, de réutilisation et de recyclage des vaisselles céramiques protohistoriques de Corse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kewin Peche-Quilichini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Rageot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 114 (1), pp.137-166. </w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4916,286 +4916,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03511018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing Hafting Adhesive Efficiency in the Experimental Shooting of Projectile Points: A new Device for Instrumented and Ballistic Experiments</w:t>
+                <w:t xml:space="preserve">Stratégies d'acquisition des matières colorantes dans l'Arc liguro-provençal au cours des VIe et Ve millénaires cal. BCE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Gaillard</w:t>
+                <w:t xml:space="preserve">Jean-Victor Pradeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Binder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorène Chesnaux</w:t>
+                <w:t xml:space="preserve">Chrystèle Vérati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Girard</w:t>
+                <w:t xml:space="preserve">Jean-Marc Lardeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Burr</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Evelyne Darque-Ceretti</w:t>
+                <w:t xml:space="preserve">Stéphan Stephan Dubernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archaeometry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Anthropologica et Praehistorica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Actes de la table ronde internationnale “About haematite. Procurement and transformation during recent prehistory. Analytical methods” Jambes (Belgique) 7-8 février 2013, 126, pp.105-119</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01174761v1</w:t>
+                <w:t xml:space="preserve">hal-01548665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégies d'acquisition des matières colorantes dans l'Arc liguro-provençal au cours des VIe et Ve millénaires cal. BCE</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessing Hafting Adhesive Efficiency in the Experimental Shooting of Projectile Points: A new Device for Instrumented and Ballistic Experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorène Chesnaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Victor Pradeau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Didier Binder</w:t>
+                <w:t xml:space="preserve">Marion Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chrystèle Vérati</w:t>
+                <w:t xml:space="preserve">Alain Burr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Lardeaux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphan Stephan Dubernet</w:t>
+                <w:t xml:space="preserve">Evelyne Darque-Ceretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anthropologica et Praehistorica</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Archaeometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 58 (3), pp.465-483. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/arcm.12175⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01548665v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01174761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploitation of beehive products, plant exudates and tars in Corsica during the early Iron Age</w:t>
               </w:r>
@@ -5309,398 +5309,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01236014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Late neolithic subsistence strategy and reservoir effect in 14C dating of artifacts at the pile-dwelling site Serteya II (NW Russia)</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Substances naturelles liées aux céramiques archéologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Drieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Radiocarbon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 75 (4), pp.01-13</w:t>
+              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 138, pp.54-60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01783807v1</w:t>
+                <w:t xml:space="preserve">hal-01783806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The consumption of bone powder in the Early Neolithic societies of Southeastern Europe: evidence of a diet stress?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Vieugué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Salanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sigrid Mirabaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Solenn Le Hô</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cambridge Archaeological Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 25 (2), pp.495-511. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/S0959774314001048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01310870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Substances naturelles liées aux céramiques archéologiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Late neolithic subsistence strategy and reservoir effect in 14C dating of artifacts at the pile-dwelling site Serteya II (NW Russia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Kulkova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreï Mazurkevich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ekaterina Dolbonuva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Drieu</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Mazuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 138, pp.54-60</w:t>
+              <w:t xml:space="preserve">Radiocarbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 75 (4), pp.01-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01783806v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01783807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les matières colorantes sur le site de plein air aurignacien de Régismont-le-Haut (Poilhes, Hérault). Acquisition, transformations et utilisations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Victor Pradeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5790,90 +5790,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du brai de bouleau sur les éléments de charnière gallo-romains à Fréjus (Var, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Mazuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rodet-Belarbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Rageot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Instrumentum : bulletin du groupe de travail européen sur l'artisanat et les productions manufacturées dans l'Antiquité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 40, pp.25-28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5892,494 +5892,494 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01783816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un champ de fouille dans un laboratoire… Initiation à la chimie du patrimoine</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Alteration of Asian lacquer: in-depth insight using a physico-chemical multiscale approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Solenn Le Hô</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Bataille</w:t>
+                <w:t xml:space="preserve">Chloé Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Bazot</w:t>
+                <w:t xml:space="preserve">Céline Daher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Galera</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ludovic Bellot-Gurlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Analyst</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 138, pp.5685 - 5685. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c3an00608e⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01783818v1</w:t>
+                <w:t xml:space="preserve">hal-01481496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alteration of Asian lacquer: in-depth insight using a physico-chemical multiscale approach</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dans les marmites néolithiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Fanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Rageot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Regert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analyst</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Textes et documents pour la classe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1058, pp.34-35</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01481496v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02194070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dans les marmites néolithiques</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Advanced discriminating criteria for natural organic substances of Cultural Heritage interest: Spectral decomposition and multivariate analyses of FT-Raman and FT-IR signatures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Daher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Bellot-Gurlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Solenn Le Hô</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Textes et documents pour la classe</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 115, pp.540 - 547. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2013.06.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02194070v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01455432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced discriminating criteria for natural organic substances of Cultural Heritage interest: Spectral decomposition and multivariate analyses of FT-Raman and FT-IR signatures</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Un champ de fouille dans un laboratoire… Initiation à la chimie du patrimoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bazot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Galera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 375-376, pp.98-103</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01455432v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01783818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Craft specialization and exchanges during the Southern Chassey Culture: an integrated archaeological and material sciences approach</w:t>
               </w:r>
@@ -6404,51 +6404,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josep Roqué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Torchy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Binder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sciau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6490,51 +6490,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analytical strategies for discriminating archaeological fatty substances from animal origin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mass Spectrometry Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 30 (2), pp.177-220</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6705,51 +6705,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du défi analytique aux interprétations archéologiques : caractérisation des substances organiques piégées dans les poteries préhistoriques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Actualité Chimique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 353-354, pp.119-126</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6800,51 +6800,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lattuati-Derieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Egasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yong-Jae Chung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6889,981 +6889,981 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00469902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Copal ou encens? Vers une meilleure compréhension des routes commerciales des résines au Yémen pendant la période médiévale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Mise en place de nouvelles stratégies analytiques pour la sauvegarde des informations chimiques conservées dans des céramiques archéologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anne-Solenn Le Hô</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sigrid Mirabaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axelle Rougeulle</w:t>
+                <w:t xml:space="preserve">Pierre Pétrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Pétrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Rolando</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Technè</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, pp.144--145</w:t>
+              <w:t xml:space="preserve">, 2008, Hors série, pp.24-35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03207948v1</w:t>
+                <w:t xml:space="preserve">halshs-00470098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les composés organiques volatils des biens culturels dans les musées, les archives et en contexte archéologique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Des chasseurs de miel néolithiques aux sculpteurs du 19ème siècle : une histoire des produits de la ruche et des cires revisitée par la chimie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Technè</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Hors série, pp.86-95</w:t>
+              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 318, pp.52-57</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00470099v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00469931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First results on headspace-solid phase microextraction-gas chromatography/mass spectrometry of volatile organic compounds emitted by wax objects in museums</w:t>
+                <w:t xml:space="preserve">Les composés organiques volatils émis par des matériaux du patrimoine culturel : nature, sources, nocivité et potentiel informatif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lattuati-Derieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 1187, pp.239-249</w:t>
+              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 318, pp.46-51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00469909v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00469932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des chasseurs de miel néolithiques aux sculpteurs du 19ème siècle : une histoire des produits de la ruche et des cires revisitée par la chimie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Funcions dels recipients en terra cuita en context d'hàbitat neolític : noves aproximacions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Vieugué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sigrid Mirabaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 318, pp.52-57</w:t>
+              <w:t xml:space="preserve">Cota Zero</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 23, pp.100-114</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00469931v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00469930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les composés organiques volatils émis par des matériaux du patrimoine culturel : nature, sources, nocivité et potentiel informatif</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Reconstructing ancient Yemeni commercial routes during the Middle-Ages using structural characterisation of terpenoid resins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Deviese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Solenn Le Hô</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Rougeulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Archaeometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 50, pp.668-695. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1475-4754.2007.00372.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00469932v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00469925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise en place de nouvelles stratégies analytiques pour la sauvegarde des informations chimiques conservées dans des céramiques archéologiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">First results on headspace-solid phase microextraction-gas chromatography/mass spectrometry of volatile organic compounds emitted by wax objects in museums</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lattuati-Derieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Thao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christian Rolando</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Technè</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Hors série, pp.24-35</w:t>
+              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 1187, pp.239-249</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00470098v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00469909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconstructing ancient Yemeni commercial routes during the Middle-Ages using structural characterisation of terpenoid resins</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Les composés organiques volatils des biens culturels dans les musées, les archives et en contexte archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lattuati-Derieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Axelle Rougeulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archaeometry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Technè</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Hors série, pp.86-95</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">halshs-00469925v1</w:t>
+                <w:t xml:space="preserve">halshs-00470099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Funcions dels recipients en terra cuita en context d'hàbitat neolític : noves aproximacions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Contribution méthodologique à l'analyse fonctionnelle des céramiques d'un habitat néolithique : l'exemple de Kovačevo (6200-5500 av. J.-C., Bulgarie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Vieugué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sigrid Mirabaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cota Zero</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 32, pp.99-113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/archeosciences.1010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00469930v1</w:t>
+                <w:t xml:space="preserve">halshs-00469927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution méthodologique à l'analyse fonctionnelle des céramiques d'un habitat néolithique : l'exemple de Kovačevo (6200-5500 av. J.-C., Bulgarie)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Copal ou encens? Vers une meilleure compréhension des routes commerciales des résines au Yémen pendant la période médiévale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Deviese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Solenn Le Hô</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Rougeulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Technè</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, pp.144--145</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/archeosciences.1010⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-00469927v1</w:t>
+                <w:t xml:space="preserve">hal-03207948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular criteria for discriminating adipose fat and milk from different species by nanoESI MS and MS/MS of their triacylglycerols: application to archaeological remains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sigrid Mirabaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Rolando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analytical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 79, pp.6182-6192</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7882,260 +7882,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00469934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physico-chimie des matériaux du patrimoine culturel – Partie 2</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Analyses physico-chimiques des matériaux du patrimoine culturel : Objectifs, principes, méthodes et exemples d’application partie 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Guerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maria-Filomena Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ina Reiche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Techniques de l'Ingénieur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, P3781, pp.1-11</w:t>
+              <w:t xml:space="preserve">Techniques de l’Ingénieur. Techniques d'Analyse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, P 3780</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00470093v1</w:t>
+                <w:t xml:space="preserve">hal-02927649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyses physico-chimiques des matériaux du patrimoine culturel : Objectifs, principes, méthodes et exemples d’application partie 1</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Physico-chimie des matériaux du patrimoine culturel – Partie 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Regert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Guerra</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Martine Regert</w:t>
+                <w:t xml:space="preserve">Maria-Filomena Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ina Reiche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Techniques de l’Ingénieur. Techniques d'Analyse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, P 3780</w:t>
+              <w:t xml:space="preserve">Techniques de l'Ingénieur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, P3781, pp.1-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02927649v1</w:t>
+                <w:t xml:space="preserve">halshs-00470093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physico-chimie des matériaux du patrimoine culturel – Partie 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria-Filomena Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ina Reiche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8167,299 +8167,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00470092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular characterisation of birch bark tar by headspace solid-phase microextraction gas chromatography - mass spectrometry : a new way for identifiying archaeological glue</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Analyses physico-chimiques des matériaux du patrimoine culturel : Objectifs, principes, méthodes et exemples d’application partie 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Guerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ina Reiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Agnès Lattuati-Derieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 1101, pp.245-253</w:t>
+              <w:t xml:space="preserve">Techniques de l’Ingénieur. Techniques d'Analyse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, P 3781</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00470064v1</w:t>
+                <w:t xml:space="preserve">hal-02927650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyses physico-chimiques des matériaux du patrimoine culturel : Objectifs, principes, méthodes et exemples d’application partie 2</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Molecular characterisation of birch bark tar by headspace solid-phase microextraction gas chromatography - mass spectrometry : a new way for identifiying archaeological glue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Alexandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lattuati-Derieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Techniques de l’Ingénieur. Techniques d'Analyse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, P 3781</w:t>
+              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 1101, pp.245-253</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02927650v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00470064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elucidation of the molecular and elementary composition of organic and inorganic substances involved in 19th century wax sculptures using an integrated analytical approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Laval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Solenn Le Hô</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Pagès-Camagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8491,269 +8491,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00469935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterisation of wax works of art by gas chromatographic procedures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Du bitume à la résine - à propos du remplissage d'une oreille de griffon de Delphes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Rolley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Balcar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Colinart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin de Correspondance Hellénique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 128-129 (1), pp.55-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/bch.2004.7350⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00470065v1</w:t>
+                <w:t xml:space="preserve">halshs-00470066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du bitume à la résine - à propos du remplissage d'une oreille de griffon de Delphes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId249" w:history="1">
+                <w:t xml:space="preserve">Characterisation of wax works of art by gas chromatographic procedures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Regert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Martine Regert</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Colinart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de Correspondance Hellénique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 1091, pp.124-136</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00470066v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00470065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the history of prehistoric glues through gas chromatography - mass spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Separation Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 27, pp.244-254</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8772,346 +8772,346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00470067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of thermally assisted hydrolysis and methylation products of polyphenols from modern and archaelogical vine derivatives using gas chromatography/mass spectrometry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structural characterization of lipid constituents from natural substances preserved in archaeological environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Regert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas B. Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Richardin</w:t>
+                <w:t xml:space="preserve">Oreste Decavallas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Cheynier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Martine Regert</w:t>
+                <w:t xml:space="preserve">Cécile Cren-Olivé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Rolando</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 14, pp.1620-1630</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00470068v1</w:t>
+                <w:t xml:space="preserve">halshs-00470069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural characterization of lipid constituents from natural substances preserved in archaeological environments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Characterization of thermally assisted hydrolysis and methylation products of polyphenols from modern and archaelogical vine derivatives using gas chromatography/mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas B. Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Richardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Cheynier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christian Rolando</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 493, pp.137-157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0003-2670(03)00869-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00470069v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00470068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of Adhesive Production and Pottery Function during Iron Age at the site of Grand Aunay (Sarthe, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Vacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Moulherat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oreste Decavallas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archaeometry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 45, pp.101-120</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9149,77 +9149,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of Archaeological Beeswax by Electron Ionization and Electrospray Ionization Mass Spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas B. Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Cren-Olivé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Rolando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analytical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 74, pp.4868-4877</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9244,64 +9244,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of Archaeological Adhesives Using Direct Inlet Electron Ionization Mass Spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Rolando</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analytical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 74, pp.965-975</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9320,299 +9320,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00470073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical Alteration and Use of Beeswax through Time: Accelerated Ageing Tests and Analysis of Archaeological Samples from Various Environmental Contexts</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Identification de brai de bouleau sur quatre vases du site rubané de Fexhe-le-Haut-Clocher &amp;quot;podrî l'Cortri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bosquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Jadin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Oreste Decavallas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archaeometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 43 (4), pp.549-569</w:t>
+              <w:t xml:space="preserve">Notae Praehistoricae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 21, pp.119-127</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00470074v1</w:t>
+                <w:t xml:space="preserve">halshs-00470075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification de brai de bouleau sur quatre vases du site rubané de Fexhe-le-Haut-Clocher &amp;quot;podrî l'Cortri</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Dubois</w:t>
+                <w:t xml:space="preserve">Chemical Alteration and Use of Beeswax through Time: Accelerated Ageing Tests and Analysis of Archaeological Samples from Various Environmental Contexts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Regert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Colinart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivan Jadin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Martine Regert</w:t>
+                <w:t xml:space="preserve">Laure Degrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oreste Decavallas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Notae Praehistoricae</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 21, pp.119-127</w:t>
+              <w:t xml:space="preserve">Archaeometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 43 (4), pp.549-569</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00470075v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00470074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fonction des céramiques et alimentation au Néolithique final sur les sites de Chalain : de nouvelles voies d'étude fondées sur l'analyse chimique des résidus organiques conservés dans les poteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Dudd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pétrequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard P. Evershed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9653,394 +9653,394 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00470076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing Microbial Contributions to Absorbed Acyl Lipids During Laboratory Degradations of Fats and Oils and Pure Triacylglycerols Absorbed in Ceramic Potsherds</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Free and bound fatty acid oxidation products in archaeological ceramic vessels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Regert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephanie Dudd</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Martine Regert</w:t>
+                <w:t xml:space="preserve">Helen A. Bland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. van Bergen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard P. Evershed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Geochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 29, pp.1345-1354</w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society of London</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 265, pp.2027-2032</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00470080v1</w:t>
+                <w:t xml:space="preserve">halshs-00470078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Free and bound fatty acid oxidation products in archaeological ceramic vessels</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Identification of neolithic hafting adhesives from two lake dwellings at Chalain (Jura, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. van Bergen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Richard P. Evershed</w:t>
+                <w:t xml:space="preserve">Jean-Michel Delacotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Menu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pétrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Rolando</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society of London</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 265, pp.2027-2032</w:t>
+              <w:t xml:space="preserve">Ancient biomolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 2, pp.81-96</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00470078v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00470079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of neolithic hafting adhesives from two lake dwellings at Chalain (Jura, France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Assessing Microbial Contributions to Absorbed Acyl Lipids During Laboratory Degradations of Fats and Oils and Pure Triacylglycerols Absorbed in Ceramic Potsherds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Dudd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Christian Rolando</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard P. Evershed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ancient biomolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 2, pp.81-96</w:t>
+              <w:t xml:space="preserve">Organic Geochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 29, pp.1345-1354</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00470079v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00470080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archéologie des résidus organiques : de la chimie analytique à l'archéologie, un état de la question</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Rolando</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Technè</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996, 3, pp.118-128</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10097,90 +10097,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Notre-Dame de Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Liévaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Magnien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS; Ministère de la Culture. Le Cherche Midi, 2022, 978-2-7491-7431-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10198,51 +10198,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ABEILLES - Une histoire intime avec l'humanité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10260,77 +10260,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abeilles : une histoire intime avec l'humanité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Biron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Bonmatin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée Dussy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10522,64 +10522,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physico-chimie des matériaux archéologiques et culturels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Guerra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016, 9782813001924</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10597,51 +10597,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chimie des matériaux culturels et archéologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filomena Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10730,90 +10730,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sottu a leccia, u paisanu. Productions agricoles, cueillette et exploitation de la forêt en Corse de l'âge du Bronze à l'âge du Fer (2000-200 AEC)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Camagny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïlys Turini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delhon Claire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Drieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVe Rencontres d'Archéobotanique de Langue Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sammy Ben Makhad; Priscille Dhesse; Morgane Sabatié; Magali Toriti, Nov 2025, Paimpont, France</w:t>
@@ -10842,103 +10842,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’étude scientifique à la restauration : les dimensions d’un chantier unique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Liévaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Magnien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Prunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Notre-Dame de Paris, la cathédrale des savoirs. Entre matérialité et interdisciplinarité. Séminaire au Collège de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Patrick Boucheron, Oct 2024, Paris, France</w:t>
@@ -10961,273 +10961,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04752319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interdisciplinary approach to past and present foodways in south Casamance (Senegal). A use-wear study on ceramic pots</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Vieugué</w:t>
+                <w:t xml:space="preserve">« […] Comme le sel gâte le miel » ? Aborder l’estran actuel et la fonction d’un vase néolithique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camielsa Prévost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis Champion</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ludovic Soler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Charlotte Philippe-Lelong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Ard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tracing Social Dynamics, Conference AWRANA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Barcelona, Spain</w:t>
+              <w:t xml:space="preserve">XXIIIe colloque du GMPCA : Archéométrie 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03888492v1</w:t>
+                <w:t xml:space="preserve">hal-03586195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« […] Comme le sel gâte le miel » ? Aborder l’estran actuel et la fonction d’un vase néolithique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Interdisciplinary approach to past and present foodways in south Casamance (Senegal). A use-wear study on ceramic pots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Debels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Vieugué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Champion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Mazuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIIe colloque du GMPCA : Archéométrie 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Chambéry, France</w:t>
+              <w:t xml:space="preserve">Tracing Social Dynamics, Conference AWRANA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03586195v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03888492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du résidu à l’usage : retour sur les projets interdisciplinaires ONGUENT ET SOINPYR (2016-2022)</w:t>
               </w:r>
@@ -11252,51 +11252,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Hoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenza Bourrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11338,103 +11338,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation and degradation processes of pottery use-wear residues : an insight from ethnography and experimentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Vieugué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Debels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mayor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drieu Léa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Mazuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tracing Social Dynamics, Conference AWRANA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Barcelona, Spain</w:t>
@@ -11457,652 +11457,622 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03888530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approches lipidiques du contenu des céramiques pour l’appréhension des ressources naturelles utilisées sur la côte atlantique de la France à la fin du Néolithique et au début de l’âge du Bronze</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The use of phytoliths analysis for the interpretation of the content of pottery : an exploratory study of african ethnographic samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Forré</w:t>
+                <w:t xml:space="preserve">Garnier Aline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mayor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Vieugué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Fromont</w:t>
+                <w:t xml:space="preserve">Valentine Fichet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile de Milleville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HOMER 2021 : Archéologie des peuplements littoraux et des interactions Homme/Milieu en Atlantique nord équateur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Château d'Oléron, France</w:t>
+              <w:t xml:space="preserve">EAA - IMPR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Kiel, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03586048v1</w:t>
+                <w:t xml:space="preserve">hal-03888561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of phytoliths analysis for the interpretation of the content of pottery : an exploratory study of african ethnographic samples</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Julien Vieugué</w:t>
+                <w:t xml:space="preserve">Approches lipidiques du contenu des céramiques pour l’appréhension des ressources naturelles utilisées sur la côte atlantique de la France à la fin du Néolithique et au début de l’âge du Bronze</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camielsa Prévost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Ard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Blasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentine Fichet</w:t>
+                <w:t xml:space="preserve">Philippe Forré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile de Milleville</w:t>
+                <w:t xml:space="preserve">Nicolas Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAA - IMPR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Kiel, Germany</w:t>
+              <w:t xml:space="preserve">HOMER 2021 : Archéologie des peuplements littoraux et des interactions Homme/Milieu en Atlantique nord équateur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Château d'Oléron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03888561v1</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03586048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Usages de la poterie dans l’Impresso-cardial liguro-provençal : développements méthodologiques et premières interprétations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Céramiques imprimées de Méditerranée occidentale. Recherche interdisciplinaire sur la poterie du Néolithique ancien. Matières premières, productions, usages et transferts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Binder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Azoulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Burr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Manen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Drieu</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Lucquin</w:t>
+                <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Céramiques imprimées de Méditerranée occidentale. Matières premières, productions, usages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Didier Binder; Stéphane Azoulay; Alain Burr; Claire Manen; Martine Regert; Chrystèle Vérati, Mar 2019, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02398838v1</w:t>
+                <w:t xml:space="preserve">hal-02397910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céramiques imprimées de Méditerranée occidentale. Recherche interdisciplinaire sur la poterie du Néolithique ancien. Matières premières, productions, usages et transferts</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alain Burr</w:t>
+                <w:t xml:space="preserve">Beg ar Loued, Molène Island, Finistère (France), an Early Bronze Age insular settlement. Between autarchy and openness to the outside world.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Manen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Martine Regert</w:t>
+                <w:t xml:space="preserve">Loréna Audouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Convertini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Céramiques imprimées de Méditerranée occidentale. Matières premières, productions, usages</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Didier Binder; Stéphane Azoulay; Alain Burr; Claire Manen; Martine Regert; Chrystèle Vérati, Mar 2019, Nice, France</w:t>
+              <w:t xml:space="preserve">Siedlungsarchäologie des Endneolithikums und der frühen Bronzezeit / Late Neolithic and Early Bronze Age Settlement Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Halle, Germany. pp.948-985</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02397910v1</w:t>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02371588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beg ar Loued, Molène Island, Finistère (France), an Early Bronze Age insular settlement. Between autarchy and openness to the outside world.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Clement Nicolas</w:t>
+                <w:t xml:space="preserve">Les produits de la ruche de la Préhistoire au Moyen Âge en Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Regert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Burri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loréna Audouard</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vincent Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Siedlungsarchäologie des Endneolithikums und der frühen Bronzezeit / Late Neolithic and Early Bronze Age Settlement Archaeology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Halle, Germany. pp.948-985</w:t>
+              <w:t xml:space="preserve">Sociétés d’abeilles – Sociétés humaines : une interdépendance de la préhistoire au futur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02371588v1</w:t>
+                <w:t xml:space="preserve">hal-02066166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autour de Pendimoun : une approche systémique de la production céramique</w:t>
               </w:r>
@@ -12114,64 +12084,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Gomart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samsara. Aïssaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Binder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Burr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Cassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12207,247 +12177,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02398850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les produits de la ruche de la Préhistoire au Moyen Âge en Europe</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Burri</w:t>
+                <w:t xml:space="preserve">Beg ar Loued, île Molène (Finistère, France), un habitat insulaire de l’âge du Bronze ancien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Jolivet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Clément Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorena Audouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Convertini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociétés d’abeilles – Sociétés humaines : une interdépendance de la préhistoire au futur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Entre terres et eaux. Les sites littoraux de l’âge du Bronze : spécificités et relations avec l’arrière-pays. Séance de la Société préhistorique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Yves Billaud; Thibault Lachenal, Oct 2017, Agde, France. pp.331-353</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02066166v1</w:t>
+                <w:t xml:space="preserve">hal-03222785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beg ar Loued, île Molène (Finistère, France), un habitat insulaire de l’âge du Bronze ancien</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yvan Pailler</w:t>
+                <w:t xml:space="preserve">Usages de la poterie dans l’Impresso-cardial liguro-provençal : développements méthodologiques et premières interprétations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Drieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Binder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Nicolas</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Klet Donnart</w:t>
+                <w:t xml:space="preserve">Oliver E. Craig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Horgnies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lucquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entre terres et eaux. Les sites littoraux de l’âge du Bronze : spécificités et relations avec l’arrière-pays. Séance de la Société préhistorique française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Yves Billaud; Thibault Lachenal, Oct 2017, Agde, France. pp.331-353</w:t>
+              <w:t xml:space="preserve">Céramiques imprimées de Méditerranée occidentale. Matières premières, productions, usages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Didier Binder; Stéphane Azoulay; Alain Burr; Claire Manen; Martine Regert; Chrystèle Vérati, Mar 2019, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03222785v1</w:t>
+                <w:t xml:space="preserve">hal-02398838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional study of organic residues related to pottery vessels to explore exploitation of natural products during the Early Iron Age in Corsica</w:t>
               </w:r>
@@ -12459,77 +12459,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drieu Léa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Rageot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kewin Peche-Quilichini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Lachenal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Conference of the Association of Archaeological Wear and Residue Analysts</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12554,90 +12554,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linking all the traces to understand use-behaviours. A multidisciplinary functional analysis of Neolithic pottery from Sardinia (Italy)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Fanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Drieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Lugliè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Conference of the Association of Archaeological Wear and Residue Analysts</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12662,77 +12662,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">la bioraffinerie dans le passé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Rageot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auréade Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Théry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12889,652 +12889,652 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02066145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploitation des exsudats et goudrons de conifères pendant l'Antiquité et le Moyen Age : référentiel et premiers résultats archéologiques</w:t>
+                <w:t xml:space="preserve">ANR Exsudarch : Exsudats et goudrons végétaux en archéologie : chimie, fabrication et utilisations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Drieu</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Martine Regert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaires d'histoire de l'art et archéologie médiévale « Chimie appliquée à l'archéologie »,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Aix-Marseille Université, UMR LA3M, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">Séminaire. Réunion de suivi du programme SHS 3 "Cultures, arts, civilisations"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02194069v1</w:t>
+                <w:t xml:space="preserve">hal-02194067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ANR Exsudarch : Exsudats et goudrons végétaux en archéologie : chimie, fabrication et utilisations</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Exploitation des exsudats et goudrons de conifères pendant l'Antiquité et le Moyen Age : référentiel et premiers résultats archéologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Drieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Sacchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Burri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Rageot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Mazuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire. Réunion de suivi du programme SHS 3 "Cultures, arts, civilisations"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaires d'histoire de l'art et archéologie médiévale « Chimie appliquée à l'archéologie »,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Aix-Marseille Université, UMR LA3M, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02194067v1</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02194069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La fabrication du brai de bouleau: étude expérimantale et caractérisation chimique.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La microscopie électronique pour remonter le temps - Exemples d’intégration du MEB et du MEB-EDS à la panoplie analytique de l’archéologue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Victor Pradeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Rageot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Théry-Parisot</w:t>
+                <w:t xml:space="preserve">Suzanne Jacomet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Beyries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Binder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Carré</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C Lepere</w:t>
+                <w:t xml:space="preserve">Eugénie Gauvrit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ANR exsudarch: chimie/expérimentation CEPAM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Nice, France</w:t>
+              <w:t xml:space="preserve">Colloque national. Journées thématiques du GN-MEBA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02616328v1</w:t>
+                <w:t xml:space="preserve">hal-02046363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploitation des exsudats et goudrons de conifères pendant l'Antiquité et le Moyen Âge : référentiel et premiers résultats archéologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Drieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Sacchetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Burri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Rageot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Mazuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque national. 2e Réunion des chercheurs francophones en géochimie organique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Le Bourget du Lac, France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02194056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La microscopie électronique pour remonter le temps - Exemples d’intégration du MEB et du MEB-EDS à la panoplie analytique de l’archéologue</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Victor Pradeau</w:t>
+                <w:t xml:space="preserve">La fabrication du brai de bouleau: étude expérimantale et caractérisation chimique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Rageot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Théry-Parisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Beyries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suzanne Jacomet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Didier Binder</w:t>
+                <w:t xml:space="preserve">A. Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eugénie Gauvrit</w:t>
+                <w:t xml:space="preserve">C Lepere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque national. Journées thématiques du GN-MEBA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Nice, France</w:t>
+              <w:t xml:space="preserve">ANR exsudarch: chimie/expérimentation CEPAM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02046363v1</w:t>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02616328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pottery function in middle Neolithic central-western Mediterranean area: an integrated use-wear and biomolecular approach to the study of vessels from the Bau Angius site (Sardinia, Italia)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Fanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Luglié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international. 40th International Symposium on Archaeometry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Los Angeles, USA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13553,484 +13553,484 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02194049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parfums retrouvés : à la recherche des substances naturelles archéologiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">First results on the organic content of ceramic vessels from Neolithic sites of North-Western Russia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Dolbunova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Mazuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence de la Fête de la Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Grasse, France</w:t>
+              <w:t xml:space="preserve">Colloque international. 19th EAA (European Association of Archaeologists), 4-8 september 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Pilsen (Tchéquie), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02194060v1</w:t>
+                <w:t xml:space="preserve">hal-02194052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les substances naturelles organiques : Chimie et Archéologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecole thématique CNRS Archéobios, octobre 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Université de Nice, MSHS-Sud Est, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02194063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First results on the organic content of ceramic vessels from Neolithic sites of North-Western Russia</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Résines et goudrons végétaux à l'Âge du Fer en Méditerranée nord-occidentale : entre anciennes traditions et innovations ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Rageot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kewin Pêche-Quilichini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Sacchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Filippi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Solenn Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international. 19th EAA (European Association of Archaeologists), 4-8 september 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Pilsen (Tchéquie), Czech Republic</w:t>
+              <w:t xml:space="preserve">Colloque international. 19ème colloque du GMPCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02194052v1</w:t>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02046344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résines et goudrons végétaux à l'Âge du Fer en Méditerranée nord-occidentale : entre anciennes traditions et innovations ?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Parfums retrouvés : à la recherche des substances naturelles archéologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Regert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international. 19ème colloque du GMPCA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Caen, France</w:t>
+              <w:t xml:space="preserve">Conférence de la Fête de la Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Grasse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02046344v1</w:t>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02194060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les matières colorantes : enjeux archéologiques et archéométriques pour les périodes préhistoriques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Les substances naturelles organiques : Chimie et Archéologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole thématique interdisciplinaire ARFEMA (Archéométrie des composés du Fer et du Manganèse), 10-14 juin 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Île d’Oléron, France</w:t>
+              <w:t xml:space="preserve">Ecole thématique CNRS Archéobios, juin 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Université de Nice, MSHS-Sud Est, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02194066v1</w:t>
+                <w:t xml:space="preserve">hal-02194062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les modes de vie des populations préhistoriques à travers l'archéologie biomoléculaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence. Les grandes conférences d'Antibes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Antibes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14049,139 +14049,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02194059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les substances naturelles organiques : Chimie et Archéologie</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Géochimie et Archéologie des résines et des goudrons végétaux : nouveaux résultats pour les périodes néolithique et protohistorique dans le nord-ouest méditerranéen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Rageot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Filippi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kewin Pêche-Quilichini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Delhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole thématique CNRS Archéobios, juin 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Université de Nice, MSHS-Sud Est, France</w:t>
+              <w:t xml:space="preserve">Colloque national. Table ronde "jeunes chercheurs géochimie". 1ère Réunion Annuelle des Géochimistes Organiciens français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02194062v1</w:t>
+                <w:t xml:space="preserve">hal-02046364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Birch bark tar, pine tar and resin during Iron Age in the North-Western Mediterranean area: between ancestral traditions and innovations?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Rageot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kewin Pêche-Quilichini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Filippi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14213,1153 +14269,1097 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international. 2nd International Symposium on Wood Tar and Pitch, 11-12 octobre 2012.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Biskupin, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02046360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géochimie et Archéologie des résines et des goudrons végétaux : nouveaux résultats pour les périodes néolithique et protohistorique dans le nord-ouest méditerranéen</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chemistry, manufacture and uses of plant exudates and tars over time in Western Europe and Mediterranean area: new trends and results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Regert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Rageot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Claire Delhon</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Beyries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Binder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Delhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque national. Table ronde "jeunes chercheurs géochimie". 1ère Réunion Annuelle des Géochimistes Organiciens français</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Orléans, France</w:t>
+              <w:t xml:space="preserve">Colloque international. 2nd International Symposium on Wood Tar and Pitch, 11-12 octobre 2012.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Biskupin, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02046364v1</w:t>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02046362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemistry, manufacture and uses of plant exudates and tars over time in Western Europe and Mediterranean area: new trends and results</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Les matières colorantes : enjeux archéologiques et archéométriques pour les périodes préhistoriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international. 2nd International Symposium on Wood Tar and Pitch, 11-12 octobre 2012.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Biskupin, Poland</w:t>
+              <w:t xml:space="preserve">Ecole thématique interdisciplinaire ARFEMA (Archéométrie des composés du Fer et du Manganèse), 10-14 juin 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Île d’Oléron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02046362v1</w:t>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02194066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’exploitation des matériaux colorants au Paléolithique supérieur. Quelles stratégies d’approvisionnement, quelles transformations, pour quelles utilisations ?</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Résines et goudrons végétaux à l’Âge du Fer en Méditerranée nord-occidentale : entre anciennes traditions et innovations ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Rageot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kewin Pêche-Quilichini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Sacchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Filippi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Solenn Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international. 20e Colloque du GMPCA. Archéométrie 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Liège, Belgique, Belgique</w:t>
+              <w:t xml:space="preserve">Colloque international. 18e Colloque du GMPCA, 11 – 15 avril 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Liège, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02194050v1</w:t>
+                <w:t xml:space="preserve">hal-02046361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La chimie en archéologie et au musée</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Micro- (et macro-) résidus sur les outils lithiques : présentation, méthodes d’étude et potentiel informatif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence grand public dans le cadre de la Fête de la Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Musée d'art et d'histoire de Provence. Grasse, France</w:t>
+              <w:t xml:space="preserve">Ecole thématique (ANGD) du CNRS, Initiation à la tracéologie des outils de pierre taillée pré- et protohistoriques, octobre 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Nice, MSHS Sud-Est, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02194058v1</w:t>
+                <w:t xml:space="preserve">hal-02194061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géosciences et témoins culturels des activités humaines : marqueurs organiques (nature, identification et altération)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">La chimie en archéologie et au musée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque national. GéoReg, session spéciale « Géosciences et défis de l’archéologie », 25 octobre 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Lille, France</w:t>
+              <w:t xml:space="preserve">Conférence grand public dans le cadre de la Fête de la Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Musée d'art et d'histoire de Provence. Grasse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02194055v1</w:t>
+                <w:t xml:space="preserve">hal-02194058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment la chimie fait-elle parler les objets anciens ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Chemical characterisation and anthropological significance of organic residues preserved in ceramic vessels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sigrid Mirabaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence interactive dans le cadre de la Fête de la Science devant une classe de 1ère S du lycée Amiral de Grasse.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Musée d'art et d'histoire de Provence, Grasse, France</w:t>
+              <w:t xml:space="preserve">Colloque international. 17th Annual Conference of the European Association of Archaeologists (EAA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Oslo, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02194057v1</w:t>
+                <w:t xml:space="preserve">hal-02194054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical characterisation and anthropological significance of organic residues preserved in ceramic vessels</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Comment la chimie fait-elle parler les objets anciens ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international. 17th Annual Conference of the European Association of Archaeologists (EAA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Oslo, Norway</w:t>
+              <w:t xml:space="preserve">Conférence interactive dans le cadre de la Fête de la Science devant une classe de 1ère S du lycée Amiral de Grasse.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Musée d'art et d'histoire de Provence, Grasse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02194054v1</w:t>
+                <w:t xml:space="preserve">hal-02194057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of natural resins by vibrational spectroscopies: impact of their ageing</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Géosciences et témoins culturels des activités humaines : marqueurs organiques (nature, identification et altération)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Congress on the Application of Raman Spectroscopy in Art and Archaeology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Parma, Italy</w:t>
+              <w:t xml:space="preserve">Colloque national. GéoReg, session spéciale « Géosciences et défis de l’archéologie », 25 octobre 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02194051v1</w:t>
+                <w:t xml:space="preserve">hal-02194055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact du vieillissement des résines naturelles sur leur identification par spectroscopie vibrationnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Daher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Bellot-Gurlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Solenn Le Hô</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéométrie 2011 - 18e Colloque du GMPCA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2011, Liège, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02194048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micro- (et macro-) résidus sur les outils lithiques : présentation, méthodes d’étude et potentiel informatif</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Identification of natural resins by vibrational spectroscopies: impact of their ageing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Daher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Bellot-Gurlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Solenn Le Hô</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole thématique (ANGD) du CNRS, Initiation à la tracéologie des outils de pierre taillée pré- et protohistoriques, octobre 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Nice, MSHS Sud-Est, France</w:t>
+              <w:t xml:space="preserve">6th International Congress on the Application of Raman Spectroscopy in Art and Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Parma, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02194061v1</w:t>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02194051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résines et goudrons végétaux à l’Âge du Fer en Méditerranée nord-occidentale : entre anciennes traditions et innovations ?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’exploitation des matériaux colorants au Paléolithique supérieur. Quelles stratégies d’approvisionnement, quelles transformations, pour quelles utilisations ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Victor Pradeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Mensan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Regert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international. 18e Colloque du GMPCA, 11 – 15 avril 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Liège, Belgique</w:t>
+              <w:t xml:space="preserve">Colloque international. 20e Colloque du GMPCA. Archéométrie 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Liège, Belgique, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02046361v1</w:t>
+                <w:t xml:space="preserve">hal-02194050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du brai de bouleau en Corse à l’Âge du Fer : nouvelles données chimiques, environnementales et archéologiques</w:t>
               </w:r>
@@ -15384,51 +15384,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Filippi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kewin Pêche-Quilichini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Py</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -15470,64 +15470,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formes et fonctions de la poterie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Vieugué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecole thématique du CNRS, Technologie céramique : une approche anthropologique des assemblages archéologiques, septembre 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Biarritz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15552,51 +15552,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploitation des produits de la ruche depuis la Préhistoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de recherche, UMR GEODE : Abeilles et Paysages, 11 octobre 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15621,51 +15621,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résines et goudrons végétaux du Néolithique à l’Antiquité : des matériaux aux systèmes d’acquisition et de production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de recherche, Université de Rennes, Archéologie de l'Ouest, 18 février 2011.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15690,77 +15690,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploitation des matières premières végétales en contexte insulaire montagnard : l'exemple de l'habitat du premier âge du Fer de Cuciurpula (Serra-di-Scopamène et Sorbollano, Corse-du-Sud)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kewin Pêche-Quilichini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Py</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXe rencontres internationales d’archéologie et d’histoire d’Antibes. Des hommes et des plantes : exploitation du milieu et des ressources végétales de la préhistoire à nos jours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, Antibes, France. pp.3-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15785,103 +15785,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bone powder and animal fats contained in the ceramic vessels from the earliest Neolithic site of Bulgaria, Kovačevo (6200-5500 av. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Vieugué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sigrid Mirabaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Wright</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadefaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Méthodes d'approche des premières productions céramiques: étude de cas dans les Balkans et au Levant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, France. pp.29-38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15906,90 +15906,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les adhésifs néolithiques : quels matériaux utilisés, quelles techniques de production dans quel contexte social ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas B. Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Binder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pétrequin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXèmes Rencontres Internationales d'Archéologie et d'Histoire d'Antibes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, Antibes, France. pp.586-604</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16046,77 +16046,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of plant substances in the ancient diet of Corsica during Protohistory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïlys Turini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Drieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Malergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oksana Buvry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16184,77 +16184,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Working with AROLD. What is the ARchaeological Organic residues Literature Database ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camielsa Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Drieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pasqualini Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Becher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16286,286 +16286,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04196555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un outil de synthèse bibliographique et collaboratif : ARchaeological Organic residues Literature Database</w:t>
+                <w:t xml:space="preserve">Un dernier repas avant le départ ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camielsa Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gouézin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Ard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ème Congrès des chercheurs francophones de geochimie organique (FROG V)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Rennes, France</w:t>
+              <w:t xml:space="preserve">4e Rencontres Nord/Sud de Préhistoire récente</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03822244v1</w:t>
+                <w:t xml:space="preserve">hal-03822299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un dernier repas avant le départ ?</w:t>
+                <w:t xml:space="preserve">Un outil de synthèse bibliographique et collaboratif : ARchaeological Organic residues Literature Database</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camielsa Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId434" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Drieu Léa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pasqualini Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4e Rencontres Nord/Sud de Préhistoire récente</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">5ème Congrès des chercheurs francophones de geochimie organique (FROG V)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId433" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03822299v1</w:t>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03822244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of the first ceramics at Pendimoun rock-shelter: a direct reflection of the subsistence activities?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Drieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lucquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16672,51 +16672,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Burri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma angelina Delgado Robles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Fernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16793,64 +16793,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Filippi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Bellot-Gurlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Solenn Le Hô</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international. 40th International Symposium on Archaeometry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Los Angeles, United States. 2014</w:t>
@@ -16892,64 +16892,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From material to symbolic functions : pigments and glue residues in Neolithic funerary context</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Manolakakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Bellot-Gurlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">78th Annual Meeting Society of American Archaeology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2013, Honolulu, United States. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16987,77 +16987,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des pigments et des résidus de colle en contexte funéraire au Néolithique moyen II : des matériaux à leur fonction symbolique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Manolakakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Bellot-Gurlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéométrie 2011 - 18e colloque du GMPCA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2011, Liège, Belgique. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17127,51 +17127,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les pratiques alimentaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camielsa Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Clément Nicolas; Quentin Favrel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Peuple de la mer ? Le Campaniforme en Bretagne et au-delà</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société polymathique du Morbihan, pp.48-49, 2025, 978-2-9593594-3-9</w:t>
@@ -17213,90 +17213,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation chimique et fonctionnelle des matériaux adhésifs et hydrophobes en Corse aux 2&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt;/1&amp;lt;sup&amp;gt;er&amp;lt;/sup&amp;gt; Millénaires av. n. è.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Rageot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kewin Peche-Quilichini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Mazuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Luis Valdés; Veronica Cicolani; Eneko Hiriart. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matières premières en Europe au 1</w:t>
@@ -17495,298 +17495,298 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04562604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studying the use of the pots from the Pendimoun rock shelter: considerations about organic residue analysis of Mediterranean Neolithic pottery</w:t>
-[...45 lines deleted...]
-              <w:t xml:space="preserve">Didier Binder; Claire Manen. </w:t>
+                <w:t xml:space="preserve">Repairing the broken pots of the Late Neolithic in the South of France (3500-2300 BC). New data at the cross of functional and analytical approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Debels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Perthuison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Schaeffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kewin Peche-Quilichini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Raveux O.; Hilaire-Pérez L.; Carnino G.; Bernasconi G. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Céramiques imprimées de Méditerranée occidentale (VIe millénaire AEC) : données, approches et enjeux nouveaux / Western Mediterranean Impressed Wares (6th millennium BCE): New data, approaches and challenges Actes de la séance de la Société préhistorique française de Nice (mars 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Séances de la Société préhistorique française (18), Société préhistorique française, pp.379-391, 2022, 2-913745-89-X</w:t>
+              <w:t xml:space="preserve">Les réparations dans l'Histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses des Mines, pp.544, 2022, 9782356716446</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05090888v1</w:t>
+                <w:t xml:space="preserve">halshs-03951804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repairing the broken pots of the Late Neolithic in the South of France (3500-2300 BC). New data at the cross of functional and analytical approaches</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Studying the use of the pots from the Pendimoun rock shelter: considerations about organic residue analysis of Mediterranean Neolithic pottery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kewin Peche-Quilichini</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Raveux O.; Hilaire-Pérez L.; Carnino G.; Bernasconi G. </w:t>
+                <w:t xml:space="preserve">Léa Drieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Regert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Binder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Didier Binder; Claire Manen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les réparations dans l'Histoire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses des Mines, pp.544, 2022, 9782356716446</w:t>
+              <w:t xml:space="preserve">Céramiques imprimées de Méditerranée occidentale (VIe millénaire AEC) : données, approches et enjeux nouveaux / Western Mediterranean Impressed Wares (6th millennium BCE): New data, approaches and challenges Actes de la séance de la Société préhistorique française de Nice (mars 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Séances de la Société préhistorique française (18), Société préhistorique française, pp.379-391, 2022, 2-913745-89-X</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId453" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03951804v1</w:t>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05090888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Defining pottery use and exploitation of natural products at Clairvaux XIV during the Middle Neolithic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drieu Léa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sigrid Mirabaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roffet-Salque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17874,518 +17874,518 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03134306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insularité et singularité. Bilan et éléments de synthèse</w:t>
-[...76 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les abeilles de l'imaginaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Zucker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Regert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Une maison sous les dunes : Beg Ar Loued, île Molène, Finistère. Identité et adaptation des groupes humains en mer d’Iroise entre les IIIe et IIe millénaires avant notre ère</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.715-729, 2019, 978-9-088-90380-9</w:t>
+              <w:t xml:space="preserve">ABEILLES - Une histoire intime avec l'humanité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02155247v1</w:t>
+                <w:t xml:space="preserve">hal-02371013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beg ar Loued, île Molène (Finistère, France), un habitat insulaire de l’âge du Bronze ancien. Entre autarcie et ouverture sur le monde</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Clement Nicolas</w:t>
+                <w:t xml:space="preserve">Des premiers chasseurs de miel aux apiculteurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Regert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Burri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loréna Audouard</w:t>
-[...34 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vincent Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Martine Regert. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entre terres et eaux. Les sites littoraux de l’âge du Bronze : spécificités et relations avec l’arrière-pays. Actes de la séance de la Société préhistorique française d’Agde (20-21 octobre 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société préhistorique française, pp.331-353, 2019, 2-913745-76-8</w:t>
+              <w:t xml:space="preserve">Abeilles - Une histoire intime avec l'humanité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cherche midi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2749162246</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03965971v1</w:t>
+                <w:t xml:space="preserve">hal-02370999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des premiers chasseurs de miel aux apiculteurs</w:t>
-[...46 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Beg ar Loued, île Molène (Finistère, France), un habitat insulaire de l’âge du Bronze ancien. Entre autarcie et ouverture sur le monde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loréna Audouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Convertini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Abeilles - Une histoire intime avec l'humanité</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Entre terres et eaux. Les sites littoraux de l’âge du Bronze : spécificités et relations avec l’arrière-pays. Actes de la séance de la Société préhistorique française d’Agde (20-21 octobre 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société préhistorique française, pp.331-353, 2019, 2-913745-76-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le cherche midi</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-02370999v1</w:t>
+                <w:t xml:space="preserve">hal-03965971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les abeilles de l'imaginaire</w:t>
-[...29 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Insularité et singularité. Bilan et éléments de synthèse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loréna Audouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Convertini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yvan Pailler; Clément Nicolas. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ABEILLES - Une histoire intime avec l'humanité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019</w:t>
+              <w:t xml:space="preserve">Une maison sous les dunes : Beg Ar Loued, île Molène, Finistère. Identité et adaptation des groupes humains en mer d’Iroise entre les IIIe et IIe millénaires avant notre ère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidestone Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.715-729, 2019, 978-9-088-90380-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02371013v1</w:t>
+                <w:t xml:space="preserve">hal-02155247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioarchéologie des substances naturelles dans les céramique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Demoule, Jean-Paul and Garcia, Dominique and Schnapp, Alain. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Une histoire des civilisations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.554-558, 2018</w:t>
@@ -18539,64 +18539,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification des matières grasses animales dans des récipients en pierre ollair</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Billoin, David. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'établissement de Pratz le Curtillet. Un domaine mérovingien dans les hautes terres jurassiennes (fin VIe-VIIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.139-144, 2016</w:t>
@@ -18619,509 +18619,509 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01783802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les résines végétales de type copal et encens : caractérisation, exploitation et circuits commerciaux</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Système de production des adhésifs exploités à Clairvaux VII et Clairvaux XIV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sigrid Mirabaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-M. Pétrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pétrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">Rougeulle, A. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pétrequin, Pierre and Pétrequin, A.-M. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sharma. Un entrepôt de commerce médiéval sur la côte du Hadramawt (Yémen, c. 980-1180)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 17, pp.395-416, 2015</w:t>
+              <w:t xml:space="preserve">Clairvaux et le “Néolithique Moyen Bourguignon"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Tome 2, pp.1001-1021, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01783812v1</w:t>
+                <w:t xml:space="preserve">hal-01783810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploitation des produits de la ruche pendant la Préhistoire en Europe et dans le monde méditerranéen</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Les lipides de l'os : un nouveau proxy des régimes alimentaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Balasse, M. and Brugal, J.-Ph. and Dauphin, Y. and Geigl, E. and M. and Oberlin, C. and Reiche, I. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du colloque "Abeilles et paysages. Enjeux apicoles et agricoles" sous la direction de E. Maire et D. Laffly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.33-43, 2015</w:t>
+              <w:t xml:space="preserve">Message d'os. Archéométrie du squelette humain et animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.405-411, 2015, Archives contemporaines, Sciences archéologiques</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId479" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01783808v1</w:t>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01783811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Système de production des adhésifs exploités à Clairvaux VII et Clairvaux XIV</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId202" w:history="1">
+                <w:t xml:space="preserve">Le contenu des céramiques du site néolithique de Clairvaux XIV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sigrid Mirabaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId481" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pétrequin, Pierre and Pétrequin, A.-M. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clairvaux et le “Néolithique Moyen Bourguignon"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Tome 2, pp.1001-1021, 2015</w:t>
+              <w:t xml:space="preserve">, Tome 1, pp.459-499, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId480" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01783810v1</w:t>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01783809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les lipides de l'os : un nouveau proxy des régimes alimentaires</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Les résines végétales de type copal et encens : caractérisation, exploitation et circuits commerciaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Balasse, M. and Brugal, J.-Ph. and Dauphin, Y. and Geigl, E. and M. and Oberlin, C. and Reiche, I. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Salque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Deviese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Le</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rougeulle, A. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Message d'os. Archéométrie du squelette humain et animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.405-411, 2015, Archives contemporaines, Sciences archéologiques</w:t>
+              <w:t xml:space="preserve">Sharma. Un entrepôt de commerce médiéval sur la côte du Hadramawt (Yémen, c. 980-1180)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 17, pp.395-416, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId482" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01783811v1</w:t>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01783812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le contenu des céramiques du site néolithique de Clairvaux XIV</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Exploitation des produits de la ruche pendant la Préhistoire en Europe et dans le monde méditerranéen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clairvaux et le “Néolithique Moyen Bourguignon"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Tome 1, pp.459-499, 2015</w:t>
+              <w:t xml:space="preserve">Actes du colloque "Abeilles et paysages. Enjeux apicoles et agricoles" sous la direction de E. Maire et D. Laffly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.33-43, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01783809v1</w:t>
+                <w:t xml:space="preserve">hal-01783808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Provenance des substances naturelles organiques : bitume, ambre, exsudats et goudrons végétaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dillmann, P. and Bellot-Gurlet, L. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Circulation et provenance des matériaux dans les sociétés anciennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.273-290, 2014, Archives contemporaines, Sciences archéologiques</w:t>
@@ -19150,90 +19150,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of cultural changes - local traditions and imports in ceramic complexes of pile-dwellings (site Serteya II, Smolensky region)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreï Mazurkevich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ekaterina Dolbunova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Mazuy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archaeology of lake settlements IV-II mill. BC: chronology of cultures, environment and palaeoclimatic rythms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.242-247, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19258,64 +19258,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Substances naturelles exploitées sur les sites de Chalain et Clairvaux : nature et fonction des matériaux organiques amorphes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sigrid Mirabaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Entre archéologie et écologie, une préhistoire de tous les milieux. Mélanges offerts à Pierre Pétrequin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.79-91, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19340,51 +19340,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les matériaux organiques amorphes en archéologie : témoins de l’exploitation des substances naturelles au cours du temps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du colloque l’Archéologie au laboratoire organisé par l’Inrap en janvier 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.113-126, 2013</w:t>
@@ -19413,51 +19413,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Las substancias naturales en arqueología: testigos fugaces de la vida cotidiana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international. Edición de la memoria del Coloquio Pedro Bosch-Gimpera</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19668,51 +19668,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Dumontier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sigrid Mirabaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes des 8èmes Rencontres Méridionales de Marseille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.449-456, 2011</w:t>
@@ -19741,51 +19741,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct Mass Spectrometry to characterise lipid materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Mass Spectrometry in Art and Archaeology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wiley, pp.97-129, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19810,90 +19810,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigations of Solvent Extractable Lipids and Insoluble Polymeric Components: Organic Residues in Neolithic Ceramic Vessels from Chalain (Jura, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Dudd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. van Bergen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pétrequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard P. Evershed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -19931,51 +19931,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Produits de la ruche, produits laitiers et matières végétales : quels vestiges pour appréhender les substances naturelles exploitées par l'homme pendant la préhistoire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les cahiers de l'OCHA (Observation Cidil des Habitudes Alimentaires)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, OCHA, pp.30-44, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -20000,51 +20000,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elucidating Pottery Function Using a Multi-Step Analytical Methodology Combining Infrared Spectroscopy, Mass Spectrometry and Chromatographic Procedures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theory and Practice of Archaeological Residue Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, BAR International Series 1650, pp.61-76, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -20101,51 +20101,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecorce de bouleau, un matériau très recherché pour la fabrication des adhésifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Regert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -20195,77 +20195,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Castellar – Pendimoun (Alpes-Maritimes). Avancement des travaux de recherche en 2014 (contribution 9)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Binder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janet Battentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Bellot-Gurlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Beyries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20317,51 +20317,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cuciurpula : Communes de Serra-di-Scopamene et de Sorbollano (Corse du sud) : rapport de fouille triannuelle : premier rapport intermédiaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kewin Pêche-Quilichini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Lachenal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20525,51 +20525,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FCA722BD"/>
+    <w:nsid w:val="B13458B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20756,51 +20756,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/martine-regert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9209-6964" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/119588838" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05080431v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabea J Koch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Adams" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Giles" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aim&#233;e Little" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Palmas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2024.12.013" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045872v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lys Turini" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kewin Peche-Quilichini" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Drieu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Regert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045858v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mayor" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vieugu&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Delvoye" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Sall" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2025.105111" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338820v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fanti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32097/1266" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337161v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna E White" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theis Zetner Trolle Jensen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Niemann" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel Winther Pedersen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2025.0092" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338787v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akshyeta Suryanarayan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie M&#233;ry" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Swerida" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Degli Esposti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli Dollarhide" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0324661" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551139v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Strolin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mazuy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aae.12247" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593642v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Kabaci&#324;ski" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;ade Henry" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Marquebielle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2024.104591" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503123v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabea J. Koch" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ferreira" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Paolini-Saez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951945v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215222v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Bertin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Mart&#237;n-Seijo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Mart&#237;nez-Sevilla" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krista Mcgrath" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Santana" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-77224-w" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04593630v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Saurel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bocquillon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Pisani" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Bonnabel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05080457v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Cantelli" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Terradas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Binder" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Carlo Colonese" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/openreseurope.18837.1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710241v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dillmann" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Li&#233;vaux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio De Luca" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Magnien" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2024.02.004" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04593622v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Debels" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Chiquet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Studer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Malergue" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0295794" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540182v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabea Koch" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0301103" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04250411v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camielsa Pr&#233;vost" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pasqualini" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.12869" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04250447v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Eugenia Rosso" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco D&#8217;errico" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-39957-y" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03509378v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drieu L&#233;a" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazuy Arnaud" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamady Bocoum" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10816-021-09547-1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03041190v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lucquin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cassard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sorin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver E Craig" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2020.102682" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03951876v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barth" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Beaume" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gamb&#233;ri Lydia" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Prud'Homme" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03094770v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Rageot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lep&#232;re" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gourguen Davtian" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2020.105309" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03291246v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tarifa-Mateo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.E. Craig" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rosell-Mel&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Clop" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.103080" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046788v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bonmatin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992022v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Pailler" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Nicolas" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Audouard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Convertini" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klet Donnart" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02985543v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rodet-Belarbi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Le Dantec" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dessi Rosia-Maria" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501063v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134201v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10816-019-09428-8" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370977v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Maria Dess&#236;" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2019.167" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371740v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Horgnies" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Petrequin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie P&#233;trequin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.12479" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03509853v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Blasco" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Lugli&#232;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2018.03.005" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783794v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Th&#233;ry-Parisot" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Beyries" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Carr&#233;" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10816-018-9372-4" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783792v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lachenal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2018.02.032" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511106v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509787v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921032v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Burri" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Alifriqui" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sok-Siya Bun" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Cenzon-Salvayre" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Hakki Cigerci" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.4267" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783795v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Deviese" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Ribechini" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Castex" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart B." TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microc.2017.03.012" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511018v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2017.14754" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01174761v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gaillard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Chesnaux" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Girard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Burr" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Darque-Ceretti" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.12175" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01548665v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Victor Pradeau" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chryst&#232;le V&#233;rati" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lardeaux" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Stephan Dubernet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236014v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kewin Peche&#8208;quilichini" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Py" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Filippi" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fernandez" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.12172" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783807v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kulkova" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre&#239; Mazurkevich" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Dolbonuva" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310870v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Salanova" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigrid Mirabaud" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Solenn Le H&#244;" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0959774314001048" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783806v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783815v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Salomon" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bon" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mensan" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lejay" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2014.14460" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783816v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783818v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bataille" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bazot" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Galera" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481496v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Duhamel" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Daher" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bellot-Gurlet" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Paris" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3an00608e" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194070v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455432v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2013.06.014" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783822v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lea" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Roqu&#233;" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Torchy" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sciau" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00469900v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194074v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Baraldi" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Farago-Szekeres" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Duday" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-011-5217-7" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/505A58B2AF51788B7D55B4841B34097744FECA02/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783826v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00469902v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lattuati-Derieux" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Egasse" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong-Jae Chung" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lav&#233;drine" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03207948v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Rougeulle" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470099v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00469909v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Thao" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Langlois" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00469931v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00469932v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470098v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P&#233;trequin" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rolando" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00469925v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1475-4754.2007.00372.x" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DVVDSCLH-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00469930v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00469927v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.1010" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00469934v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470093v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Filomena Guerra" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Reiche" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927649v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Guerra" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470092v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470064v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Alexandre" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thomas" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927650v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00469935v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Laval" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pag&#232;s-Camagna" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470065v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Colinart" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470066v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Rolley" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Balcar" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bch.2004.7350" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470067v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470068v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B. Garnier" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Richardin" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cheynier" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0003-2670(03)00869-9" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8PTVRZ5K-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470069v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oreste Decavallas" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cren-Oliv&#233;" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470070v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vacher" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moulherat" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470072v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470073v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470074v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Degrand" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470075v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bosquet" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dubois" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Jadin" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470076v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dudd" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard P. Evershed" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arsci.1999.978" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470080v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Dudd" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470078v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen A. Bland" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. van Bergen" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470079v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Delacotte" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Menu" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470081v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035839v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370990v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918606v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Biron" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Dussy" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Garnery" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02097832v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Billoin" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berranger" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cabanis" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Clavel" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cayrol" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/revues/ra10-l-etablissement-de-pratz-le-curtillet/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920348v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dupuis" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783805v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filomena Guerra" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379761v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Camagny" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delhon Claire" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752319v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Prunet" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888492v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Champion" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586195v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Soler" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Charlotte Philippe-Lelong" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ard" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03919909v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Haddad" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Hoste" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Bourrier" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888530v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586048v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Forr&#233;" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fromont" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888561v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garnier Aline" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Fichet" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile de Milleville" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398838v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver E. Craig" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397910v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Azoulay" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Manen" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371588v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#233;na Audouard" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398850v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Gomart" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samsara. A&#239;ssaoui" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066166v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jolivet" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03222785v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nicolas" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134951v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134960v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615222v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Th&#233;ry" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066145v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr Satrani" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ghanmi" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma&#160;angelina Delgado Robles" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Durand" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194069v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Sacchetti" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194067v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02616328v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Rageot" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Carr&#233;" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Lepere" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194056v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046363v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Jacomet" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Gauvrit" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194049v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Lugli&#233;" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194060v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194063v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194052v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dolbunova" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046344v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kewin P&#234;che-Quilichini" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Solenn Le" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194066v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194059v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194062v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046360v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046364v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delhon" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046362v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delhon" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194050v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194058v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194055v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194057v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194054v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194051v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Paris" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194048v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Solenn Le H&#244;" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194061v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046361v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046365v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194068v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194064v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194065v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00585970v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470097v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Wright" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chadefaux" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470100v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378686v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oksana Buvry" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Debayle" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196555v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasqualini Antoine" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Becher" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822244v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822299v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gou&#233;zin" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Hamon" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397599v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Craig Oliver" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02066156v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046342v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833489v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Manolakakis" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194053v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05091401v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04562809v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.afeaf.org/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04562604v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Lepaumier" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Giazzon" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chanson" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Defente" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guirec Querr&#233;" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090888v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03951804v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Perthuison" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Adam" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schaeffer" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134306v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Roffet-Salque" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ub.uni-heidelberg.de/propylaeum/catalog/book/714" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/propylaeum.714" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02155247v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sidestone.com/books/une-maison-sous-les-dunes" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965971v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370999v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lisez.com/livre-grand-format/abeilles/9782749162249" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371013v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Zucker" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194073v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897037v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Mazurkevich" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolaine Maigrot" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Dolbunova" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Gauthier" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail V. Sablin" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783802v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783812v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Salque" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Le" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783808v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783810v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-M. P&#233;trequin" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783811v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783809v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783814v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783813v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783817v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783820v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783821v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783823v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Roqu&#233;-Rosell" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Roucau" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Colomban" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/opl.2011.926" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783824v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai Bui-Thi" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Courtaud" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dumontier" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Girard" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470084v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470087v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470088v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470085v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470089v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046396v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Battentier" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bonnardin" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00585042v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Milletti" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bergerot" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Biancifiori" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/martine-regert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9209-6964" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/119588838" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045858v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lys Turini" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mayor" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vieugu&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Delvoye" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Sall" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2025.105111" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045872v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kewin Peche-Quilichini" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Drieu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Regert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338820v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fanti" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32097/1266" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05080431v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabea J Koch" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Adams" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Giles" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aim&#233;e Little" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Palmas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2024.12.013" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337161v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna E White" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theis Zetner Trolle Jensen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Niemann" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel Winther Pedersen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2025.0092" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338787v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akshyeta Suryanarayan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie M&#233;ry" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Swerida" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Degli Esposti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli Dollarhide" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0324661" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215222v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Bertin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Mart&#237;n-Seijo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Mart&#237;nez-Sevilla" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krista Mcgrath" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Santana" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-77224-w" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04593630v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Saurel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bocquillon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Pisani" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Bonnabel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2024.104591" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05080457v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Cantelli" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Terradas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Binder" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Carlo Colonese" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/openreseurope.18837.1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503123v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabea J. Koch" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mazuy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ferreira" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Paolini-Saez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951945v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710241v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dillmann" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Li&#233;vaux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio De Luca" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Magnien" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2024.02.004" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04593622v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Debels" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Chiquet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Studer" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Malergue" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0295794" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540182v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabea Koch" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0301103" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551139v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Strolin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aae.12247" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593642v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Kabaci&#324;ski" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;ade Henry" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Marquebielle" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04250411v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camielsa Pr&#233;vost" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pasqualini" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.12869" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04250447v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Eugenia Rosso" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco D&#8217;errico" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-39957-y" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03509378v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drieu L&#233;a" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazuy Arnaud" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamady Bocoum" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10816-021-09547-1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03041190v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lucquin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cassard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sorin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver E Craig" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2020.102682" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03951876v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barth" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Beaume" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gamb&#233;ri Lydia" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Prud'Homme" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03094770v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Rageot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lep&#232;re" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gourguen Davtian" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2020.105309" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03291246v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tarifa-Mateo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.E. Craig" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rosell-Mel&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Clop" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.103080" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02985543v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rodet-Belarbi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Le Dantec" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dessi Rosia-Maria" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046788v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bonmatin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992022v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Pailler" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Nicolas" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Audouard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Convertini" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klet Donnart" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501063v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134201v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10816-019-09428-8" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370977v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Maria Dess&#236;" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2019.167" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371740v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Horgnies" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Petrequin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie P&#233;trequin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.12479" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03509853v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Blasco" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Lugli&#232;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2018.03.005" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783794v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Th&#233;ry-Parisot" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Beyries" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Carr&#233;" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10816-018-9372-4" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783792v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lachenal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2018.02.032" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511106v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509787v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921032v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Burri" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Alifriqui" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sok-Siya Bun" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Cenzon-Salvayre" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Hakki Cigerci" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.4267" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783795v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Deviese" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Ribechini" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Castex" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart B." TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microc.2017.03.012" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511018v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2017.14754" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01548665v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Victor Pradeau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chryst&#232;le V&#233;rati" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lardeaux" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Stephan Dubernet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01174761v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gaillard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Chesnaux" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Girard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Burr" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Darque-Ceretti" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.12175" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236014v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kewin Peche&#8208;quilichini" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Py" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Filippi" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fernandez" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.12172" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783806v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310870v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Salanova" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigrid Mirabaud" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Solenn Le H&#244;" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0959774314001048" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783807v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kulkova" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre&#239; Mazurkevich" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Dolbonuva" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783815v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Salomon" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bon" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mensan" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lejay" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2014.14460" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783816v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481496v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Duhamel" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Daher" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bellot-Gurlet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Paris" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3an00608e" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194070v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455432v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2013.06.014" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783818v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bataille" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bazot" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Galera" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783822v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lea" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Roqu&#233;" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Torchy" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sciau" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00469900v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194074v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Baraldi" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Farago-Szekeres" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Duday" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-011-5217-7" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/505A58B2AF51788B7D55B4841B34097744FECA02/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783826v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00469902v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lattuati-Derieux" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Egasse" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong-Jae Chung" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lav&#233;drine" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470098v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P&#233;trequin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rolando" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00469931v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00469932v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00469930v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00469925v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Rougeulle" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1475-4754.2007.00372.x" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DVVDSCLH-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00469909v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Thao" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Langlois" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470099v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00469927v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.1010" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03207948v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00469934v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927649v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Guerra" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Reiche" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470093v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Filomena Guerra" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470092v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927650v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470064v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Alexandre" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thomas" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00469935v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Laval" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pag&#232;s-Camagna" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470066v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Rolley" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Balcar" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bch.2004.7350" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470065v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Colinart" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470067v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470069v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B. Garnier" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oreste Decavallas" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cren-Oliv&#233;" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470068v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Richardin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cheynier" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0003-2670(03)00869-9" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8PTVRZ5K-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470070v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vacher" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moulherat" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470072v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470073v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470075v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bosquet" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dubois" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Jadin" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470074v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Degrand" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470076v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dudd" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard P. Evershed" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arsci.1999.978" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470078v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen A. Bland" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. van Bergen" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470079v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Delacotte" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Menu" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470080v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Dudd" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470081v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035839v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370990v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918606v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Biron" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Dussy" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Garnery" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02097832v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Billoin" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berranger" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cabanis" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Clavel" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cayrol" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/revues/ra10-l-etablissement-de-pratz-le-curtillet/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920348v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dupuis" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783805v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filomena Guerra" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379761v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Camagny" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delhon Claire" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752319v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Prunet" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586195v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Soler" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Charlotte Philippe-Lelong" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ard" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888492v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Champion" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03919909v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Haddad" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Hoste" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Bourrier" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888530v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888561v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garnier Aline" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Fichet" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile de Milleville" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586048v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Forr&#233;" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fromont" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397910v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Azoulay" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Manen" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371588v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#233;na Audouard" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066166v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jolivet" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398850v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Gomart" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samsara. A&#239;ssaoui" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03222785v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nicolas" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398838v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver E. Craig" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134951v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134960v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615222v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Th&#233;ry" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066145v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr Satrani" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ghanmi" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma&#160;angelina Delgado Robles" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Durand" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194067v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194069v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Sacchetti" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046363v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Jacomet" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Gauvrit" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194056v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02616328v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Rageot" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Carr&#233;" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Lepere" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194049v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Lugli&#233;" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194052v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dolbunova" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194063v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046344v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kewin P&#234;che-Quilichini" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Solenn Le" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194060v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194062v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194059v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046364v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delhon" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046360v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046362v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delhon" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194066v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046361v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194061v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194058v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194054v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194057v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194055v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194048v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Solenn Le H&#244;" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194051v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Paris" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194050v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046365v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194068v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194064v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194065v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00585970v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470097v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Wright" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chadefaux" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470100v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378686v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oksana Buvry" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Debayle" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196555v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasqualini Antoine" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Becher" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822299v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gou&#233;zin" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Hamon" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822244v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397599v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Craig Oliver" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02066156v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046342v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833489v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Manolakakis" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194053v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05091401v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04562809v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.afeaf.org/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04562604v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Lepaumier" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Giazzon" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chanson" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Defente" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guirec Querr&#233;" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03951804v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Perthuison" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Adam" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schaeffer" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090888v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134306v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Roffet-Salque" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ub.uni-heidelberg.de/propylaeum/catalog/book/714" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/propylaeum.714" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371013v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Zucker" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370999v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lisez.com/livre-grand-format/abeilles/9782749162249" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965971v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02155247v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sidestone.com/books/une-maison-sous-les-dunes" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194073v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897037v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Mazurkevich" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolaine Maigrot" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Dolbunova" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Gauthier" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail V. Sablin" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783802v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783810v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-M. P&#233;trequin" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783811v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783809v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783812v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Salque" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Le" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783808v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783814v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783813v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783817v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783820v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783821v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783823v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Roqu&#233;-Rosell" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Roucau" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Colomban" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/opl.2011.926" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783824v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai Bui-Thi" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Courtaud" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dumontier" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Girard" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470084v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470087v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470088v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470085v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00470089v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046396v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Battentier" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bonnardin" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00585042v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Milletti" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bergerot" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Biancifiori" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>