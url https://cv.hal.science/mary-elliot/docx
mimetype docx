--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -126,51 +126,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (27)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (28)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -239,3545 +239,3679 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Gosselin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers &amp; Geosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, pp.106104. </w:t>
+              <w:t xml:space="preserve">, 2026, 209, pp.106104. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cageo.2026.106104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05453811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphogenesis of the Holocene coastal landforms on Sumba Island, Indonesia</w:t>
+                <w:t xml:space="preserve">Automated identification of fossil benthic foraminifera from the Peruvian margin using convolutional neural networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denovan Chauveau</w:t>
+                <w:t xml:space="preserve">Sikandar Hayat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Pedoja</w:t>
+                <w:t xml:space="preserve">Meryem Mojtahid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Elliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Authemayou</w:t>
+                <w:t xml:space="preserve">Jorge Cardich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Husson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gino de Gelder</w:t>
+                <w:t xml:space="preserve">Emmanuelle Geslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Asian Earth Sciences: X</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jaesx.2025.100208⟩</w:t>
+              <w:t xml:space="preserve">Journal of Micropalaeontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 45 (1), pp.95-116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/jm-45-95-2026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05284217v1</w:t>
+                <w:t xml:space="preserve">hal-05554842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The spatial and temporal distribution of neodymium isotopic composition within the Rockall Trough</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Morphogenesis of the Holocene coastal landforms on Sumba Island, Indonesia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denovan Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Dubois-Dauphin</w:t>
+                <w:t xml:space="preserve">Kevin Pedoja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Colin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mary Elliot</w:t>
+                <w:t xml:space="preserve">Christine Authemayou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julius Förstel</w:t>
+                <w:t xml:space="preserve">Laurent Husson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Haurine</w:t>
+                <w:t xml:space="preserve">Gino de Gelder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Oceanography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.103127. </w:t>
+              <w:t xml:space="preserve">Journal of Asian Earth Sciences: X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14, </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.pocean.2023.103127⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jaesx.2025.100208⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04216913v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05284217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Different Methods in Assessing El Niño Flavors Lead to Opposite Results</w:t>
+                <w:t xml:space="preserve">The spatial and temporal distribution of neodymium isotopic composition within the Rockall Trough</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isma Abdelkader Di Carlo</w:t>
+                <w:t xml:space="preserve">Quentin Dubois-Dauphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Braconnot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Carré</w:t>
+                <w:t xml:space="preserve">Christophe Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Elliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Marti</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Julius Förstel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Haurine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2023gl104558⟩</w:t>
+              <w:t xml:space="preserve">Progress in Oceanography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.103127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pocean.2023.103127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04184718v1</w:t>
+                <w:t xml:space="preserve">hal-04216913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deformation and uplift at the transition from oceanic to continental subduction, Sumba Island, Indonesia</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Different Methods in Assessing El Niño Flavors Lead to Opposite Results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isma Abdelkader Di Carlo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Braconnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Elliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Marti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Asian Earth Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jseaes.2022.105316⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 50 (15), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2023gl104558⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03779250v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04184718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-resolution marine data and transient simulations support orbital forcing of ENSO amplitude since the mid-Holocene</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Andrew Schurer</w:t>
+                <w:t xml:space="preserve">Deformation and uplift at the transition from oceanic to continental subduction, Sumba Island, Indonesia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Authemayou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Pedoja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denovan Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Brocard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Asian Earth Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 236, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jseaes.2022.105316⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2021.107125⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03384257v1</w:t>
+                <w:t xml:space="preserve">insu-03779250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From glacial times to late Holocene: Benthic foraminiferal assemblages from cold water coral habitats off northwest Scotland</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Magali Schweizer</w:t>
+                <w:t xml:space="preserve">High-resolution marine data and transient simulations support orbital forcing of ENSO amplitude since the mid-Holocene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Braconnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Elliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Douarin</w:t>
+                <w:t xml:space="preserve">Roberta D’agostino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Gabriel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Colin</w:t>
+                <w:t xml:space="preserve">Andrew Schurer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Geology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 440, pp.106581. </w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 268, pp.107125. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.margeo.2021.106581⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2021.107125⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03317921v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03384257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the generation and degradation of emerged coral reef terrace sequences: First cosmogenic 36Cl analysis at Cape Laundi, Sumba Island (Indonesia)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">From glacial times to late Holocene: Benthic foraminiferal assemblages from cold water coral habitats off northwest Scotland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Pedoja</w:t>
+                <w:t xml:space="preserve">Meryem Mojtahid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Molliex</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Husson</w:t>
+                <w:t xml:space="preserve">Magali Schweizer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Douarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Gabriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2021.107144⟩</w:t>
+              <w:t xml:space="preserve">Marine Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 440, pp.106581. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.margeo.2021.106581⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03350633v1</w:t>
+                <w:t xml:space="preserve">hal-03317921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single foraminifera Mg/Ca analyses of past glacial-interglacial temperatures derived from G. ruber sensu stricto and sensu lato morphotypes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">K. Thirumalai</w:t>
+                <w:t xml:space="preserve">On the generation and degradation of emerged coral reef terrace sequences: First cosmogenic 36Cl analysis at Cape Laundi, Sumba Island (Indonesia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denovan Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Authemayou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Pedoja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole La</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Franck Bassinot</w:t>
+                <w:t xml:space="preserve">Stéphane Molliex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Husson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2018.11.007⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 269, pp.107144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2021.107144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02872806v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03350633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consistently dated Atlantic sediment cores over the last 40 thousand years</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Single foraminifera Mg/Ca analyses of past glacial-interglacial temperatures derived from G. ruber sensu stricto and sensu lato morphotypes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Elliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Waelbroeck</w:t>
+                <w:t xml:space="preserve">K. Thirumalai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bryan Lougheed</w:t>
+                <w:t xml:space="preserve">Carole La</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natalia Vázquez Riveiros</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Joel Pedro</w:t>
+                <w:t xml:space="preserve">Franck Bassinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Data </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41597-019-0173-8⟩</w:t>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 511, pp.510-520. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2018.11.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02292112v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02872806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subsiding Sundaland: REPLY</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Consistently dated Atlantic sediment cores over the last 40 thousand years</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Waelbroeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bryan Lougheed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Clarisse Sarr</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Husson</w:t>
+                <w:t xml:space="preserve">Natalia Vázquez Riveiros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Sepulchre</w:t>
+                <w:t xml:space="preserve">Lise Missiaen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Morwenn Pastier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Kevin Pedoja</w:t>
+                <w:t xml:space="preserve">Joel Pedro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 47 (7), pp.e470. </w:t>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6 (1), pp.1-12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1130/G46493Y.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41597-019-0173-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02440366v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02292112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subsiding Sundaland</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Subsiding Sundaland: REPLY</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Clarisse Sarr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Husson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sepulchre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Morwenn Pastier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Pedoja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 47 (2), pp.119-122. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1130/G45629.1⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 47 (7), pp.e470. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1130/G46493Y.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02440378v1</w:t>
+                <w:t xml:space="preserve">hal-02440366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Holocene shifts in sub-surface water circulation of the North-East Atlantic inferred from Nd isotopic composition in cold-water corals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Subsiding Sundaland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Clarisse Sarr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sepulchre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Morwenn Pastier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Dubois-Dauphin</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Kevin Pedoja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Geology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 47 (2), pp.119-122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1130/G45629.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.margeo.2019.01.004⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02149410v1</w:t>
+                <w:t xml:space="preserve">hal-02440378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Onset and demise of coral reefs, relationship with regional ocean circulation on the Wyville Thomson Ridge</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Holocene shifts in sub-surface water circulation of the North-East Atlantic inferred from Nd isotopic composition in cold-water corals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Dubois-Dauphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Elliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadine Tisnerat-Laborde</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Arnaud Dapoigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Douville</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Geology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 416, pp.article n°105969. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.margeo.2019.105969⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 410, pp.135-145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.margeo.2019.01.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02158714v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02149410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the long-lasting sequences of coral reef terraces from SE Sulawesi (Indonesia): Distribution, formation, and global significance</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Anne-Morwenn Pastier</w:t>
+                <w:t xml:space="preserve">Onset and demise of coral reefs, relationship with regional ocean circulation on the Wyville Thomson Ridge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Elliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Douarin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andy Muhammad Imran</w:t>
+                <w:t xml:space="preserve">Edwige Pons-Branchu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Tisnerat-Laborde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2018.03.033⟩</w:t>
+              <w:t xml:space="preserve">Marine Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 416, pp.article n°105969. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.margeo.2019.105969⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01983439v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02158714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imprint of Holocene Climate Variability on Cold-Water Coral Reef Growth at the SW Rockall Trough Margin, NE Atlantic</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Edwige Pons-Branchu</w:t>
+                <w:t xml:space="preserve">On the long-lasting sequences of coral reef terraces from SE Sulawesi (Indonesia): Distribution, formation, and global significance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Pedoja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Husson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Furu Mienis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nadine Tisnerat-Laborde</w:t>
+                <w:t xml:space="preserve">Antoine Bézos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Morwenn Pastier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Muhammad Imran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2018GC007502⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 188, pp.37-57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2018.03.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01900794v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01983439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lead accumulation in oyster shells, a potential tool for environmental monitoring</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Imprint of Holocene Climate Variability on Cold-Water Coral Reef Growth at the SW Rockall Trough Margin, NE Atlantic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christèle Guivel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carole La</w:t>
+                <w:t xml:space="preserve">Lucile Bonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Pons-Branchu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Lenta</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Furu Mienis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Tisnerat-Laborde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 125 (1-2), pp.19-29. </w:t>
+              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19 (8), pp.2437 - 2452. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2017.07.075⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2018GC007502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03620321v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01900794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Links between tropical Pacific seasonal, interannual and orbital variability during the Holocene</w:t>
+                <w:t xml:space="preserve">Lead accumulation in oyster shells, a potential tool for environmental monitoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Emile-Geay</w:t>
+                <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kim M. Cobb</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pascale Braconnot</w:t>
+                <w:t xml:space="preserve">Christèle Guivel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole La</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Leloup</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laurent Lenta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Elliot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Geoscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 9, pp.168-173. </w:t>
+              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 125 (1-2), pp.19-29. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/ngeo2608⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2017.07.075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01257782v1</w:t>
+                <w:t xml:space="preserve">hal-03620321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coastal staircase sequences reflecting sea-level oscillations and tectonic uplift during the Quaternary and Neogene</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Links between tropical Pacific seasonal, interannual and orbital variability during the Holocene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Markes Johnson</w:t>
+                <w:t xml:space="preserve">Julien Emile-Geay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Melnick</w:t>
+                <w:t xml:space="preserve">Kim M. Cobb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Braconnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cesar Witt</w:t>
+                <w:t xml:space="preserve">Julie Leloup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth-Science Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 132, pp.13-38. </w:t>
+              <w:t xml:space="preserve">Nature Geoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 9, pp.168-173. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/J.EARSCIREV.2014.01.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/ngeo2608⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01024438v1</w:t>
+                <w:t xml:space="preserve">hal-01257782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The mid-Pleistocene transition in the subtropical southwest Pacific</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coastal staircase sequences reflecting sea-level oscillations and tectonic uplift during the Quaternary and Neogene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Pedoja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Russon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mary Elliot</w:t>
+                <w:t xml:space="preserve">Markes Johnson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aleksey Sadekov</w:t>
+                <w:t xml:space="preserve">Daniel Melnick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Cabioch</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thierry Corrège</w:t>
+                <w:t xml:space="preserve">Cesar Witt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paleoceanography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2010PA002019⟩</w:t>
+              <w:t xml:space="preserve">Earth-Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 132, pp.13-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/J.EARSCIREV.2014.01.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00755398v1</w:t>
+                <w:t xml:space="preserve">insu-01024438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inter-hemispheric asymmetry in the early Pleistocene Pacific warm pool</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+                <w:t xml:space="preserve">The mid-Pleistocene transition in the subtropical southwest Pacific</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Russon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Elliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aleksey Sadekov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Cabioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Corrège</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2010GL043191⟩</w:t>
+              <w:t xml:space="preserve">Paleoceanography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 26, pp.1211. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2010PA002019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00759248v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00755398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Middle-late Pleistocene deep water circulation in the southwest subtropical Pacific</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+                <w:t xml:space="preserve">Inter-hemispheric asymmetry in the early Pleistocene Pacific warm pool</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Russon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Elliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksey Sadekov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Cabioch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Kissel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">P. de Deckker</w:t>
+                <w:t xml:space="preserve">Thierry Corrège</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paleoceanography</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 37, pp.11601. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2010GL043191⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2009PA001755⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00763131v1</w:t>
+                <w:t xml:space="preserve">hal-00759248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in North Atlantic deep-water formation associated with the Dansgaard–Oeschger temperature oscillations (60–10ka)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Middle-late Pleistocene deep water circulation in the southwest subtropical Pacific</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Russon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Elliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Duplessy</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Catherine Kissel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Cabioch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. de Deckker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0277-3791(01)00137-8⟩</w:t>
+              <w:t xml:space="preserve">Paleoceanography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 24 (4), pp.4205. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2009PA001755⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02958011v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00763131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coherent patterns of ice-rafted debris deposits in the Nordic regions during the last glacial (10–60 ka)</w:t>
+                <w:t xml:space="preserve">Changes in North Atlantic deep-water formation associated with the Dansgaard–Oeschger temperature oscillations (60–10ka)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Elliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Labeyrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Manthé</w:t>
+                <w:t xml:space="preserve">Jean-Claude Duplessy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 194 (1-2), pp.151-163. </w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 21 (10), pp.1153-1165. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0012-821X(01)00561-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0277-3791(01)00137-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02958964v1</w:t>
+                <w:t xml:space="preserve">hal-02958011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid climatic variability of the North Atlantic Ocean and global climate: a focus of the IMAGES program</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coherent patterns of ice-rafted debris deposits in the Nordic regions during the last glacial (10–60 ka)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Elliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Labeyrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Cortijo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mary Elliot</w:t>
+                <w:t xml:space="preserve">Trond Dokken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Balbon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nadine Tisnerat</w:t>
+                <w:t xml:space="preserve">Sandrine Manthé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 194 (1-2), pp.151-163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0012-821X(01)00561-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0277-3791(99)00063-3⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02507324v1</w:t>
+                <w:t xml:space="preserve">hal-02958964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Millennial-scale iceberg discharges in the Irminger Basin during the Last Glacial Period: Relationship with the Heinrich events and environmental settings</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rapid climatic variability of the North Atlantic Ocean and global climate: a focus of the IMAGES program</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Cortijo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Labeyrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Elliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gerard Bond</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elsa Cortijo</w:t>
+                <w:t xml:space="preserve">Estelle Balbon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Louis Turon</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nadine Tisnerat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paleoceanography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 13 (5), pp.433-446. </w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 19 (1-5), pp.227-241. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/98PA01792⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0277-3791(99)00063-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02497216v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02507324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Millennial-scale iceberg discharges in the Irminger Basin during the Last Glacial Period: Relationship with the Heinrich events and environmental settings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Elliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Labeyrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Bond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Cortijo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Turon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Paleoceanography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 13 (5), pp.433-446. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/98PA01792⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02497216v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Changes in sea surface hydrology associated with Heinrich event 4 in the North Atlantic Ocean between 40° and 60°N</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cortijo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Labeyrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Vautravers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Chapman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 146 (1-2), pp.29-45. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0012-821X(96)00217-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03003008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3787,279 +3921,279 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining non invasive tools to investigate shell-middens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Guivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Elliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baltzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donatienne Leparoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reflecting Futures, 24th EAA Meeting Barcelone</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02499164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Medieval shell middens of Vendée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baltzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donatienne Leparoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Guivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Barbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Meeting of the Royal Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Newport Pagnell, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02982121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4069,1404 +4203,1404 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seasonally resolved Mid-Holocene paleoclimate records derived from fossil giant clam shells (Tridacna squamoza) a calibration study and contribution to a global coral and bivalve database.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Elliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denovan Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camillo Arias  Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sri Yudawati Cahyarini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EGU, Apr 2018, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02402109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subsiding Sundaland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anta-Clarisse Sarr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Husson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sepulchre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Morwenn Pastier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Pedoja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Geophysical Union 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Washington, United States. pp.T31D-0338</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01928193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining non-invasive tools to investigate shell middens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baltzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leparoux Donatienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Elliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christele Guivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th EAA annual meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02961714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mid-Holocene paleoclimate records derived from fossil giant clam shells (Tridacna squamoza) from the Java Sea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Elliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sri Yudawati Cahyarini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole La</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AGU, Dec 2018, Washington, D. C., United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02402084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Medieval shells middens of Vendée. Lost and future worlds: marine paleolandscape and the historic impact of long-term climate change,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Guivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baltzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donatienne Leparoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole La</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">scientific meeting of the Royal Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02499210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Some consequences of the geodynamics of sea level on the biosphere. The SE Asian example</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Husson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anta-Clarisse Sarr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Morwenn Pastier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sepulchre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Pedoja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Geosciences Union, Apr 2017, Vienne, Austria. pp.EGU2017-13612</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01534226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantifying subsidence of the Sunda shelf (SE Asia) from coral reefmorphology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anta-Clarisse Sarr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Husson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Morwenn Pastier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thorsten W Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Holt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Geosciences Union, Apr 2017, Vienne, Austria. pp.EGU2017-7782-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01534230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">4D geomorphological evolution of intertropical islands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Morwenn Pastier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bézos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Husson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Pedoja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camillo Arias  Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Geosciences Union, Apr 2017, Vienne, Austria. pp.EGU2017-14087</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01510099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les amas coquilliers de Vendée : de l’archéologie au paléoenvironnement - Etude intégrée préliminair</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christele Guivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Barbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donatienne Leparoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole La</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RST</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02961674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subsidence de la plateforme de la Sonde(Asie du Sud-Est) : contraintes apportées parla modélisation des récifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Clarisse Sarr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Morwenn Pastier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Husson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Elliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruiz Camilo Arias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25e Réunion des Sciences et le Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Géologique de France, Oct 2016, Caen, France. pp.288</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01388717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mid/late pleistocene paleoceanography of the coral sea region reconstructed from paired δ&amp;lt;sup&amp;gt;18&amp;lt;/sup&amp;gt;O - Mg/Ca measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Russon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Elliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Corrège</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. de Deckker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Cabioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2009, San Francisco, United States. pp.1320</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00910412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5476,426 +5610,426 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glacial and Interglacial Hydrological Changes in the North Atlantic Ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cortijo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Balbon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Elliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Labeyrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Turon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reconstructing Ocean History</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer US, pp.83-101, 1999, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-4615-4197-4_6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03006816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporal variability of the surface and deep waters of the North West Atlantic Ocean at orbital and millenial scales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Labeyrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heloïse Leclaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Waelbroeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cortijo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Duplessy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanisms of Global Climate Change at Millennial Time Scales, Volume 112</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.77-98, 1999, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/GM112p0077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03006843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abrupt climatic changes - Causes and consequences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Labeyrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Elliot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fatima Abrantes; Alan C. Mix. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reconstructing Ocean History : A Window into the Future</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Kluwer Academic / Plenum Publishers, New York, 1999, pp.73-81, 1999, 0306462931. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-4615-4197-4_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03245133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId174"/>
+      <w:footerReference w:type="default" r:id="rId179"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5963,51 +6097,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="566257E0"/>
+    <w:nsid w:val="DE2D7CF2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6194,51 +6328,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mary-elliot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5322-6941" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453811v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Boutreux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Brockmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Elliot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Carr&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gosselin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cageo.2026.106104" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05284217v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denovan Chauveau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Pedoja" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Authemayou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Husson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gino de Gelder" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaesx.2025.100208" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216913v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Dubois-Dauphin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Colin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julius F&#246;rstel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Haurine" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2023.103127" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184718v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma Abdelkader Di Carlo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Braconnot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marti" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023gl104558" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03779250v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Brocard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jseaes.2022.105316" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384257v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta D&#8217;agostino" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Schurer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2021.107125" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317921v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Mojtahid" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Schweizer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Douarin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Gabriel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2021.106581" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03350633v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Molliex" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2021.107144" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02872806v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Schmitt" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Thirumalai" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole La" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bassinot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2018.11.007" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292112v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Waelbroeck" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Lougheed" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia V&#225;zquez Riveiros" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Missiaen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Pedro" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-019-0173-8" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440366v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Clarisse Sarr" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sepulchre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Morwenn Pastier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G46493Y.1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440378v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G45629.1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149410v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dapoigny" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Douville" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2019.01.004" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158714v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Pons-Branchu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Tisnerat-Laborde" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2019.105969" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01983439v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine B&#233;zos" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Muhammad Imran" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2018.03.033" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900794v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Bonneau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Furu Mienis" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GC007502" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620321v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Cariou" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Guivel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lenta" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2017.07.075" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01257782v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Emile-Geay" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim M. Cobb" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Leloup" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ngeo2608" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01024438v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markes Johnson" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Melnick" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Witt" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.EARSCIREV.2014.01.007" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755398v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Russon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksey Sadekov" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Cabioch" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Corr&#232;ge" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2010PA002019" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759248v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2010GL043191" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00763131v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Kissel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. de Deckker" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009PA001755" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958011v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Labeyrie" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Duplessy" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0277-3791(01)00137-8" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3XVDFZL4-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958964v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trond Dokken" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Manth&#233;" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0012-821X(01)00561-1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RB1JRFXT-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507324v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Cortijo" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Balbon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Tisnerat" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0277-3791(99)00063-3" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SMHQT5Q4-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497216v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Bond" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Turon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/98PA01792" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003008v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Vidal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Vautravers" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Chapman" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0012-821X(96)00217-8" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TN0DPGGJ-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499164v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guivel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Baltzer" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatienne Leparoux" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02982121v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Barbin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402109v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camillo Arias  Ruiz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sri Yudawati Cahyarini" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Michel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01928193v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anta-Clarisse Sarr" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02961714v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leparoux Donatienne" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christele Guivel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402084v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499210v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01534226v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01534230v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten W Becker" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Holt" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01510099v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02961674v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01388717v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruiz Camilo Arias" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910412v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006816v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4615-4197-4_6" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8B76827D0F8FC122E6BA3C966BEDD517BD0CAF7B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006843v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helo&#239;se Leclaire" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/GM112p0077" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245133v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4615-4197-4_5" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/DB69ECA435FA30F40FCA1C18ECBF5F7A361CBE44/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mary-elliot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5322-6941" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453811v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Boutreux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Brockmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Elliot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Carr&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gosselin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cageo.2026.106104" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554842v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sikandar Hayat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Mojtahid" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Cardich" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Geslin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/jm-45-95-2026" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05284217v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denovan Chauveau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Pedoja" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Authemayou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Husson" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gino de Gelder" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaesx.2025.100208" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216913v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Dubois-Dauphin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Colin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julius F&#246;rstel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Haurine" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2023.103127" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184718v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma Abdelkader Di Carlo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Braconnot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marti" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023gl104558" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03779250v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Brocard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jseaes.2022.105316" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384257v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta D&#8217;agostino" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Schurer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2021.107125" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317921v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Schweizer" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Douarin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Gabriel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2021.106581" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03350633v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Molliex" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2021.107144" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02872806v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Schmitt" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Thirumalai" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole La" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bassinot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2018.11.007" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292112v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Waelbroeck" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Lougheed" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia V&#225;zquez Riveiros" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Missiaen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Pedro" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-019-0173-8" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440366v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Clarisse Sarr" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sepulchre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Morwenn Pastier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G46493Y.1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440378v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G45629.1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149410v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dapoigny" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Douville" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2019.01.004" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158714v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Pons-Branchu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Tisnerat-Laborde" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2019.105969" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01983439v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine B&#233;zos" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Muhammad Imran" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2018.03.033" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900794v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Bonneau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Furu Mienis" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GC007502" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620321v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Cariou" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Guivel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lenta" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2017.07.075" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01257782v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Emile-Geay" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim M. Cobb" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Leloup" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ngeo2608" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01024438v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markes Johnson" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Melnick" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Witt" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.EARSCIREV.2014.01.007" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755398v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Russon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksey Sadekov" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Cabioch" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Corr&#232;ge" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2010PA002019" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759248v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2010GL043191" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00763131v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Kissel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. de Deckker" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009PA001755" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958011v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Labeyrie" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Duplessy" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0277-3791(01)00137-8" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3XVDFZL4-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958964v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trond Dokken" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Manth&#233;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0012-821X(01)00561-1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RB1JRFXT-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507324v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Cortijo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Balbon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Tisnerat" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0277-3791(99)00063-3" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SMHQT5Q4-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497216v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Bond" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Turon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/98PA01792" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003008v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Vidal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Vautravers" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Chapman" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0012-821X(96)00217-8" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TN0DPGGJ-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499164v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guivel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Baltzer" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatienne Leparoux" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02982121v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Barbin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402109v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camillo Arias  Ruiz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sri Yudawati Cahyarini" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Michel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01928193v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anta-Clarisse Sarr" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02961714v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leparoux Donatienne" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christele Guivel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402084v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499210v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01534226v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01534230v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten W Becker" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Holt" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01510099v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02961674v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01388717v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruiz Camilo Arias" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910412v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006816v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4615-4197-4_6" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8B76827D0F8FC122E6BA3C966BEDD517BD0CAF7B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006843v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helo&#239;se Leclaire" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/GM112p0077" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245133v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4615-4197-4_5" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/DB69ECA435FA30F40FCA1C18ECBF5F7A361CBE44/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>