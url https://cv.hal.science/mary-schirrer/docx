--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -106,51 +106,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (21)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (22)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -261,1765 +261,1890 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05523482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transformative Potential of Friluftsliv in Physical Education: Insights From an International Student Programme</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Embodied eco-consciousness in paragliding: A multi-method phenomenological approach of a cosmic sport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Schirrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Christophe Schnitzler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Lisa Lefèvre</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Australian Journal of Environmental Education</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Sport, Ethics and Philosophy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05419299v1</w:t>
+                <w:t xml:space="preserve">hal-05282820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résonance, pédagogie de la résonance et enseignement de l'EPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Paintendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Gottsmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Paintendre</w:t>
+                <w:t xml:space="preserve">Matthieu Quidu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Gottsmann</w:t>
+                <w:t xml:space="preserve">Brice Favier-Ambrosini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Quidu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Terré</w:t>
+                <w:t xml:space="preserve">Jérôme Visioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enseigner l'EPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 299</w:t>
+              <w:t xml:space="preserve">, 2025, 299, pp.43-48</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05361230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tous sportifs ? Toutes sportives ? Genre et perception de la sportivité chez des élèves de terminale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ottogalli-Mazzacavallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Fol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences sociales et sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 25 (1), pp.63-95. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/rsss.025.0063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05220325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Being in time!”. From resonance to embodied experiences of time in ultra-trail and freediving sports</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Florian Lebreton</w:t>
+                <w:t xml:space="preserve">Transformative Potential of Friluftsliv in Physical Education: Insights From an International Student Programme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Schnitzler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakon Engstu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sport, Ethics and Philosophy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/17511321.2025.2585490⟩</w:t>
+              <w:t xml:space="preserve">Australian Journal of Environmental Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 41 (1), pp.56-73. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/aee.2025.8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05353113v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05419299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Embodied eco-consciousness in paragliding: A multi-method phenomenological approach of a cosmic sport</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">“Being in time!”. From resonance to embodied experiences of time in ultra-trail and freediving sports</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Lancelevé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Lebreton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lisa Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sport, Ethics and Philosophy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2025, pp.1-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17511321.2025.2585490⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05282820v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05353113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entre résonance et aliénation, l'apnée à travers la pensée d'Hartmut Rosa</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Résonance, pédagogie de la résonance et enseignement de l’EPS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Paintendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Gottsmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Quidu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Favier-Ambrosini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Visioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature et récréation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 15, pp.19-34</w:t>
+              <w:t xml:space="preserve">Enseigner l'EPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 299, pp.43-48</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04531027v1</w:t>
+                <w:t xml:space="preserve">hal-05557197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enseignement du yoga et apprentissages sensoriels : Une éducation au bien-être corporel par la dialectique confort-inconfort postural ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Bien-être à l’école : renouvellement d’une notion par la valorisation des vécus corporels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Paintendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Doga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Salaméro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches &amp; éducations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 27, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/rechercheseducations.15349⟩</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rechercheseducations.15317⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04530716v1</w:t>
+                <w:t xml:space="preserve">hal-04530712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bien-être à l’école : renouvellement d’une notion par la valorisation des vécus corporels</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Entre résonance et aliénation, l'apnée à travers la pensée d'Hartmut Rosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Émilie Salaméro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches &amp; éducations</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Nature et récréation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15, pp.19-34</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04530712v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entre résonance et aliénation: interroger les pratiques sportives contemporaines</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Brice Favier-Ambrosini</w:t>
+                <w:t xml:space="preserve">Enseignement du yoga et apprentissages sensoriels : Une éducation au bien-être corporel par la dialectique confort-inconfort postural ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Paintendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Visioli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPS : Revue education physique et sport</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Recherches &amp; éducations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rechercheseducations.15349⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05014369v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04530716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emersiology in Sport Science: The Unconscious Living Body in the Case of Corporeal Non-Property</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le toucher comme facteur de bien-être des élèves en cours d’EPS,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Agostinucci</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Juliette Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Schirrer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sport, Ethics and Philosophy</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal de médecine légale, droit médical, victimologie, dommage corporel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 1 (1), pp.47-54</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04417553v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04451912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le toucher comme facteur de bien-être des élèves en cours d’EPS,</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Juliette Vincent</w:t>
+                <w:t xml:space="preserve">Entre résonance et aliénation: interroger les pratiques sportives contemporaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Quidu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Favier-Ambrosini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Visioli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de médecine légale, droit médical, victimologie, dommage corporel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 1 (1), pp.47-54</w:t>
+              <w:t xml:space="preserve">EPS : Revue education physique et sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 398</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04451912v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05014369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensory learning in physical education and deceleration experiences during accelerated physical activity: the example of step fitness in a school setting</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Emersiology in Sport Science: The Unconscious Living Body in the Case of Corporeal Non-Property</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Agostinucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Liné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwann Jacquot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edmna Manis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/sm/2022022⟩</w:t>
+              <w:t xml:space="preserve">Sport, Ethics and Philosophy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18 (1), pp.67-80. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17511321.2023.2279144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04006554v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04417553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enseignement du yoga et apprentissages sensoriels : comment l’expérience des étudiants novices peut-elle guider l’élaboration d’une forme scolaire de pratique ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Sensory learning in physical education and deceleration experiences during accelerated physical activity: the example of step fitness in a school setting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Paintendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ejournal de la recherche sur l’intervention en éducation physique et sport</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/ejrieps.8222⟩</w:t>
+              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 119, pp.9-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/sm/2022022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03719190v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04006554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour une éducation sensorielle à travers les activités physiques : analyse de pratique et pistes professionnelles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Enseignement du yoga et apprentissages sensoriels : comment l’expérience des étudiants novices peut-elle guider l’élaboration d’une forme scolaire de pratique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Paintendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carole Sève</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ejournal de la recherche sur l’intervention en éducation physique et sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, Actes de la 11ème Biennale de l’ARIS, Lille, 19-21 juin 2018, Numéro spécial 3, pp.114-139. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/ejrieps.4382⟩</w:t>
+              <w:t xml:space="preserve">, 2022, Varia, 51, pp.34-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ejrieps.8222⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02953129v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03719190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developing perceptive know-how in Physical Education: analysis of the activity of students engaged in a learning sequence in step</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Pour une éducation sensorielle à travers les activités physiques : analyse de pratique et pistes professionnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Paintendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bernard Andrieu</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Sève</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Activités</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/activites.4055⟩</w:t>
+              <w:t xml:space="preserve">Ejournal de la recherche sur l’intervention en éducation physique et sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Actes de la 11ème Biennale de l’ARIS, Lille, 19-21 juin 2018, Numéro spécial 3, pp.114-139. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ejrieps.4382⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02946469v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02953129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construire des savoir-faire perceptifs en apnée</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Developing perceptive know-how in Physical Education: analysis of the activity of students engaged in a learning sequence in step</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Paintendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Andrieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/sm.099.0035⟩</w:t>
+              <w:t xml:space="preserve">Activités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 16-1, pp.1-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/activites.4055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02946113v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02946469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Construire des savoir-faire perceptifs en apnée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Schirrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 1 (99), pp.35-46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sm.099.0035⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02946113v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sentir le vivant de son corps : trois degrés d’éveil de la conscience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terezinha Petrucia da Nobrega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Legendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Andrieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 117-118 (3), pp.39-57. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2274,2353 +2399,3061 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03449877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (24)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (30)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éduquer au minimalisme et à la sobriété heureuse par l'EPS ? Entre quête de décroissance pédagogique et connexion à l’environnement par le matériel</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le dessin comme outil sensible pour l’exploration des expériences corporelles en éducation physique : Approfondir la connexion à la nature avec le Friluftsliv</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Willy Hugedet</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Schnitzler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13ème Congrès international de la Société de sociologie du sport de langue française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Reims Champagne Ardenne, Jun 2025, Reims, France</w:t>
+              <w:t xml:space="preserve">Awarness Drawings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris cité, Feb 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05484551v1</w:t>
+                <w:t xml:space="preserve">hal-04961912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le dessin comme outil sensible pour l’exploration des expériences corporelles en éducation physique : Approfondir la connexion à la nature avec le Friluftsliv</w:t>
+                <w:t xml:space="preserve">Débats autour de la scolarisation du yoga : pratique de bien-être ou d’optimisation corporel(le) ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lisa Lefèvre</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Paintendre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Awarness Drawings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Paris cité, Feb 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">13ème Congrès international de la Société de sociologie du sport de langue française, Les marchandisations du sport : Dynamiques et modalités dans le champ des pratiques corporelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 3SLF, Jun 2025, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04961912v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The introduction of yoga in PE in France: an innovation? what are the controversies?</w:t>
+                <w:t xml:space="preserve">Place of sensibility and conceptions of the body and nature in Physical Education</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakon Engstu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Favier-Ambrosini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akira Kurashima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations dans les pratiques d’intervention en éducation physique et en sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ARIS, Jul 2024, Lausanne ( CH), Switzerland</w:t>
+              <w:t xml:space="preserve">Making waves: Transformative practices in Physical Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AIESEP, May 2025, Saint Petersburg (Florida), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04681611v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation professionnelle continue dans les activités d’écoute de soi : rapport au métier et processus d’appropriation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sentir l’invisible, se relier au monde : le potentiel écologique des fluides en EPS (l’exemple du vol libre)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Terré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ARIS 2024 du 8 au 11 juillet 2024 - Lausanne Innovations dans les pratiques d’intervention en éducation physique et en sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Haute Ecole Pedagogique Vaud - Lausanne - Suisse, Jul 2024, Lausanne (Suisse), France</w:t>
+              <w:t xml:space="preserve">6ème biennale de l’AEEPS : "une EPS qui contribue à la transformation durable de chacun·e"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AEEPS, Oct 2025, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04664034v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Première exploration en éducation comparée au Japon : pratiques et conceptions du corps en Éducation Physique</w:t>
+                <w:t xml:space="preserve">Friluftsliv in an international student program</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Schnitzler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakon Engstu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Troisièmes rencontres de l'association interdisciplinaire des ethnographies japonaises - Terrains japonais - 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INALCO, Mar 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Making waves: Transformative practices in Physical Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AIESEP, May 2025, saint petersburg (Florida), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531044v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enseignement du yoga et apprentissages sensoriels : exploration de l’expérience d’étudiants novices et construction du bien-être corporel. In Symposium Pratiques corporelles de bien-être à l’école : dispositifs, acteurs, expériences, territoires.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le potentiel écologique des fluides en EPS : apprentissages techniques et sensoriels en EPS ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Terré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème Colloque International en Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Montréal, France</w:t>
+              <w:t xml:space="preserve">Congrès international "Les enjeux des jeux"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRESCO, Santesih, Apsy-V, Dec 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03537717v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Méthodes Mixtes de Recherche (MMR) pour rendre compte de l'expérience sensible des pratiquant•es et leurs apprentissages sensoriels. Exemples en step, yoga et apnée</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aline Paintendre</w:t>
+                <w:t xml:space="preserve">Développer un lien sensible à l’environnement naturel proche par une forme scolaire de la randonnée en EPS : choix pédagogiques et expériences des élèves en collège REP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisenn Cherel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire d’émersiologie, Les Méthodes Mixtes de Recherche 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">6ème biennale de l’AEEPS, Une EPS qui contribue à la transformation durable de chacun·e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AEEPS, Oct 2025, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03872286v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Territoire corps et carte des sens : illustration par la pratique du yoga</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Éduquer au minimalisme et à la sobriété heureuse par l'EPS ? Entre quête de décroissance pédagogique et connexion à l’environnement par le matériel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Paintendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Gottsmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willy Hugedet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politiques et territoires en éducation et en formation : enjeux, débats et perspectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Inter AREF, Jun 2021, Nancy, France</w:t>
+              <w:t xml:space="preserve">13ème Congrès international de la Société de sociologie du sport de langue française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Reims Champagne Ardenne, Jun 2025, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03449327v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05484551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand territoires et État s’emparent de la cause des femmes : étude de cas autour de deux missions égalité-diversité de l’Université de Lyon1 et de Lorraine</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The introduction of yoga in PE in France: an innovation? what are the controversies?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Muriel Salle</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Paintendre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politiques et territoires en éducation et en formation : enjeux, débats et perspectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Colloque Inter-congrès AREF, Jun 2021, Nancy, France</w:t>
+              <w:t xml:space="preserve">Innovations dans les pratiques d’intervention en éducation physique et en sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ARIS, Jul 2024, Lausanne ( CH), Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03449421v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04681611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lycéen.nes, sportivité et orientation en STAPS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Ottogalli-Mazzacavallo</w:t>
+                <w:t xml:space="preserve">Formation professionnelle continue dans les activités d’écoute de soi : rapport au métier et processus d’appropriation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Paintendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'étude organisée par le SNEP-FSU</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">ARIS 2024 du 8 au 11 juillet 2024 - Lausanne Innovations dans les pratiques d’intervention en éducation physique et en sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Haute Ecole Pedagogique Vaud - Lausanne - Suisse, Jul 2024, Lausanne (Suisse), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03691910v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04664034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forme Scolaire de Pratique du yoga : analyse de l’activité des élèves et des connaissances construites</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Première exploration en éducation comparée au Japon : pratiques et conceptions du corps en Éducation Physique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Formes scolaires de pratique et formation des élèves. Quels enjeux pour l’EPS ? 4ème Biennale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AEEPS (Association pour l'Enseignement de l'Education Physique et Sportive), Oct 2021, Bobigny, France</w:t>
+              <w:t xml:space="preserve">Troisièmes rencontres de l'association interdisciplinaire des ethnographies japonaises - Terrains japonais - 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INALCO, Mar 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03449515v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Progresser en apnée dans un univers sensoriel inédit</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enseignement du yoga et apprentissages sensoriels : exploration de l’expérience d’étudiants novices et construction du bien-être corporel. In Symposium Pratiques corporelles de bien-être à l’école : dispositifs, acteurs, expériences, territoires.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Paintendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aline Paintendre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anthropologie des sens, du sensible et des sensibilités : enjeux et perspectives heuristiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Marie-Luce Gélard, Laboratoire CANTHEL, Dec 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">9ème Colloque International en Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Montréal, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03449730v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03537717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Building perceptual know-hows in Physical Education and Sport. Learning to listen to one’s body, toward a well-being and health education</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les Méthodes Mixtes de Recherche (MMR) pour rendre compte de l'expérience sensible des pratiquant•es et leurs apprentissages sensoriels. Exemples en step, yoga et apnée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Paintendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aline Paintendre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Building Bridges for Physical Activity and Sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AIESEP, Jun 2019, New-York, United States</w:t>
+              <w:t xml:space="preserve">Séminaire d’émersiologie, Les Méthodes Mixtes de Recherche 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02954331v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03872286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Building perceptual know-hows in Physical Education and Sport. Learning to listen to one's body, toward a well-being and health education.</w:t>
+                <w:t xml:space="preserve">Progresser en apnée dans un univers sensoriel inédit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Paintendre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Association Internationale des Écoles Supérieures d'Éducation Physique (AIESEP) World Congress, juin 2019, New-York</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, New York, United States</w:t>
+              <w:t xml:space="preserve">Anthropologie des sens, du sensible et des sensibilités : enjeux et perspectives heuristiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marie-Luce Gélard, Laboratoire CANTHEL, Dec 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03537729v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03449730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Favoriser la construction de compétences perceptives et sensibles en EPS et en sport. Pour une meilleure écoute de son corps, vers une éducation à la santé</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aline Paintendre</w:t>
+                <w:t xml:space="preserve">Quand territoires et État s’emparent de la cause des femmes : étude de cas autour de deux missions égalité-diversité de l’Université de Lyon1 et de Lorraine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Ottogalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Salle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème Congrès de l’ACAPS : Sport Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association des Chercheurs en Activités Physiques et Sportives, Oct 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Politiques et territoires en éducation et en formation : enjeux, débats et perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Colloque Inter-congrès AREF, Jun 2021, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03449557v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03449421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Favoriser la construction de compétences perceptives et sensibles en EPS et en sport.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Territoire corps et carte des sens : illustration par la pratique du yoga</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Paintendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sport-Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Politiques et territoires en éducation et en formation : enjeux, débats et perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Inter AREF, Jun 2021, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02954329v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03449327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les lycéen.nes et les STAPS : représentations de la filière et impact sur les choix d'orientation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Lycéen.nes, sportivité et orientation en STAPS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ottogalli-Mazzacavallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’Etude “La hauteur de nos 20 ans"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Université de Bobigny Paris 13, France</w:t>
+              <w:t xml:space="preserve">Journée d'étude organisée par le SNEP-FSU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02415405v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03691910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Favoriser la construction de savoir-faire perceptifs en EP et en sport. Vers une éducation à la santé et au bien-être</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Forme Scolaire de Pratique du yoga : analyse de l’activité des élèves et des connaissances construites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Paintendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’intervention dans les pratiques physiques, sportives et artistiques Responsabilités et stratégies des acteurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ARIS, Jun 2018, Lille, France</w:t>
+              <w:t xml:space="preserve">Formes scolaires de pratique et formation des élèves. Quels enjeux pour l’EPS ? 4ème Biennale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AEEPS (Association pour l'Enseignement de l'Education Physique et Sportive), Oct 2021, Bobigny, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02954337v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03449515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les lycéennes et les STAPS : étude des processus d'orientation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Building perceptual know-hows in Physical Education and Sport. Learning to listen to one’s body, toward a well-being and health education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Paintendre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’EPS et l’école de demain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Villejuif, France</w:t>
+              <w:t xml:space="preserve">Building Bridges for Physical Activity and Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AIESEP, Jun 2019, New-York, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02417945v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02954331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprentissages dans la CP5. A propos de la construction d’un « savoir-faire perceptif » en step</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Favoriser la construction de compétences perceptives et sensibles en EPS et en sport. Pour une meilleure écoute de son corps, vers une éducation à la santé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Paintendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aline Paintendre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pour que tous les élèves apprennent en EPS ! Quels repères et quels parcours de formation ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AEEPS, Oct 2017, Nancy, France</w:t>
+              <w:t xml:space="preserve">18ème Congrès de l’ACAPS : Sport Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association des Chercheurs en Activités Physiques et Sportives, Oct 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02954336v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03449557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le corps capacitaire des adolescents _ Illustration dans la compétence propre n°5 : du corps vivant au corps vécu, une illustration en step.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Building perceptual know-hows in Physical Education and Sport. Learning to listen to one's body, toward a well-being and health education.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Schirrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Paintendre</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Jean Zoro, AEEPS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Nanterre, France</w:t>
+              <w:t xml:space="preserve">Association Internationale des Écoles Supérieures d'Éducation Physique (AIESEP) World Congress, juin 2019, New-York</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, New York, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03537844v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03537729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesure et démesure en apnée sportive. L’expérience de la syncope</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Favoriser la construction de compétences perceptives et sensibles en EPS et en sport.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Paintendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">«Démesure»</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2e Congrès international de l’AFEA, Jun 2015, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Sport-Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02953234v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02954329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S'immerger en apnée : l'expérience subjective des états d'hypoxie et de la syncope</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les lycéen.nes et les STAPS : représentations de la filière et impact sur les choix d'orientation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Ottogalli-Mazzacavallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Corps Marins</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Anne-Sophie Sayeux, Jun 2014, Marseille, France</w:t>
+              <w:t xml:space="preserve">Journées d’Etude “La hauteur de nos 20 ans"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Université de Bobigny Paris 13, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03449652v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02415405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Favoriser la construction de savoir-faire perceptifs en EP et en sport. Vers une éducation à la santé et au bien-être</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Paintendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Schirrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’intervention dans les pratiques physiques, sportives et artistiques Responsabilités et stratégies des acteurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ARIS, Jun 2018, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02954337v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les lycéennes et les STAPS : étude des processus d'orientation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Ottogalli-Mazzacavallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Schirrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’EPS et l’école de demain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Villejuif, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02417945v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apprentissages dans la CP5. A propos de la construction d’un « savoir-faire perceptif » en step</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Schirrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Paintendre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour que tous les élèves apprennent en EPS ! Quels repères et quels parcours de formation ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AEEPS, Oct 2017, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02954336v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le corps capacitaire des adolescents _ Illustration dans la compétence propre n°5 : du corps vivant au corps vécu, une illustration en step.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Paintendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Schirrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée Jean Zoro, AEEPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Nanterre, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03537844v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mesure et démesure en apnée sportive. L’expérience de la syncope</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Schirrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Démesure»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2e Congrès international de l’AFEA, Jun 2015, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02953234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S'immerger en apnée : l'expérience subjective des états d'hypoxie et de la syncope</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Schirrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Corps Marins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Anne-Sophie Sayeux, Jun 2014, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03449652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les pratiques aquatiques à caractère sportif à La Réunion : acculturations et créolisations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le sport : de sa diffusion globale à ses pratiques locales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03449896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (3)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’utilisation et l’intégration du numérique dans les pratiques enseignantes en éducation physique et sportive.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">De la polyvalence motrice à la conscience écologique : l’ambition des sections sportives scolaires « pleine nature » et « montagne »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Le Bot</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Finance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Micheletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Saint-martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communication dans le cadre du congrès international francophone de l’Association pour la Recherche sur l’Intervention en Sport (ARIS) : innovations dans les pratiques d’intervention en éducation physique et en sport,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Lausanne ( CH), Suisse</w:t>
+              <w:t xml:space="preserve">Congrès international "Les enjeux des jeux"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05187087v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les émotions des élèves en EPS : Influence du soutien de l’enseignant lors d’une recherche action</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David-Horter Oscar</w:t>
+                <w:t xml:space="preserve">L’utilisation et l’intégration du numérique dans les pratiques enseignantes en éducation physique et sportive.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loane Thiriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Xolin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Le Bot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communication dans le cadre du congrès international francophone de l’Association pour la Recherche sur l’Intervention en Sport (ARIS) : innovations dans les pratiques d’intervention en éducation physique et en sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Lausanne ( CH), Switzerland</w:t>
+              <w:t xml:space="preserve">Communication dans le cadre du congrès international francophone de l’Association pour la Recherche sur l’Intervention en Sport (ARIS) : innovations dans les pratiques d’intervention en éducation physique et en sport,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Lausanne ( CH), Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05187103v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05187087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les émotions des élèves en EPS : Influence du soutien de l’enseignant lors d’une recherche action</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David-Horter Oscar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Schirrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communication dans le cadre du congrès international francophone de l’Association pour la Recherche sur l’Intervention en Sport (ARIS) : innovations dans les pratiques d’intervention en éducation physique et en sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Lausanne ( CH), Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05187103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Is there masculinization in the STAPS specialization ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Fontanini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cultures, Disciplines, Interactions : contextualiser la diversité dans le Monde des Activités Physiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Gosier, Guadeloupe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02954441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4630,1016 +5463,1102 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S'immerger en apnée: cultures motrices et symbolismes aquatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer-Gangnant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">l'Harmattan, 2015, 978-2-343-05764-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05276297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (11)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sentir l'invisible, se relier au monde : le potentiel écologique des fluides en EPS (l'exemple du vol libre)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Favoriser le bien-être corporel par un travail sur les ressentis : stratégies à court, moyen et long terme en EPS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Paintendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...27 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">AFRAPS. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Une EPS qui contribue à la transformation durable de chacun·e. Actes de la 6ème Biennale de l'AEEPS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.45-54, 2025</w:t>
+              <w:t xml:space="preserve">Le bien-être en EPS et dans les pratiques physiques, sportives et artistiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.91-103, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05355722v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développer un lien sensible à l’environnement naturel proche par une forme scolaire de la randonnée en EPS : choix pédagogiques et expériences des élèves en collège REP</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sentir l'invisible, se relier au monde : le potentiel écologique des fluides en EPS (l'exemple du vol libre)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Terré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Une EPS qui contribue à la transformation durable de chacun·e. Actes de la 6ème biennale de l’AEEPS.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.36-44, 2025</w:t>
+              <w:t xml:space="preserve">Une EPS qui contribue à la transformation durable de chacun·e. Actes de la 6ème Biennale de l'AEEPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.45-54, 2025, 978-2-902568-78-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05355725v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05355722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De possibles vertus des émotions dans l’activité de recherche. Le cas des entretiens en resitu subjectif (RSS)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Développer un lien sensible à l’environnement naturel proche par une forme scolaire de la randonnée en EPS : choix pédagogiques et expériences des élèves en collège REP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisenn Cherel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniel Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le chercheur en activités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 979-10-91901-41-3</w:t>
+              <w:t xml:space="preserve">Une EPS qui contribue à la transformation durable de chacun·e. Actes de la 6ème biennale de l’AEEPS.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.36-44, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03441467v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05355725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The emersion of blackout in freediving</w:t>
+                <w:t xml:space="preserve">De possibles vertus des émotions dans l’activité de recherche. Le cas des entretiens en resitu subjectif (RSS)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Body Ecology and Emersive Leisure</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le chercheur en activités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 979-10-91901-41-3</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02944761v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03441467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprentissages dans la CP5. A propos de la construction d’un « savoir-faire perceptif » en step</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The emersion of blackout in freediving</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pour que tous les élèves apprennent en EPS ! Quels repères et quels parcours de formation ?</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Body Ecology and Emersive Leisure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, Routledge, pp.203-215, 2018, Ethics and Sport, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9780203704059-19⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02953174v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02944761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport au corps et savoir-faire perceptif dans les activités physiques et sportives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Apprentissages dans la CP5. A propos de la construction d’un « savoir-faire perceptif » en step</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Paintendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">AFRAPS. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">AEEPS. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rapport au corps, genre et réussite en EPS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.275-290, 2017, 978-2-910448-24-0</w:t>
+              <w:t xml:space="preserve">Pour que tous les élèves apprennent en EPS ! Quels repères et quels parcours de formation ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 3, pp.179-183, 2017, Dossier Enseigner l’EPS, 978-2-902568-36-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02945940v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02953174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des femmes et des hommes poissons ? Usages et symboliques de la monopalme en apnée</w:t>
-[...16 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rapport au corps et savoir-faire perceptif dans les activités physiques et sportives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Schirrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Paintendre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">AFRAPS. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">S'immerger en apnée: cultures motrices et symbolismes aquatiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, l'Harmattan, 2015, 978-2-343-05764-4</w:t>
+              <w:t xml:space="preserve">Rapport au corps, genre et réussite en EPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.275-290, 2017, 978-2-910448-24-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05275428v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02945940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des femmes et des hommes poissons ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">S'immerger en apnée : cultures motrices et symbolismes aquatiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Harmattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.87-104, 2015, Mouvements des savoirs, 978-2-343-05764-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01442514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Immersion en apnée : Cultures motrices et symbolismes aquatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">S'immerger en apnée. Cultures motrices et symbolismes aquatiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, pp.19-46, 2015, Mouvement des savoirs, 978-2-343-05764-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02954327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apnée</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mary Schirrer</w:t>
+                <w:t xml:space="preserve">Des femmes et des hommes poissons ? Usages et symboliques de la monopalme en apnée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Schirrer-Gangnant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vocabulaire International de Philosophie du Sport</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.213-232, 2015, 9782336392905</w:t>
+              <w:t xml:space="preserve">S'immerger en apnée: cultures motrices et symbolismes aquatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, l'Harmattan, 2015, 978-2-343-05764-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02954433v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05275428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apnée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Schirrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vocabulaire International de Philosophie du Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.213-232, 2015, 9782336392905</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02954433v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les pratiques aquatiques à caractère sportif à La Réunion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le sport : diffusion globale et pratiques locales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Collection Local &amp; Global, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Harmattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Le sport. Diffusion globale &amp; pratiques locales, 978-2-343-03361-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01442487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5649,135 +6568,135 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genre, sportivité et orientation en STAPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ottogalli-Mazzacavallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Fol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Université Lyon 1, Université de Lorraine, Centre EPS&amp;Société. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03449801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId127"/>
+      <w:footerReference w:type="default" r:id="rId138"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5924,51 +6843,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523482v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Schirrer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Aubin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Finance" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheletti Fran&#231;ois" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Saint-martin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419299v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Lef&#232;vre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schnitzler" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakon Engstu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/aee.2025.8" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05361230v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Paintendre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Gottsmann" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Quidu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Favier-Ambrosini" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Terr&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05220325v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ottogalli-Mazzacavallo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Fol" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.025.0063" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353113v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lancelev&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lebreton" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17511321.2025.2585490" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282820v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04531027v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04530716v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.15349" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04530712v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Doga" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Salam&#233;ro" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.15317" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014369v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Visioli" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04417553v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Agostinucci" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lin&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Jacquot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Vincent" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmna Manis" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17511321.2023.2279144" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451912v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Andrieu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04006554v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2022022" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-69590J1S-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03719190v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ejrieps.8222" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02953129v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole S&#232;ve" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ejrieps.4382" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02946469v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.4055" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02946113v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sm.099.0035" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02946109v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terezinha Petrucia da Nobrega" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Legendre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.117.0039" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01429696v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Schmitt" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.014.0249" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03449849v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03449877v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05484551v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Hugedet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961912v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04681611v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04664034v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04531044v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03537717v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03872286v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03449327v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03449421v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ottogalli" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Salle" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03691910v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03449515v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03449730v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02954331v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03537729v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03449557v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02954329v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02415405v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02954337v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02417945v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02954336v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03537844v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02953234v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03449652v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03449896v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187087v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loane Thiriet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Xolin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Le Bot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187103v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David-Horter Oscar" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02954441v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fontanini" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05276297v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Schirrer-Gangnant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05355722v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05355725v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisenn Cherel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03441467v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02944761v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780203704059-19" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02953174v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02945940v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05275428v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01442514v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=46393" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02954327v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02954433v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=48373" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01442487v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=article&amp;amp;no=28351" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03449801v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523482v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Schirrer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Aubin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Finance" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheletti Fran&#231;ois" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Saint-martin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282820v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schnitzler" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Lef&#232;vre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05361230v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Paintendre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Gottsmann" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Quidu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Favier-Ambrosini" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Visioli" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05220325v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ottogalli-Mazzacavallo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Fol" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.025.0063" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419299v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakon Engstu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/aee.2025.8" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353113v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lancelev&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lebreton" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17511321.2025.2585490" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557197v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04530712v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Doga" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Salam&#233;ro" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.15317" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04531027v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04530716v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.15349" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451912v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Andrieu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Vincent" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014369v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04417553v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Agostinucci" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lin&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Jacquot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmna Manis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17511321.2023.2279144" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04006554v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2022022" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-69590J1S-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03719190v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ejrieps.8222" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02953129v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole S&#232;ve" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ejrieps.4382" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02946469v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.4055" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02946113v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sm.099.0035" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02946109v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terezinha Petrucia da Nobrega" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Legendre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.117.0039" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01429696v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Schmitt" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.014.0249" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03449849v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03449877v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961912v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05558653v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05558621v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira Kurashima" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Le Bot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05558669v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Terr&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05558649v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05558674v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05558670v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisenn Cherel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05484551v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Hugedet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04681611v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04664034v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04531044v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03537717v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03872286v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03449730v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03449421v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ottogalli" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Salle" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03449327v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03691910v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03449515v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02954331v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03449557v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03537729v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02954329v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02415405v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02954337v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02417945v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02954336v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03537844v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02953234v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03449652v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03449896v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05558671v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Micheletti" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187087v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loane Thiriet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Xolin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187103v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David-Horter Oscar" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02954441v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fontanini" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05276297v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Schirrer-Gangnant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05558613v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05355722v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05355725v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03441467v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02944761v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780203704059-19" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02953174v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02945940v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01442514v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=46393" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02954327v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05275428v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02954433v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=48373" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01442487v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=article&amp;amp;no=28351" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03449801v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>