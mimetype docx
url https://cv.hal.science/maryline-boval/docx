--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -7743,256 +7743,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02684058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence du parcage nocturne et du fractionnement de la surface à pâturer sur l'ingestion chez les génisses créoles conduites à l'attache</w:t>
+                <w:t xml:space="preserve">Évaluation d'indicateurs fécaux pour prédire la digestibilité et les quantités ingérées de Dichanthium sp. par des bovins créoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Boval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis J.-L. Peyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Xandé</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Aumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ode Coppry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de zootechnie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1996, 45 (3), pp.219-231. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 1996, 45 (2), pp.121-134</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02692445v1</w:t>
+                <w:t xml:space="preserve">hal-02694934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation d'indicateurs fécaux pour prédire la digestibilité et les quantités ingérées de Dichanthium sp. par des bovins créoles</w:t>
+                <w:t xml:space="preserve">Influence du parcage nocturne et du fractionnement de la surface à pâturer sur l'ingestion chez les génisses créoles conduites à l'attache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Boval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis J.-L. Peyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Xandé</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de zootechnie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1996, 45 (2), pp.121-134</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 1996, 45 (3), pp.219-231. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/animres:19960302⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02694934v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02692445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence du parcage nocturne et du fractionnement de la surface à pâturer sur l'ingestion chez les génisses créoles conduites à l'attache</w:t>
               </w:r>
@@ -17170,132 +17170,136 @@
                 <w:t xml:space="preserve">Use and misuse of meta-analysis in Animal Science</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M P Letourneau-Montminy</w:t>
+                <w:t xml:space="preserve">M.-P Létourneau-Montminy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Schmidely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Boval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Loncke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02181827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingestive behaviour of grazing ruminants: meta-analysis of the components linking bite mass to daily intake</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Boval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -17304,51 +17308,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04485589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17358,213 +17362,213 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volet &amp;quot;écosystèmes agricoles&amp;quot; de l’Évaluation Française des Écosystèmes et des Services Écosystémiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Therond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Therond</w:t>
+                <w:t xml:space="preserve">Muriel Tichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Tichit</w:t>
+                <w:t xml:space="preserve">Anaïs Tibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Tibi</w:t>
+                <w:t xml:space="preserve">Francesco Accatino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco Accatino</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Luc Biju-Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] INRA. 2017, pp.966</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02791232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison du Pangola (Digitaria decumbens) et du Stargrass (Cynodon nlemfluensis) exploités par des ovins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Boval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Stage] Université Montpellier 2 (Sciences et Techniques) (UM2), Montpellier, FRA. 1989, 37 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02856438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17574,295 +17578,295 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biens produits par l'écosystème</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Therond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Therond</w:t>
+                <w:t xml:space="preserve">Muriel Tichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Tichit</w:t>
+                <w:t xml:space="preserve">Anaïs Tibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Tibi</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Francesco Accatino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Biju‐duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DEPE; Etude_9-EFESE-Agri. Partie III Chapitre 10. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre de rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02791226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Services culturels et récréatifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Therond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Therond</w:t>
+                <w:t xml:space="preserve">Muriel Tichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Tichit</w:t>
+                <w:t xml:space="preserve">Anaïs Tibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Tibi</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Francesco Accatino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Biju‐duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">DEPE; Etude_9-EFESE-Agri. Partie III Chapitre 9. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre de rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId394" w:history="1">
-              <w:r>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02791448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">l'association d'ovins et de bovins sur prairies irriguées en Martinique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Mahieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -17914,51 +17918,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Archimède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">"Chantier qualité spécifique "Auteurs Externes" département de Génétique animale : uniquement liaison auteur au référentiel HR-Access ". 1997</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre de rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02842436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17968,100 +17972,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La conduite à l'attache de bovins créoles - étude des quantités ingérées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Boval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université Pierre et Marie Curie - Paris 6, 1994. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02850706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18071,105 +18075,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'alimentation au pâturage des ruminants en zone tropicale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Boval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université des Antilles et de la Guyane, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02822219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId400"/>
+      <w:footerReference w:type="default" r:id="rId399"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -18237,51 +18241,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2F2123F7"/>
+    <w:nsid w:val="491C985C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18468,51 +18472,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maryline-boval" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1247-8856" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/140219161" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04627327v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Boval" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Robert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sauvant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.110488" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03439330v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2021.115014" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03016921v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Letourneau-Montminy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schmidely" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Loncke" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1751731120001688" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172496v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2019.03.002" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627262v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Giorgi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Godard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fritz Mounoussamy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madly Moutoussamy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mulciba" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367871v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Angeon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Rudel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-016-0806-5" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632301v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rudel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oh-Jung Kwon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birthe Paul" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idupulapati Rao" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/land5010006" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409339v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fav&#233;rial" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Sierra" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2016.09.057" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635401v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas K. Rudel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Birthe" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas White" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.M. Rao" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rein van Der Hoek" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-015-0676-2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356569v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Edouard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Naves" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2015.28.4.3036" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222900v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine d'Alexis" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Arquet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/zegq-n974" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173670v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731114003279" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136289v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine d'Alexis" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0021859613000622" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631073v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge J. Sierra" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Loranger-Merciris" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucienne Desfontaines" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/SR14034" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173627v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Agastin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas2013-7102" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136292v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred P&#233;riacarpin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Jackson" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731114001542" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135188v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ode Coppry" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/an14542" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646763v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Farant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bocage" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2012-5999" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647294v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/SR13031" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642845v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/s75p-as61" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222189v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Alexandre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643224v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fanchone" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Archim&#232;de" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Delagarde" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S175173111100259X" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649430v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my R. Arquet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fleury" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Troup&#233;" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646201v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Mahieu" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Kandassamy" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652102v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mandonnet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1751731112000523" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645200v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644659v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jackson" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2011.08.030" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VBTD5C8B-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647547v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. Dixon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731112000304" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642737v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Ozier Lafontaine" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chave" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Grandisson" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/5ch3-k266" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749701v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Xande" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gourdine" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/8ffd-8k83" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642513v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste J. B. Coulon" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lecomte" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Perez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747253v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/n6yp-pr62" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647800v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguy Eug&#232;ne" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Marie-Magdeleine" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Martin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2011.04.003" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000774v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis D. Bastianelli" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Tran" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661945v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040470010001330" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659773v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ortega-Jimenez" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0021859610000298" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/DD2A47B0E93F4D5189B9D642784CB7871FC34A55/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668628v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Baumont" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2010.03.002" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BSNV2F73-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658656v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien L. Philibert" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bordes" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2010.04.006" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LGD2Z3K1-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662006v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia L. Limea" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668311v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2007-0817" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659678v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2009.03.056" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D0SDV3QW-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173472v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Assoumaya" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pommier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;riuse Brigitte Calif" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659640v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Garcia" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2009-1834" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664584v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis J. L. Weisbecker" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Saminadin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5713/ajas.2007.914" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660195v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Gibb" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2494.2007.00560.x" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-25L6THHG-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661289v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1255/jnirs.720" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660411v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Cruz" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Duru" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2006.05.012" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B5DR0GVC-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186782v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Xand&#233;" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Poncet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5713/ajas.2007.925" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00890007v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eusebio Ortega-Jimenez" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671380v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:2005039" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675560v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.smallrumres.2005.05.007" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L89K718W-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677671v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0021859603003265" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A2A1FFD3902075B0032C2EF080CAFE1617253111/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674732v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lecomte" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680238v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Coates" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Decruyenaere" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2003.12.009" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-029X0N6R-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672928v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Ledet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680065v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Aumont" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698164v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693472v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis J.-L. Peyraud" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.D. Penning" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692673v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Poncet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nipeau" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690782v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Nipeau" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696402v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Michaux" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684058v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692445v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:19960302" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694934v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889555v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl Peyraud" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Xand&#233;" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889547v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Xande" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Aumont" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Coppry" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889500v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mahieu" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Alexandre" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Fesneau" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889103v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Copry" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889108v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Jouanneau" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Feuillet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705870v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04480006v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2023.04.038" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04479806v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04483728v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735680v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonneau" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chapuis" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Fleurance" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193902v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Giger-Reverdin" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481366v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962012v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356577v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Noziere" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peyraud" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Agabriel" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743876v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745131v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810156v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601944v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Rodriguez" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bastianelli" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209236v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Wilfart-Monziols" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Aubin" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806169v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Bambou" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746542v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745404v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756647v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757701v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173419v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756425v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753894v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lecompte" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826588v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827028v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829226v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758623v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832631v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763122v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis R. Tournebize" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761767v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761834v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763481v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828688v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bassien-Capsa" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Z&#233;bus" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762650v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Borel" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761435v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832748v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766365v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834802v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pierre" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765441v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842749v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Ledet" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766535v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Tournebize" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Brisson" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836540v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767456v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840909v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842195v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Depr&#232;s" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ajournin" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768738v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guignard" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Calif" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773594v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Fesneau" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849912v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jouanneau" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849914v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02852318v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meuret" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02845453v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786835v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angebert N&#233;pos" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461117v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Wilfart" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mathieu" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137045v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Blanfort" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Stahl" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Klumpp" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fontaine" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Picon-Cochard" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594907v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Decruyenaere" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Fernandez Pierna" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dardenne" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210370v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Boudon" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees3r.fr/spip.php?article3475" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958460v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173634v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958462v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755178v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/43432.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755105v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/266522" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-04089451v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine D&#8217;alexis" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Simphor" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832896v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Caspsa-Bassien" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Zebus" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828818v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832351v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05293337v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Heuz&#233;" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Thiollet" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tran" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5704543715167085E12" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129910v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Searchinger" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Hanson" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Ranganathan" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Lipinski" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Waite" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wri.org/publication/creating-sustainable-food-future-interim-findings" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823495v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Garcia" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Renaudeau" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928143v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928141v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-292-4" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02198120v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788411v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785452v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Maxin" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lebas" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.feedipedia.org/node/484" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799629v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert R. Falcimagne" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Burban" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801308v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Bellon" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/life+sciences/agriculture/book/978-3-319-06015-6" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-06016-3_6" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836457v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181827v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M P Letourneau-Montminy" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J B Daniel" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04485589v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791232v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Tichit" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tibi" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Accatino" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju-Duval" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02856438v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791226v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju&#8208;duval" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791448v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842436v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02850706v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02822219v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maryline-boval" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1247-8856" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/140219161" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04627327v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Boval" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Robert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sauvant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.110488" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03439330v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2021.115014" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03016921v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Letourneau-Montminy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schmidely" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Loncke" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1751731120001688" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172496v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2019.03.002" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627262v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Giorgi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Godard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fritz Mounoussamy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madly Moutoussamy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mulciba" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367871v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Angeon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Rudel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-016-0806-5" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632301v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rudel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oh-Jung Kwon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birthe Paul" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idupulapati Rao" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/land5010006" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409339v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fav&#233;rial" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Sierra" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2016.09.057" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635401v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas K. Rudel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Birthe" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas White" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.M. Rao" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rein van Der Hoek" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-015-0676-2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356569v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Edouard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Naves" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2015.28.4.3036" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222900v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine d'Alexis" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Arquet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/zegq-n974" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173670v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731114003279" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136289v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine d'Alexis" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0021859613000622" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631073v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge J. Sierra" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Loranger-Merciris" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucienne Desfontaines" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/SR14034" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173627v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Agastin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas2013-7102" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136292v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred P&#233;riacarpin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Jackson" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731114001542" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135188v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ode Coppry" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/an14542" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646763v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Farant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bocage" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2012-5999" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647294v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/SR13031" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642845v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/s75p-as61" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222189v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Alexandre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643224v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fanchone" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Archim&#232;de" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Delagarde" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S175173111100259X" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649430v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my R. Arquet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fleury" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Troup&#233;" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646201v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Mahieu" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Kandassamy" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652102v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mandonnet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1751731112000523" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645200v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644659v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jackson" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2011.08.030" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VBTD5C8B-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647547v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. Dixon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731112000304" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642737v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Ozier Lafontaine" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chave" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Grandisson" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/5ch3-k266" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749701v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Xande" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gourdine" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/8ffd-8k83" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642513v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste J. B. Coulon" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lecomte" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Perez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747253v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/n6yp-pr62" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647800v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguy Eug&#232;ne" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Marie-Magdeleine" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Martin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2011.04.003" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000774v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis D. Bastianelli" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Tran" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661945v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040470010001330" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659773v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ortega-Jimenez" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0021859610000298" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/DD2A47B0E93F4D5189B9D642784CB7871FC34A55/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668628v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Baumont" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2010.03.002" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BSNV2F73-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658656v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien L. Philibert" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bordes" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2010.04.006" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LGD2Z3K1-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662006v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia L. Limea" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668311v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2007-0817" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659678v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2009.03.056" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D0SDV3QW-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173472v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Assoumaya" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pommier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;riuse Brigitte Calif" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659640v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Garcia" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2009-1834" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664584v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis J. L. Weisbecker" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Saminadin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5713/ajas.2007.914" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660195v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Gibb" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2494.2007.00560.x" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-25L6THHG-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661289v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1255/jnirs.720" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660411v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Cruz" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Duru" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2006.05.012" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B5DR0GVC-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186782v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Xand&#233;" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Poncet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5713/ajas.2007.925" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00890007v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eusebio Ortega-Jimenez" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671380v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:2005039" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675560v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.smallrumres.2005.05.007" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L89K718W-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677671v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0021859603003265" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A2A1FFD3902075B0032C2EF080CAFE1617253111/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674732v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lecomte" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680238v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Coates" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Decruyenaere" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2003.12.009" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-029X0N6R-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672928v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Ledet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680065v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Aumont" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698164v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693472v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis J.-L. Peyraud" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.D. Penning" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692673v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Poncet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nipeau" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690782v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Nipeau" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696402v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Michaux" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684058v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694934v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692445v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:19960302" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889555v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl Peyraud" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Xand&#233;" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889547v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Xande" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Aumont" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Coppry" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889500v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mahieu" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Alexandre" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Fesneau" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889103v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Copry" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889108v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Jouanneau" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Feuillet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705870v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04480006v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2023.04.038" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04479806v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04483728v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735680v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonneau" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chapuis" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Fleurance" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193902v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Giger-Reverdin" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481366v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962012v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356577v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Noziere" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peyraud" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Agabriel" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743876v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745131v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810156v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601944v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Rodriguez" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bastianelli" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209236v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Wilfart-Monziols" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Aubin" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806169v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Bambou" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746542v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745404v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756647v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757701v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173419v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756425v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753894v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lecompte" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826588v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827028v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829226v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758623v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832631v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763122v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis R. Tournebize" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761767v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761834v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763481v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828688v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bassien-Capsa" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Z&#233;bus" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762650v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Borel" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761435v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832748v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766365v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834802v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pierre" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765441v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842749v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Ledet" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766535v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Tournebize" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Brisson" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836540v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767456v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840909v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842195v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Depr&#232;s" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ajournin" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768738v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guignard" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Calif" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773594v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Fesneau" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849912v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jouanneau" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849914v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02852318v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meuret" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02845453v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786835v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angebert N&#233;pos" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461117v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Wilfart" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mathieu" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137045v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Blanfort" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Stahl" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Klumpp" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fontaine" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Picon-Cochard" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594907v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Decruyenaere" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Fernandez Pierna" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dardenne" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210370v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Boudon" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees3r.fr/spip.php?article3475" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958460v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173634v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958462v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755178v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/43432.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755105v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/266522" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-04089451v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine D&#8217;alexis" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Simphor" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832896v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Caspsa-Bassien" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Zebus" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828818v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832351v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05293337v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Heuz&#233;" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Thiollet" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tran" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5704543715167085E12" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129910v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Searchinger" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Hanson" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Ranganathan" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Lipinski" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Waite" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wri.org/publication/creating-sustainable-food-future-interim-findings" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823495v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Garcia" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Renaudeau" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928143v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928141v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-292-4" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02198120v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788411v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785452v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Maxin" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lebas" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.feedipedia.org/node/484" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799629v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert R. Falcimagne" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Burban" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801308v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Bellon" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/life+sciences/agriculture/book/978-3-319-06015-6" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-06016-3_6" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836457v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181827v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-P L&#233;tourneau-Montminy" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04485589v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791232v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Tichit" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tibi" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Accatino" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju-Duval" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02856438v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791226v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju&#8208;duval" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791448v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842436v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02850706v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02822219v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>