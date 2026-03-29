--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Maryline HOUSSIN </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Responsable Unité AquacultureResponsable Unité Sécurité AlimentairePôle RECHERCHE /Axes Littoral et Santé Publique | LABÉOChercheure associée Equipe BOREA (MNHN, CNRS 8607, SU, IRD 207, UA)Université de CAEN Normandie</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">maryline-houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expériences professionnelles</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis 2006 : Responsable des Unités Aquaculture et sécurité alimentaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LABEO, associéée à l'équipe BOREA (MNHN, CNRS 8067, IRD 207, UCN, SU, UA) de l'Université de Caen et -Suppléante des Services Microbiologie Environnement et Alimentation et histologie des bivalves</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis 2004 à 2006 : Chargée de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADRIA NORMANDIE,</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">De 1999 à 2003 : Doctorat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Doctorat en Recherche Clinique, Innovation Technologie, Santé, Université de Caen</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités de recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2010: Activités de recherche au sein de l’unité BOREADe 2008 à aujourd’hui : Conception et réalisation de nouveaux programmes de recherche : sur les mortalités de naissains d’huitres, sur les mortalités des moules et en pisciculture.Recherche de financements (Européen (H2020 en 2015), nationaux (ANR en 2009), régionaux (RIN, CENOPAC, synergie partenariales, prestations…Mise en place de collaborations scientifiques en France (SMEL, Universités (Reims, Montpellier), IFREMER (La Tremblade) à l’international :  (Univ. Bologne (Italie), Univ. Liège (Belgique), Wageningen Bioveterinary Research (Pays Bas), Univ. Sidney (Australie), Fisheries and Oceans (Canada), Univ. Tokyo (Japon), Univ. Rudgers (E.U))</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Interaction avec les filières (montages de nombreux projets et propositions de prestations de nouveaux outils développés dans le domaine de l’environnement et de l’alimentation)</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités d’enseignement</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Animatrice de formation à la faculté de pharmacie, Université de Caen.Diagnose des œufs d’helminthes parasites dans les boues résiduaires, (20 techniciens) 2002Transfert de la technique « Triple Flottation », (groupes de 5 techniciens) 2000-2002Enseignement réalisé à l’UCBN 2015-2016 ESIX agro–alimentaire de Caen. Réglementation sanitaire et qualité des produits de la mer : aspects microbiologiques et les suivis physico-chimiques</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Principales responsabilités</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsabilités au sein d’unité de recherche :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2010 encadrement de doctorant</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsabilités administratives et fonctions électives :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2006 : Membre de la Commission T90E (détection des légionelles par PCR)Membre des Bureaux techniques de validation ‘AFAQ AFNOR CERTIFICATION’ dans le domaine de la microbiologie alimentaire (2006-2015) et de la microbiologie des eaux (depuis 2006)De 2006 à 2015 Membre des Bureaux techniques de validation ‘AFAQ AFNOR CERTIFICATION’ dans le domaine de la microbiologie des eauxDe 2010 à 2011 : Membre d’un groupe d’expertise française missionné par l’Anses sur le phénomène de mortalité anormale d’huîtres creusesReprésentante française du groupe d’expertise Européen (EFSA) sur le phénomène de mortalité anormale d’huîtres creuses</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autres activités :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2006 : Management d’une équipe d’assistants RD&I (3) et de stagiaires Universitaires (de Bac +2 à post doctorant)Rapporteur de thèses en France et à l’étrangerReviewer de publications internationales</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">** Formations**</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">** 2016 : Habilité à Diriger des Recherches ** (Université de Caen)** 2003 : Doctorat en en Recherche Clinique, Innovation Technologie, Santé ** (Université de Caen)** 1997: DEA Microbiologie de l’Environnement ** (Université de Caen)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (43)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotypical and Genomic Characterization of the Mollusk Pathogen Francisella halioticida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Quesnelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Goux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐louis Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MicrobiologyOpen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 14 (6), pp.e70172. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mbo3.70172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05388653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of strains in development of francisellosis in the blue mussel Mytilus edulis during experimental challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Quesnelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 36, pp.102135. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aqrep.2024.102135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04578901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First isolation of Francisella halioticida strains from blue mussel (Mytilus edulis) in Normandy, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Quesnelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Barozet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Goux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Invertebrate Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.107950. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jip.2023.107950⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04149187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SARS-CoV-2 RNA isolation method from sewage sludge, application in field samples and comparison with bacteriophage loads</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Quesnelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of environmental treatment techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (4), pp.235-241. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.47277/JETT/10(4)241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity and molecular epidemiology of Ostreid herpesvirus 1 in farmed Crassostrea gigas in Australia: Geographic clusters and implications for &amp;quot;microvariants&amp;quot; in global mortality events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Tweedie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Hick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Virus Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 323, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.virusres.2022.198994⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04032451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevalence and polymorphism of a mussel transmissible cancer in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurine Hammel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Arbiol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Villalba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 31 (3), pp.736-751. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/mec.16052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03335752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of the protistan parasite, Haplosporidium costale in Crassostrea gigas oysters from the French coast: A retrospective study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Cherif-Feildel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Lagy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Quesnelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Invertebrate Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 195, pp.107831. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jip.2022.107831⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03834632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traits of a mussel transmissible cancer are reminiscent of a parasitic life style</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurine Hammel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bierne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Charrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (1), pp.24110. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-03598-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03498948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a semi‐quantitative PCR assay for the detection of Francisella halioticida and its application to field samples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Quesnelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Glais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fish Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 44 (8), pp.1169-1177. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jfd.13377⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03351628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intense hemocyte infiltration in gonadal tubules of ripe triploid Pacific oyster Crassostrea gigas (Thunberg, 1793): Correlation with mortality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Denéchère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 524, pp.735282. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2020.735282⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03400439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First detection of Francisella halioticida in mussels Mytilus spp. experiencing mortalities in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Villalba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gary Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Lagy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diseases of Aquatic Organisms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 140, pp.203-208. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3354/dao03505⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02987893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High mortality of mussels in northern Brittany – Evaluation of the involvement of pathogens, pathological conditions and pollutants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismaël Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Villalba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Invertebrate Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 170, pp.107308. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jip.2019.107308⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abnormal mortality of triploid adult Pacific oysters: Is there a correlation with high gametogenesis in Normandy, France?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Denéchère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 505, pp.63-71. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2019.02.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03400414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental infection of Mytilus edulis by two Vibrio splendidus ‐related strains: Determination of pathogenicity level of strains and influence of the origin and annual cycle of mussels on their sensitivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fish Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 43 (1), pp.9-21. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jfd.13094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02987868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of various approaches to study the prevalence, incidence and progression of disseminated neoplasia in mussel stocks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Invertebrate Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 168, pp.107271. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jip.2019.107271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02404031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring First Interactions Between Ostreid Herpesvirus 1 (OsHV-1) and Its Host, Crassostrea gigas: Effects of Specific Antiviral Antibodies and Dextran Sulfate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Faury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Morga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Degremont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2019.01128⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03401880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A single clonal lineage of transmissible cancer identified in two marine mussel species in South America and Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marisa A Yonemitsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachael M Giersch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Polo-Prieto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurine Hammel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">eLife</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 8, pp.e47788. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7554/eLife.47788⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a Taqman® Real-Time PCR for the rapid discrimination of the Vibrio splendidus species among the Splendidus clade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Hugues Pitel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 491, pp.101-104. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2018.03.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03401898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel divergent group of Ostreid herpesvirus 1 μVar variants associated with a mortality event in Pacific oyster spat in Normandy (France) in 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Varello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Lavazza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Bozzetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marino Prearo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fish Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 41 (11), pp.1759 - 1769. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jfd.12883⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03400584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First description of a mortality event in adult Pacific oysters in Italy associated with infection by a Tenacibaculum soleae strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Varello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Bozzetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Gorla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fish Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 41 (2), pp.215-221. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jfd.12698⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03401946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complete genome sequence of Ostreid herpesvirus type 1 µVar isolated during mortality events in the Pacific oyster Crassostrea gigas in France and Ireland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Prearo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 509, pp.239-251. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.virol.2017.06.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03401975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haemocytes collected from experimentally infected Pacific oysters, Crassostrea gigas: Detection of ostreid herpesvirus 1 DNA, RNA, and proteins in relation with inhibition of apoptosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Gervais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12 (5), pp.e0177448. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0177448⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a qRT-PCR method to assess the viability of Giardia intestinalis cysts, Cryptosporidium spp. and Toxoplasma gondii oocysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Travaillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie La Carbona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Gargala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 59, pp.359-365. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodcont.2015.06.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03128951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous detection of the protozoan parasites Toxoplasma, Cryptosporidium and Giardia in food matrices and their persistence on basil leaves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Hohweyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cazeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Travaillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Languet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Dumètre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 57, pp.36-44. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fm.2016.01.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02317870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In situ localization and tissue distribution of ostreid herpesvirus 1 proteins in infected Pacific oyster, Crassostrea gigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Segarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laury Baillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Faury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Invertebrate Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 136, pp.124-135. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jip.2016.04.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilocus sequence analysis of Vibrio splendidus related-strains isolated from blue mussel Mytilus sp. during mortality events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Hugues Pitel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 464, pp.420-427. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2016.07.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ostreid herpesvirus type 1 genomic diversity in wild populations of Pacific oyster Crassostrea gigas from Italian coasts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Prearo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.V. Riina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Bona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.L. Fioravanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Invertebrate Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 137, pp.71-83. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jip.2016.05.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of undescribed ostreid herpesvirus 1 (OsHV-1) specimens from Pacific oyster, Crassostrea gigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Lethuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Fourour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Invertebrate Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 132, pp.182-189. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jip.2015.10.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virulence of Ostreid herpesvirus 1 μVar in sea water at 16 °C and 25 °C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Denéchère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Metayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 439, pp.1-6. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2015.01.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome exploration of six variants of the Ostreid Herpesvirus 1 and characterization of large deletion in OsHV-1μVar specimens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Travaillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Lethuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lelong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Virus Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 178 (2), pp.462-470. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.virusres.2013.08.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of the OsHV-1 μVar in the Pacific oyster Crassostrea gigas before 2008 in France and description of two new microvariants of the Ostreid Herpesvirus 1 (OsHV-1)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Fourour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Jouaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Travaillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 338-341, pp.293-296. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2011.12.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04777367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proteomic expression of microfungal ripening starter Geotrichum candidum submitted to cold stress is strain-dependent: studies using 2d-dige technology and samespots software analysis.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghalia Missous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouachanh Thammavongs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Dieuleveux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cryo Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 33 (4), pp.289-98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02297055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DNA adduct variations in non-smoking crop farmers: Potential relationship with occupational exposure to pesticides?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gallois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Pottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Andre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Toxicology and Pharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 32 (1), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.etap.2010.12.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of ostreid herpesvirus 1 (OsHV-1) in Crassostrea gigas by real-time PCR: Determination of a viral load threshold to prevent summer mortalities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Berthaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Travaillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Malas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 317 (1-4), pp.27-31. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2011.04.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of different variants of Ostreid Herpesvirus 1 in the Pacific oyster, Crassostrea gigas between 2008 and 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Travaillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Malas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Virus Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 160 (1-2), pp.25-31. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.virusres.2011.04.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04226736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of two real-time PCR methods for detection of ostreid herpesvirus 1 in the Pacific oyster Crassostrea gigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Travaillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Malas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Virological Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 170 (1-2), pp.86-89. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jviromet.2010.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04226743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de différentes méthodes de concentration et de détection des virus entériques dans des boues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary-Anne Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Butot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Malas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European journal of water quality - Journal européen d'hydrologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 38 (2), pp.101-113. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/wqual/2007007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05100884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sewage sludge or cattle slurry as pasture fertilisers: comparative cysticercosis and trichostrongylosis risk for grazing cattle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Moussavou-Boussougou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanny Geerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Madeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Ballandonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parasitology Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 97 (1), pp.27-32. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00436-005-1403-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02681466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boues résiduaires : difficultés d'évaluation du risque parasitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Madeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ballandonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Vilagines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Malas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European journal of water quality - Journal européen d'hydrologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 34 (2), pp.235-244</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02679413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The use of urban sewage sludge on pastures: the cysticercosis threat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanny Geerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Madeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Ballandonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Barbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 33 (5), pp.575-597. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/vetres:2002040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00902614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The use of urban sewage sludge on pastures: the cysticercosis threat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Geerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Madeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ballandonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Barbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 33 (5), pp.575-597</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02679097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en évidence de la viabilité des oeufs de Taeniides dans les boues résiduaires urbaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Madeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ballandonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Malas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Vilagines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European journal of water quality - Journal européen d'hydrologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 31 (1), pp.85-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02694260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la densité d’une solution de sulfate de zinc pour la mise en évidence des oeufs de Taeniidés dans les boues résiduaires urbaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Madeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Lendormy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Malas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Barbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European journal of water quality - Journal européen d'hydrologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 30 (2), pp.171-175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Immune response of Mytilus edulis challenged with low-virulence and high-virulence isolates of F. halioticida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Bernay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Conference on Disease of Fish and Shellfish</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association of Fish Pathologist; Institute of Marine Biology, Biotechnology and Aquaculture (IMBBC) - Hellenic Center for Marine Research (HCMR), Sep 2025, Heraklion - Crète, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05240201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La génétique au service de l'épidémiologie du virus herpétique de l'huître OsHV-1 chez Magallana gigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIème journée scientifique de l’association HerPAs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Herpas herpesvirus et pathologies associées, Jun 2024, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04616683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">&amp;lt;i&amp;gt;Francisella halioticida&amp;lt;/i&amp;gt;'s towards the mussel &amp;lt;i&amp;gt;Mytilus edulis&amp;lt;/i&amp;gt; is strain-dependent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Quesnelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st international Conference on Diseases of Fish and Shelfish</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Aberdeen, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mussel mass mortality in northern Brittany: Evaluation of the involvement of pathogens, pathological conditions and pollutants.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismaël Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Villalba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIème édition des Journées de l’Ecole Doctorale NBISE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03403051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genotype typing of transmissible cancers in the Mytilus edulis complex of species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurine Hammel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Arbiol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Pepin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Symposium on the Advances in Marine Mussel Research AMMR2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Chioggia, Italy. pp.197</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04891643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genotype typing of transmissible cancers in the Mytilus edulis complex of species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurine Hammel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Arbiol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Pepin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution and Ecology of Cancer 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wellcome Genome Campus, Jul 2019, Hinxton, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04891299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection and tissue distribution of Ostreid herpesvirus 1 proteins in infected pacific oyster, Crassostrea gigas.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Segarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laury Baillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAFP 2015 - 17th International Conference on Diseases of Fish and Shellfish</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Las Palmas, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03404522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection and tissue distribution of ostreid herpesvirus1 proteins in infected pacific oyster, Crassostrea gigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Segarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laury Baillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Faury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Association of Fish Pathologists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Las Palmas (Gran Canaria), Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04782360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic polymorphism of the Ostreid herpesvirus 1 (OsHV-1)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Travaillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Lethuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lelong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">106th Annual Meeting of the NSA, Jacksonville (USA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Jacksonville, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03404537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Persistance du pouvoir infectieux de l’OsHV-1 µVar dans l’eau de mer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Metayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Denéchère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIème journées francophones de virologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03403030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en place d'une technique rapide pour évaluer la qualité microbiologique des eaux de baignades.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Travaillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Berthaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées informatin Eaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05100981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche protéomique par 2D DIGE de la réponse au stress hypothermique chez Geotrichum candidum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Missous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thammavongs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Dieuleveux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Panoff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIIème Congrès National de la Société Française de Microbiologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française de Microbiologie, 2007, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05101028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Infectivity for ruminants and estimation of viability of helminths eggs in liquid sewage sludge, abattoir sludge and cattle slurry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Moussavou-Boussougou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Madeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Khallaayoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Barbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Horizontal Hygiene Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epandage des boues de stations d'épurations et de lisier sur des paturages : parasitisme, fertilisation des parcelles et croissance chez les bovins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Moussavou-Boussougou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Madeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ballandonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Dorny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Mouline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2003, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02761394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude parasitologique des boues résiduaires urbaines : mise en evidence de la viabilité des oeufs de Taeniidés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Madeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ballandonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Eldin de Pecoulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Malas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société Française de Parasitologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2001, Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02763247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic comparison of Francisella halioticida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Quesnelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st international Conference on Diseases of Fish and Shelfish</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Aberdeen, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First description of disseminated neoplasia in Mytilus edulis in Northern Brittany (France) and development of a rapid diagnostic tool.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismaël Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Hugues Pitel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Symposium on the Advances in Marine Mussel Research (AMMR 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Sète, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilocus Sequence Analysis : a powerful tool for the classification of Vibrio splendidus related strains.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference on Vibrio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Roscoff, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevalence and phylogenetic analysis of OsHV-1 in wild populations of Pacific oyster Crassostrea gigas in Italy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Bona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Pastorino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.L. Fioravanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AquaEpi I - 2016-global conference in Aquatic Animal Epidemiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Oslo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a Standardized Strategy for Detection of total and viable Protozoan Parasites Cryptosporidium, Giardia and Toxoplasma in food matrices.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie La Carbona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Dumètre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès 24th Food Microbio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of zoonotic protozoa Cryptosporidium, Giardia and Toxoplasma, bioaccumulation and elimination of Cryptosporidium parvum oocysts in experimentally exposed Blue mussels (Mytilus edulis).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Gargala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Dumètre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie La Carbona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">congrès Food Microbio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03403013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche de microvariants de l'Ostreid Herpesvirus 1 (OsHV-1) chez l'huître creuse Crassostrea gigas.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Travaillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Fourour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Malas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inauguration du séquenceur NGS au centre François Baclesse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05101009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genotype typing of transmissible cancers in the Mytilus edulis complex of species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurine Hammel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Arbiol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Pepin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third International Symposium AMMR 2019. Advances in Marine Mussel Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invertebrate Survival Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 16, pp.197, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04891274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId239"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Maryline HOUSSIN </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Responsable Unité AquacultureResponsable Unité Sécurité AlimentairePôle RECHERCHE /Axes Littoral et Santé Publique | LABÉOChercheure associée Equipe BOREA (MNHN, CNRS 8607, SU, IRD 207, UA)Université de CAEN Normandie</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">maryline-houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expériences professionnelles</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis 2006 : Responsable des Unités Aquaculture et sécurité alimentaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LABEO, associéée à l'équipe BOREA (MNHN, CNRS 8067, IRD 207, UCN, SU, UA) de l'Université de Caen et -Suppléante des Services Microbiologie Environnement et Alimentation et histologie des bivalves</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis 2004 à 2006 : Chargée de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADRIA NORMANDIE,</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">De 1999 à 2003 : Doctorat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Doctorat en Recherche Clinique, Innovation Technologie, Santé, Université de Caen</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités de recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2010: Activités de recherche au sein de l’unité BOREADe 2008 à aujourd’hui : Conception et réalisation de nouveaux programmes de recherche : sur les mortalités de naissains d’huitres, sur les mortalités des moules et en pisciculture.Recherche de financements (Européen (H2020 en 2015), nationaux (ANR en 2009), régionaux (RIN, CENOPAC, synergie partenariales, prestations…Mise en place de collaborations scientifiques en France (SMEL, Universités (Reims, Montpellier), IFREMER (La Tremblade) à l’international :  (Univ. Bologne (Italie), Univ. Liège (Belgique), Wageningen Bioveterinary Research (Pays Bas), Univ. Sidney (Australie), Fisheries and Oceans (Canada), Univ. Tokyo (Japon), Univ. Rudgers (E.U))</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Interaction avec les filières (montages de nombreux projets et propositions de prestations de nouveaux outils développés dans le domaine de l’environnement et de l’alimentation)</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités d’enseignement</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Animatrice de formation à la faculté de pharmacie, Université de Caen.Diagnose des œufs d’helminthes parasites dans les boues résiduaires, (20 techniciens) 2002Transfert de la technique « Triple Flottation », (groupes de 5 techniciens) 2000-2002Enseignement réalisé à l’UCBN 2015-2016 ESIX agro–alimentaire de Caen. Réglementation sanitaire et qualité des produits de la mer : aspects microbiologiques et les suivis physico-chimiques</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Principales responsabilités</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsabilités au sein d’unité de recherche :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2010 encadrement de doctorant</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsabilités administratives et fonctions électives :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2006 : Membre de la Commission T90E (détection des légionelles par PCR)Membre des Bureaux techniques de validation ‘AFAQ AFNOR CERTIFICATION’ dans le domaine de la microbiologie alimentaire (2006-2015) et de la microbiologie des eaux (depuis 2006)De 2006 à 2015 Membre des Bureaux techniques de validation ‘AFAQ AFNOR CERTIFICATION’ dans le domaine de la microbiologie des eauxDe 2010 à 2011 : Membre d’un groupe d’expertise française missionné par l’Anses sur le phénomène de mortalité anormale d’huîtres creusesReprésentante française du groupe d’expertise Européen (EFSA) sur le phénomène de mortalité anormale d’huîtres creuses</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autres activités :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2006 : Management d’une équipe d’assistants RD&I (3) et de stagiaires Universitaires (de Bac +2 à post doctorant)Rapporteur de thèses en France et à l’étrangerReviewer de publications internationales</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">** Formations**</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">** 2016 : Habilité à Diriger des Recherches ** (Université de Caen)** 2003 : Doctorat en en Recherche Clinique, Innovation Technologie, Santé ** (Université de Caen)** 1997: DEA Microbiologie de l’Environnement ** (Université de Caen)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (43)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotypical and Genomic Characterization of the Mollusk Pathogen Francisella halioticida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Quesnelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Goux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐louis Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MicrobiologyOpen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 14 (6), pp.e70172. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mbo3.70172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05388653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of strains in development of francisellosis in the blue mussel Mytilus edulis during experimental challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Quesnelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 36, pp.102135. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aqrep.2024.102135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04578901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First isolation of Francisella halioticida strains from blue mussel (Mytilus edulis) in Normandy, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Quesnelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Barozet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Goux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Invertebrate Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.107950. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jip.2023.107950⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04149187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SARS-CoV-2 RNA isolation method from sewage sludge, application in field samples and comparison with bacteriophage loads</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Quesnelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of environmental treatment techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (4), pp.235-241. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.47277/JETT/10(4)241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity and molecular epidemiology of Ostreid herpesvirus 1 in farmed Crassostrea gigas in Australia: Geographic clusters and implications for &amp;quot;microvariants&amp;quot; in global mortality events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Tweedie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Hick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Virus Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 323, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.virusres.2022.198994⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04032451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevalence and polymorphism of a mussel transmissible cancer in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurine Hammel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Arbiol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Villalba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 31 (3), pp.736-751. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/mec.16052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03335752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of the protistan parasite, Haplosporidium costale in Crassostrea gigas oysters from the French coast: A retrospective study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Cherif-Feildel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Lagy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Quesnelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Invertebrate Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 195, pp.107831. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jip.2022.107831⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03834632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traits of a mussel transmissible cancer are reminiscent of a parasitic life style</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurine Hammel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bierne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Charrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (1), pp.24110. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-03598-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03498948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a semi‐quantitative PCR assay for the detection of Francisella halioticida and its application to field samples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Quesnelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Glais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fish Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 44 (8), pp.1169-1177. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jfd.13377⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03351628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intense hemocyte infiltration in gonadal tubules of ripe triploid Pacific oyster Crassostrea gigas (Thunberg, 1793): Correlation with mortality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Denéchère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 524, pp.735282. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2020.735282⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03400439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First detection of Francisella halioticida in mussels Mytilus spp. experiencing mortalities in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Villalba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gary Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Lagy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diseases of Aquatic Organisms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 140, pp.203-208. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3354/dao03505⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02987893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High mortality of mussels in northern Brittany – Evaluation of the involvement of pathogens, pathological conditions and pollutants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismaël Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Villalba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Invertebrate Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 170, pp.107308. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jip.2019.107308⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abnormal mortality of triploid adult Pacific oysters: Is there a correlation with high gametogenesis in Normandy, France?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Denéchère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 505, pp.63-71. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2019.02.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03400414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental infection of Mytilus edulis by two Vibrio splendidus ‐related strains: Determination of pathogenicity level of strains and influence of the origin and annual cycle of mussels on their sensitivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fish Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 43 (1), pp.9-21. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jfd.13094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02987868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of various approaches to study the prevalence, incidence and progression of disseminated neoplasia in mussel stocks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Invertebrate Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 168, pp.107271. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jip.2019.107271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02404031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring First Interactions Between Ostreid Herpesvirus 1 (OsHV-1) and Its Host, Crassostrea gigas: Effects of Specific Antiviral Antibodies and Dextran Sulfate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Faury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Morga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Degremont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2019.01128⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03401880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A single clonal lineage of transmissible cancer identified in two marine mussel species in South America and Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marisa A Yonemitsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachael M Giersch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Polo-Prieto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurine Hammel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">eLife</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 8, pp.e47788. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7554/eLife.47788⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a Taqman® Real-Time PCR for the rapid discrimination of the Vibrio splendidus species among the Splendidus clade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Hugues Pitel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 491, pp.101-104. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2018.03.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03401898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel divergent group of Ostreid herpesvirus 1 μVar variants associated with a mortality event in Pacific oyster spat in Normandy (France) in 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Varello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Lavazza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Bozzetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marino Prearo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fish Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 41 (11), pp.1759 - 1769. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jfd.12883⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03400584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First description of a mortality event in adult Pacific oysters in Italy associated with infection by a Tenacibaculum soleae strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Varello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Bozzetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Gorla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fish Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 41 (2), pp.215-221. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jfd.12698⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03401946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complete genome sequence of Ostreid herpesvirus type 1 µVar isolated during mortality events in the Pacific oyster Crassostrea gigas in France and Ireland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Prearo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 509, pp.239-251. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.virol.2017.06.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03401975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haemocytes collected from experimentally infected Pacific oysters, Crassostrea gigas: Detection of ostreid herpesvirus 1 DNA, RNA, and proteins in relation with inhibition of apoptosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Gervais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12 (5), pp.e0177448. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0177448⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a qRT-PCR method to assess the viability of Giardia intestinalis cysts, Cryptosporidium spp. and Toxoplasma gondii oocysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Travaillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie La Carbona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Gargala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 59, pp.359-365. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodcont.2015.06.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03128951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous detection of the protozoan parasites Toxoplasma, Cryptosporidium and Giardia in food matrices and their persistence on basil leaves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Hohweyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cazeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Travaillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Languet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Dumètre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 57, pp.36-44. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fm.2016.01.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02317870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In situ localization and tissue distribution of ostreid herpesvirus 1 proteins in infected Pacific oyster, Crassostrea gigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Segarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laury Baillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Faury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Invertebrate Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 136, pp.124-135. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jip.2016.04.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ostreid herpesvirus type 1 genomic diversity in wild populations of Pacific oyster Crassostrea gigas from Italian coasts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Prearo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.V. Riina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Bona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.L. Fioravanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Invertebrate Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 137, pp.71-83. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jip.2016.05.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilocus sequence analysis of Vibrio splendidus related-strains isolated from blue mussel Mytilus sp. during mortality events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Hugues Pitel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 464, pp.420-427. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2016.07.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of undescribed ostreid herpesvirus 1 (OsHV-1) specimens from Pacific oyster, Crassostrea gigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Lethuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Fourour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Invertebrate Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 132, pp.182-189. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jip.2015.10.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virulence of Ostreid herpesvirus 1 μVar in sea water at 16 °C and 25 °C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Denéchère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Metayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 439, pp.1-6. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2015.01.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome exploration of six variants of the Ostreid Herpesvirus 1 and characterization of large deletion in OsHV-1μVar specimens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Travaillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Lethuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lelong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Virus Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 178 (2), pp.462-470. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.virusres.2013.08.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of the OsHV-1 μVar in the Pacific oyster Crassostrea gigas before 2008 in France and description of two new microvariants of the Ostreid Herpesvirus 1 (OsHV-1)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Fourour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Jouaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Travaillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 338-341, pp.293-296. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2011.12.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04777367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proteomic expression of microfungal ripening starter Geotrichum candidum submitted to cold stress is strain-dependent: studies using 2d-dige technology and samespots software analysis.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghalia Missous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouachanh Thammavongs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Dieuleveux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cryo Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 33 (4), pp.289-98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02297055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DNA adduct variations in non-smoking crop farmers: Potential relationship with occupational exposure to pesticides?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gallois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Pottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Andre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Toxicology and Pharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 32 (1), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.etap.2010.12.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of ostreid herpesvirus 1 (OsHV-1) in Crassostrea gigas by real-time PCR: Determination of a viral load threshold to prevent summer mortalities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Berthaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Travaillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Malas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 317 (1-4), pp.27-31. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquaculture.2011.04.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of different variants of Ostreid Herpesvirus 1 in the Pacific oyster, Crassostrea gigas between 2008 and 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Travaillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Malas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Virus Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 160 (1-2), pp.25-31. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.virusres.2011.04.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04226736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of two real-time PCR methods for detection of ostreid herpesvirus 1 in the Pacific oyster Crassostrea gigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Travaillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Malas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Virological Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 170 (1-2), pp.86-89. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jviromet.2010.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04226743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de différentes méthodes de concentration et de détection des virus entériques dans des boues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary-Anne Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Butot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Malas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European journal of water quality - Journal européen d'hydrologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 38 (2), pp.101-113. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/wqual/2007007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05100884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sewage sludge or cattle slurry as pasture fertilisers: comparative cysticercosis and trichostrongylosis risk for grazing cattle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Moussavou-Boussougou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanny Geerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Madeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Ballandonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parasitology Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 97 (1), pp.27-32. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00436-005-1403-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02681466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boues résiduaires : difficultés d'évaluation du risque parasitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Madeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ballandonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Vilagines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Malas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European journal of water quality - Journal européen d'hydrologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 34 (2), pp.235-244</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02679413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The use of urban sewage sludge on pastures: the cysticercosis threat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanny Geerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Madeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Ballandonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Barbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 33 (5), pp.575-597. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/vetres:2002040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00902614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The use of urban sewage sludge on pastures: the cysticercosis threat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Geerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Madeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ballandonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Barbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 33 (5), pp.575-597</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02679097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en évidence de la viabilité des oeufs de Taeniides dans les boues résiduaires urbaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Madeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ballandonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Malas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Vilagines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European journal of water quality - Journal européen d'hydrologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 31 (1), pp.85-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02694260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la densité d’une solution de sulfate de zinc pour la mise en évidence des oeufs de Taeniidés dans les boues résiduaires urbaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Madeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Lendormy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Malas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Barbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European journal of water quality - Journal européen d'hydrologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 30 (2), pp.171-175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Immune response of Mytilus edulis challenged with low-virulence and high-virulence isolates of F. halioticida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Bernay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Conference on Disease of Fish and Shellfish</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association of Fish Pathologist; Institute of Marine Biology, Biotechnology and Aquaculture (IMBBC) - Hellenic Center for Marine Research (HCMR), Sep 2025, Heraklion - Crète, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05240201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La génétique au service de l'épidémiologie du virus herpétique de l'huître OsHV-1 chez Magallana gigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIème journée scientifique de l’association HerPAs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Herpas herpesvirus et pathologies associées, Jun 2024, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04616683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">&amp;lt;i&amp;gt;Francisella halioticida&amp;lt;/i&amp;gt;'s towards the mussel &amp;lt;i&amp;gt;Mytilus edulis&amp;lt;/i&amp;gt; is strain-dependent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Quesnelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st international Conference on Diseases of Fish and Shelfish</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Aberdeen, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mussel mass mortality in northern Brittany: Evaluation of the involvement of pathogens, pathological conditions and pollutants.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismaël Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Villalba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIème édition des Journées de l’Ecole Doctorale NBISE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03403051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genotype typing of transmissible cancers in the Mytilus edulis complex of species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurine Hammel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Arbiol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Pepin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Symposium on the Advances in Marine Mussel Research AMMR2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Chioggia, Italy. pp.197</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04891643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genotype typing of transmissible cancers in the Mytilus edulis complex of species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurine Hammel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Arbiol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Pepin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution and Ecology of Cancer 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wellcome Genome Campus, Jul 2019, Hinxton, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04891299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection and tissue distribution of Ostreid herpesvirus 1 proteins in infected pacific oyster, Crassostrea gigas.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Segarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laury Baillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAFP 2015 - 17th International Conference on Diseases of Fish and Shellfish</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Las Palmas, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03404522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection and tissue distribution of ostreid herpesvirus1 proteins in infected pacific oyster, Crassostrea gigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Segarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laury Baillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Faury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Association of Fish Pathologists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Las Palmas (Gran Canaria), Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04782360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic polymorphism of the Ostreid herpesvirus 1 (OsHV-1)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Travaillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Lethuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lelong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">106th Annual Meeting of the NSA, Jacksonville (USA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Jacksonville, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03404537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Persistance du pouvoir infectieux de l’OsHV-1 µVar dans l’eau de mer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Metayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Denéchère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIème journées francophones de virologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03403030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en place d'une technique rapide pour évaluer la qualité microbiologique des eaux de baignades.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Travaillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Berthaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées informatin Eaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05100981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche protéomique par 2D DIGE de la réponse au stress hypothermique chez Geotrichum candidum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Missous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thammavongs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Dieuleveux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Panoff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIIème Congrès National de la Société Française de Microbiologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française de Microbiologie, 2007, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05101028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Infectivity for ruminants and estimation of viability of helminths eggs in liquid sewage sludge, abattoir sludge and cattle slurry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Moussavou-Boussougou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Madeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Khallaayoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Barbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Horizontal Hygiene Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epandage des boues de stations d'épurations et de lisier sur des paturages : parasitisme, fertilisation des parcelles et croissance chez les bovins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Moussavou-Boussougou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Madeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ballandonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Dorny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Mouline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2003, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02761394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude parasitologique des boues résiduaires urbaines : mise en evidence de la viabilité des oeufs de Taeniidés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Madeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ballandonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Eldin de Pecoulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Malas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société Française de Parasitologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2001, Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02763247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic comparison of Francisella halioticida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Quesnelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st international Conference on Diseases of Fish and Shelfish</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Aberdeen, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First description of disseminated neoplasia in Mytilus edulis in Northern Brittany (France) and development of a rapid diagnostic tool.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismaël Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Hugues Pitel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Symposium on the Advances in Marine Mussel Research (AMMR 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Sète, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevalence and phylogenetic analysis of OsHV-1 in wild populations of Pacific oyster Crassostrea gigas in Italy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Bona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Pastorino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.L. Fioravanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AquaEpi I - 2016-global conference in Aquatic Animal Epidemiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Oslo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilocus Sequence Analysis : a powerful tool for the classification of Vibrio splendidus related strains.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Trancart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika A.V. Burioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference on Vibrio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Roscoff, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a Standardized Strategy for Detection of total and viable Protozoan Parasites Cryptosporidium, Giardia and Toxoplasma in food matrices.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie La Carbona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Dumètre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès 24th Food Microbio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of zoonotic protozoa Cryptosporidium, Giardia and Toxoplasma, bioaccumulation and elimination of Cryptosporidium parvum oocysts in experimentally exposed Blue mussels (Mytilus edulis).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Gargala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Houssin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Dumètre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie La Carbona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">congrès Food Microbio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03403013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche de microvariants de l'Ostreid Herpesvirus 1 (OsHV-1) chez l'huître creuse Crassostrea gigas.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Oden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Travaillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Fourour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Malas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inauguration du séquenceur NGS au centre François Baclesse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05101009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genotype typing of transmissible cancers in the Mytilus edulis complex of species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurine Hammel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Arbiol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Pepin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third International Symposium AMMR 2019. Advances in Marine Mussel Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invertebrate Survival Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 16, pp.197, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04891274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId240"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="694A6099"/>
+    <w:nsid w:val="D82C0301"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maryline-houssin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388653v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bouras" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Quesnelle" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Trancart" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Goux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;louis Blin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mbo3.70172" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578901v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Blin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Savary" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aqrep.2024.102135" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04149187v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Barozet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2023.107950" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04221296v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Houssin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47277/JETT/10(4)241" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04032451v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Tweedie" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Liu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ika Paul-Pont" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Hick" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2022.198994" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335752v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurine Hammel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Simon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Arbiol" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Villalba" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika A.V. Burioli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16052" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03834632v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Cherif-Feildel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Lagy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2022.107831" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03498948v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bierne" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charri&#232;re" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Thomas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-03598-w" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03351628v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Charles" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Glais" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfd.13377" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03400439v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Den&#233;ch&#232;re" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Oden" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2020.735282" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02987893v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Meyer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/dao03505" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02482956v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#235;l Bernard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2019.107308" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03400414v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Adeline" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2019.02.043" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02987868v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfd.13094" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404031v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bernard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2019.107271" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03401880v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Martenot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Faury" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Morga" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Degremont" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Lamy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.01128" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350532v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa A Yonemitsu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachael M Giersch" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Polo-Prieto" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.47788" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03401898v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Hugues Pitel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2018.03.018" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03400584v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Varello" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Lavazza" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Bozzetta" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marino Prearo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfd.12883" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03401946v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Varello" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bozzetta" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gorla" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfd.12698" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03401975v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Prearo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2017.06.027" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402009v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Gervais" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chollet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Renault" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0177448" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03128951v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Travaill&#233;" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie La Carbona" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gargala" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Aubert" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Guyot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2015.06.007" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02317870v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Hohweyer" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cazeaux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Languet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dum&#232;tre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2016.01.002" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402117v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Segarra" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laury Baillon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2016.04.002" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402052v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2016.07.024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P9W8CTN1-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402096v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.V. Riina" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Bona" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Fioravanti" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2016.05.004" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402140v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Lethuillier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Fourour" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2015.10.005" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NF0N9R2C-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402163v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Hubert" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Metayer" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2015.01.012" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PC369ZRJ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04227322v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lelong" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2013.08.006" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LPTM1Z03-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04777367v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fourour" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jouaux" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2011.12.030" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5KD53896-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02297055v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghalia Missous" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouachanh Thammavongs" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dieuleveux" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Henry" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02186826v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gallois" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Pottier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Le Goff" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Andre" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.etap.2010.12.005" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3WH0J128-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530822v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Berthaux" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Malas" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2011.04.001" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GHJ3NS3K-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04226736v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2011.04.012" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZKGMSCGL-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04226743v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jviromet.2010.09.003" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-256TW1B5-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100884v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary-Anne Gautier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Butot" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Launay" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/wqual/2007007" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681466v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Moussavou-Boussougou" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanny Geerts" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Madeline" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ballandonne" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Barbier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-005-1403-x" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-92S0MS66-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679413v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Madeline" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ballandonne" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vilagines" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Malas" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cabaret" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00902614v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/vetres:2002040" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679097v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Geerts" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Barbier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694260v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guyon" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04804785v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Lendormy" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Guyon" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Barbier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240201v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Corre" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bernay" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Blin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616683v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04233213v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03403051v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891643v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Simon" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Pepin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891299v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03404522v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04782360v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03404537v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03403030v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100981v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101028v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Missous" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Thammavongs" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Panoff" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762039v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Moussavou-Boussougou" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Khallaayoune" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761394v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dorny" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mouline" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763247v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Eldin de Pecoulas" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04221305v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402401v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402571v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Le Bas" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402537v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pastorino" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402637v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Favennec" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03403013v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101009v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891274v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maryline-houssin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388653v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bouras" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Quesnelle" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Trancart" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Goux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;louis Blin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mbo3.70172" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578901v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Blin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Savary" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aqrep.2024.102135" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04149187v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Barozet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2023.107950" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04221296v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Houssin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47277/JETT/10(4)241" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04032451v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Tweedie" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Liu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ika Paul-Pont" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Hick" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2022.198994" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335752v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurine Hammel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Simon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Arbiol" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Villalba" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika A.V. Burioli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16052" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03834632v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Cherif-Feildel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Lagy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2022.107831" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03498948v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bierne" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charri&#232;re" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Thomas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-03598-w" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03351628v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Charles" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Glais" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfd.13377" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03400439v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Den&#233;ch&#232;re" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Oden" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2020.735282" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02987893v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Meyer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/dao03505" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02482956v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#235;l Bernard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2019.107308" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03400414v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Adeline" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2019.02.043" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02987868v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfd.13094" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404031v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bernard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2019.107271" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03401880v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Martenot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Faury" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Morga" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Degremont" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Lamy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.01128" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350532v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa A Yonemitsu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachael M Giersch" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Polo-Prieto" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.47788" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03401898v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Hugues Pitel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2018.03.018" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03400584v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Varello" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Lavazza" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Bozzetta" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marino Prearo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfd.12883" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03401946v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Varello" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bozzetta" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gorla" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfd.12698" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03401975v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Prearo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2017.06.027" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402009v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Gervais" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chollet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Renault" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0177448" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03128951v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Travaill&#233;" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie La Carbona" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gargala" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Aubert" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Guyot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2015.06.007" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02317870v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Hohweyer" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cazeaux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Languet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dum&#232;tre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2016.01.002" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402117v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Segarra" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laury Baillon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2016.04.002" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402096v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.V. Riina" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Bona" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Fioravanti" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2016.05.004" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P6SW9LXB-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402052v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2016.07.024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P9W8CTN1-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402140v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Lethuillier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Fourour" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2015.10.005" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NF0N9R2C-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402163v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Hubert" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Metayer" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2015.01.012" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PC369ZRJ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04227322v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lelong" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2013.08.006" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LPTM1Z03-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04777367v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fourour" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jouaux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2011.12.030" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5KD53896-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02297055v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghalia Missous" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouachanh Thammavongs" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dieuleveux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Henry" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02186826v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gallois" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Pottier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Le Goff" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Andre" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.etap.2010.12.005" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3WH0J128-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530822v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Berthaux" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Malas" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2011.04.001" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GHJ3NS3K-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04226736v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2011.04.012" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZKGMSCGL-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04226743v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jviromet.2010.09.003" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-256TW1B5-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100884v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary-Anne Gautier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Butot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Launay" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/wqual/2007007" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681466v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Moussavou-Boussougou" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanny Geerts" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Madeline" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ballandonne" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Barbier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-005-1403-x" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-92S0MS66-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679413v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Madeline" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ballandonne" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vilagines" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Malas" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cabaret" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00902614v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/vetres:2002040" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679097v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Geerts" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Barbier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694260v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guyon" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04804785v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Lendormy" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Guyon" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Barbier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240201v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Corre" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bernay" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Blin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616683v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04233213v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03403051v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891643v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Simon" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Pepin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891299v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03404522v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04782360v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03404537v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03403030v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100981v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101028v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Missous" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Thammavongs" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Panoff" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762039v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Moussavou-Boussougou" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Khallaayoune" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761394v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dorny" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mouline" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763247v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Eldin de Pecoulas" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04221305v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402401v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402537v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pastorino" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402571v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Le Bas" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402637v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Favennec" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03403013v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101009v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891274v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>