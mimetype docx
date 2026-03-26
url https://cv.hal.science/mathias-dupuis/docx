--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -900,1086 +900,1086 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02092909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Senez (Alpes-de-Haute-Provence). Cathédrale Notre-Dame de l'Assomption</w:t>
+                <w:t xml:space="preserve">Senez, PCR &amp;quot;Senez et son territoire aux périodes historiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Erwan Dantec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologie médiévale</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, bilan 2017, pp.38-39</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02124521v1</w:t>
+                <w:t xml:space="preserve">halshs-02050774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Senez, PCR &amp;quot;Senez et son territoire aux périodes historiques</w:t>
+                <w:t xml:space="preserve">Senez, cathédrale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, bilan 2017, pp.38-39</w:t>
+              <w:t xml:space="preserve">, 2018, bilan 2017, pp.37-38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02050774v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02050773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Senez, cathédrale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Castellane, premiers éléments de réflexion sur l’évolution et la transformation des enceintes urbaines médiévales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Buccio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Dedonder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niels Fourchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vivas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, bilan 2017, pp.37-38</w:t>
+              <w:t xml:space="preserve">Provence Historique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Les enceintes médiévales et modernes en Provence. [XIème colloque de la Société d'Histoire de Fréjus et de sa Région, Fréjus 23-24 septembre 2016], tome LXVIII, fascicules 263, pp.37-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02050773v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02092600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Castellane, premiers éléments de réflexion sur l’évolution et la transformation des enceintes urbaines médiévales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Buccio</w:t>
+                <w:t xml:space="preserve">Senez, aux origines de la cathédrale Notre-Dame de l'Assomption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Dupuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élise Henrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Dantec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dedonder</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Vivas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Provence Historique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Les enceintes médiévales et modernes en Provence. [XIème colloque de la Société d'Histoire de Fréjus et de sa Région, Fréjus 23-24 septembre 2016], tome LXVIII, fascicules 263, pp.37-56</w:t>
+              <w:t xml:space="preserve">Archéologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 565, pp.32-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02092600v1</w:t>
+                <w:t xml:space="preserve">halshs-02132871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Senez, aux origines de la cathédrale Notre-Dame de l'Assomption</w:t>
+                <w:t xml:space="preserve">Inventaire des agglomérations fortifiées des Alpes de Haute-Provence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yann Dedonder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 565, pp.32-37</w:t>
+              <w:t xml:space="preserve">Provence Historique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Les enceintes médiévales et modernes en Provence. [XIème colloque de la Société d'Histoire de Fréjus et de sa Région, Fréjus 23-24 septembre 2016], tome LXVIII, fascicules 263, pp.263-285</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02132871v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02092897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inventaire des agglomérations fortifiées des Alpes de Haute-Provence</w:t>
+                <w:t xml:space="preserve">Senez (Alpes-de-Haute-Provence). Cathédrale Notre-Dame de l'Assomption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élise Henrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Dantec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Provence Historique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Archéologie médiévale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 48, pp.279. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/archeomed.17206⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02092897v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02124521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Senez, Cathédrale</w:t>
+                <w:t xml:space="preserve">Montmaur, Maison Fugier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, bilan 2016, pp.31-32</w:t>
+              <w:t xml:space="preserve">, 2017, bilan 2016, pp.45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01739896v1</w:t>
+                <w:t xml:space="preserve">halshs-01739892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sénez, Périmètre de l'ancien diocèse</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Osteochondral lesions and partial fractures of the talus in paleopathology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Darton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Gallien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Henrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> International Journal of Paleopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 16, pp.31-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpp.2016.12.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01739887v1</w:t>
+                <w:t xml:space="preserve">hal-02200470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Montmaur, Maison Fugier</w:t>
+                <w:t xml:space="preserve">Senez (Alpes-de-Haute-Provence). Étude archéologique de la cathédrale Notre-Dame de l’Assomption : bilan des diagnostics et de la première campagne de fouille programmée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Henrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Dedonder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin du Centre d'études médiévales d'Auxerre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 21.1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cem.14668⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01739892v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01655493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Osteochondral lesions and partial fractures of the talus in paleopathology</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Senez (Alpes-de-Haute-Provence). Cathédrale Notre-Dame de l’Assomption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> International Journal of Paleopathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpp.2016.12.002⟩</w:t>
+              <w:t xml:space="preserve">Archéologie médiévale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 47, pp.214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/archeomed.6988⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02200470v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01791915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Senez (Alpes-de-Haute-Provence). Étude archéologique de la cathédrale Notre-Dame de l’Assomption : bilan des diagnostics et de la première campagne de fouille programmée</w:t>
+                <w:t xml:space="preserve">Sénez, Périmètre de l'ancien diocèse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yann Dedonder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin du Centre d'études médiévales d'Auxerre</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, bilan 2016, pp.32-33</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01655493v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01739887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Senez (Alpes-de-Haute-Provence). Cathédrale Notre-Dame de l’Assomption</w:t>
+                <w:t xml:space="preserve">Senez, Cathédrale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologie médiévale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, bilan 2016, pp.31-32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/archeomed.6988⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-01791915v1</w:t>
+                <w:t xml:space="preserve">halshs-01739896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riez, Bapistère</w:t>
               </w:r>
@@ -2261,934 +2261,934 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01352212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Riez, Collège Maxime Javelly</w:t>
+                <w:t xml:space="preserve">Le centre de conservation archéologique de Riez (Alpes de Haute-Provence) Une convention État/Conseil général pour la gestion des bâtiments et des collections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Devos</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Tissot</w:t>
+                <w:t xml:space="preserve">Xavier Margarit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, bilan 2013, pp.23-25</w:t>
+              <w:t xml:space="preserve">Musées et collections publiques de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 270</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01352209v1</w:t>
+                <w:t xml:space="preserve">halshs-01232060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le centre de conservation archéologique de Riez (Alpes de Haute-Provence) Une convention État/Conseil général pour la gestion des bâtiments et des collections</w:t>
+                <w:t xml:space="preserve">Riez, Collège Maxime Javelly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Dedonder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Devos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Margarit</w:t>
+                <w:t xml:space="preserve">Mathilde Tissot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Musées et collections publiques de France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 270</w:t>
+              <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, bilan 2013, pp.23-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01232060v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01352209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Senez, Place de l'église</w:t>
+                <w:t xml:space="preserve">Peyroules, église Saint-Pons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dedonder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Devos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, bilan 2012, pp.33-34</w:t>
+              <w:t xml:space="preserve">, 2013, bilan 2012, pp.26-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01352205v1</w:t>
+                <w:t xml:space="preserve">halshs-01352202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peyroules, église Saint-Pons</w:t>
+                <w:t xml:space="preserve">Saint-Michel-L’Observatoire (Alpes-de-Haute-Provence). Saint-Pierre [Chroniques des fouilles médiévales 2012]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dedonder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Devos</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Prouillac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Archéologie médiévale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 43, pp.235-236. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/archeomed.10060⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01352202v1</w:t>
+                <w:t xml:space="preserve">halshs-02380366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Michel-L’Observatoire (Alpes-de-Haute-Provence). Saint-Pierre [Chroniques des fouilles médiévales 2012]</w:t>
+                <w:t xml:space="preserve">Les premières peintures murales de l'église de Saint-André-des-Eaux (Côtes-d'Armor) : analyse archéologique d'un ensemble ornemental roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologie médiévale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin Monumental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 171 (3), pp.195-206</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/archeomed.10060⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-02380366v1</w:t>
+                <w:t xml:space="preserve">halshs-00904677v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les premières peintures murales de l'église de Saint-André-des-Eaux (Côtes-d'Armor) : analyse archéologique d'un ensemble ornemental roman</w:t>
+                <w:t xml:space="preserve">Saint-Michel-l'Observatoire, église Sainte-Madeleine de Lincel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Dedonder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Prouillac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin Monumental</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 171 (3), pp.195-206</w:t>
+              <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, bilan 2012, pp.31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00904677v2</w:t>
+                <w:t xml:space="preserve">halshs-01352201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Michel-l'Observatoire, église Sainte-Madeleine de Lincel</w:t>
+                <w:t xml:space="preserve">Riez, Rue Hilarion Bourret, Ubac Saint-Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dedonder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Prouillac</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Devos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, bilan 2012, pp.31</w:t>
+              <w:t xml:space="preserve">, 2013, bilan 2012, pp.28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01352201v1</w:t>
+                <w:t xml:space="preserve">halshs-01352203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Riez, Rue Hilarion Bourret, Ubac Saint-Jean</w:t>
+                <w:t xml:space="preserve">Saint-Michel l'Observatoire, église Saint-Pierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dedonder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Devos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, bilan 2012, pp.28</w:t>
+              <w:t xml:space="preserve">, 2013, bilan 2012, pp.30-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01352203v1</w:t>
+                <w:t xml:space="preserve">halshs-01352207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Michel l'Observatoire, église Saint-Pierre</w:t>
+                <w:t xml:space="preserve">Saint-Etienne-les-Orgues, l'Abadie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dedonder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Devos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élise Henrion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, bilan 2012, pp.30-31</w:t>
+              <w:t xml:space="preserve">, 2013, bilan 2012, pp.29-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01352207v1</w:t>
+                <w:t xml:space="preserve">halshs-01352206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La saga d'un bison</w:t>
               </w:r>
@@ -3250,502 +3250,502 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02534753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Etienne-les-Orgues, l'Abadie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les cryptes romanes des Alpes du sud, Enquête sur une forme architecturale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Michel d'Annoville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Élise Henrion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, bilan 2012, pp.29-30</w:t>
+              <w:t xml:space="preserve">, 2013, pp.36-38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01352206v1</w:t>
+                <w:t xml:space="preserve">halshs-01352200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les cryptes romanes des Alpes du sud, Enquête sur une forme architecturale</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Volx, 9 rue du Château</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Dedonder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, pp.36-38</w:t>
+              <w:t xml:space="preserve">, 2013, bilan 2012, pp.36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01352200v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01352208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volx, 9 rue du Château</w:t>
+                <w:t xml:space="preserve">Senez, Place de l'église</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dedonder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Devos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, bilan 2012, pp.36</w:t>
+              <w:t xml:space="preserve">, 2013, bilan 2012, pp.33-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01352208v1</w:t>
+                <w:t xml:space="preserve">halshs-01352205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Etienne-les-Orgues, l'Abadie</w:t>
+                <w:t xml:space="preserve">Céreste, Saint-Pierre : La fouille programmée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Henrion</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Devos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, bilan 2011, pp.30</w:t>
+              <w:t xml:space="preserve">, 2012, Bilan 2011, pp.22-23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01352199v1</w:t>
+                <w:t xml:space="preserve">halshs-01352197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céreste, Saint-Pierre : La fouille programmée</w:t>
+                <w:t xml:space="preserve">Saint-Etienne-les-Orgues, l'Abadie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Henrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Dedonder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Devos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, Bilan 2011, pp.22-23</w:t>
+              <w:t xml:space="preserve">, 2012, bilan 2011, pp.30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01352197v1</w:t>
+                <w:t xml:space="preserve">halshs-01352199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forcalquier, Saint-Promasse II</w:t>
               </w:r>
@@ -3757,51 +3757,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dedonder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Devos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, bilan 2011, pp.23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4953,51 +4953,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volonté de respect de l’intégrité du cadavre : un cas d’amputation à Céreste (Alpes-de-Haute-Provence) aux IXe-Xe siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élise Henrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5924,51 +5924,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volonté de respect de l’intégrité du cadavre : un cas d’amputation médiévale à Céreste (Alpes-de-Haute-Provence)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élise Henrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6288,285 +6288,285 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02132949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sisteron et Forcalquier, Notre-Dame des Pommiers, Saint-Mary et Notre-Dame du Bourguet</w:t>
+                <w:t xml:space="preserve">Glandèves et Entrevaux, Notre-Dame de la Seds et Notre-Dame de l’Assomption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariacristina Varano</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Francesco Flavigny</w:t>
+                <w:t xml:space="preserve">Luc Thévenon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CODOU, Yann; PÉCOUT, Thierry. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cathédrales de Provence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, La Nuée Bleue, pp.526-547, 2015, La grâce d'une cathédrale, 978-2-8099-1275-3</w:t>
+              <w:t xml:space="preserve">, La Nuée Bleue, pp.366-382, 2015, La grâce d'une cathédrale, 978-2-8099-1275-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01232044v1</w:t>
+                <w:t xml:space="preserve">halshs-01232042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glandèves et Entrevaux, Notre-Dame de la Seds et Notre-Dame de l’Assomption</w:t>
+                <w:t xml:space="preserve">Senez, Notre-Dame de l’Assomption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luc Thévenon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CODOU, Yann; PÉCOUT, Thierry. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cathédrales de Provence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, La Nuée Bleue, pp.366-382, 2015, La grâce d'une cathédrale, 978-2-8099-1275-3</w:t>
+              <w:t xml:space="preserve">, La Nuée Bleue, pp.509-525, 2015, La grâce d'une cathédrale, 978-2-8099-1275-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01232042v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01232043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Senez, Notre-Dame de l’Assomption</w:t>
+                <w:t xml:space="preserve">Sisteron et Forcalquier, Notre-Dame des Pommiers, Saint-Mary et Notre-Dame du Bourguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariacristina Varano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Flavigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CODOU, Yann; PÉCOUT, Thierry. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cathédrales de Provence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, La Nuée Bleue, pp.509-525, 2015, La grâce d'une cathédrale, 978-2-8099-1275-3</w:t>
+              <w:t xml:space="preserve">, La Nuée Bleue, pp.526-547, 2015, La grâce d'une cathédrale, 978-2-8099-1275-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01232043v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01232044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La chapelle Saint-Paul à Saint-Michel-l'Observatoire</w:t>
               </w:r>
@@ -6806,51 +6806,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Dantec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dedonder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élise Henrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
@@ -6917,51 +6917,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Senez (Alpes de Haute-Provence), Cathédrale Notre-Dame de l’Assomption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élise Henrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Dantec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7153,441 +7153,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03883977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Castellane, gymnase Notre-Dame</w:t>
+                <w:t xml:space="preserve">Céreste, Saint-Pierre (rapport de fouille préventive), Digne-les-Bains, juin 2014, 3 vol.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Clément Boutterin</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Henrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Castin</w:t>
+                <w:t xml:space="preserve">Élisa Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dedonder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Rapport de diagnostic, Digne-les-Bains, octobre 2014, Département des Alpes de Haute-Provence. 2014, pp.1 vol</w:t>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Devos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Département des Alpes de Haute-Provence. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01158703v1</w:t>
+                <w:t xml:space="preserve">halshs-01158702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céreste, Saint-Pierre (rapport de fouille préventive), Digne-les-Bains, juin 2014, 3 vol.</w:t>
+                <w:t xml:space="preserve">Castellane, chapelle Saint-Thyrse de Robion (rapport d’étude)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Elise Henrion</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Dedonder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Élisa Bailly</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Devos</w:t>
+                <w:t xml:space="preserve">Maxime Seguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Département des Alpes de Haute-Provence. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01158702v1</w:t>
+                <w:t xml:space="preserve">halshs-01158698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Castellane, chapelle Saint-Thyrse de Robion (rapport d’étude)</w:t>
+                <w:t xml:space="preserve">Castellane, gymnase Notre-Dame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soazic Bezault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Boutterin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Castin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dedonder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Département des Alpes de Haute-Provence. 2014</w:t>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Rapport de diagnostic, Digne-les-Bains, octobre 2014, Département des Alpes de Haute-Provence. 2014, pp.1 vol</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01158698v1</w:t>
+                <w:t xml:space="preserve">halshs-01158703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saint-Etienne-les-Orgues, l’Abadie (rapport de fouille préventive), Quinson, octobre 2013, 3 vol.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élise Henrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thuaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dedonder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Devos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Département des Alpes de Haute-Provence. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -7661,51 +7661,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Büttner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dedonder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Devos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Département des Alpes de Haute-Provence. 2013, pp.1 vol</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -7725,849 +7725,849 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01158686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Riez, Collège Maxime Javelly (rapport de diagnostic), Quinson, décembre 2013, 1 vol.</w:t>
+                <w:t xml:space="preserve">Saint-Michel-l’Observatoire, Sainte-Marie-Madeleine de Lincel (rapport de diagnostic), Quinson, février 2013</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Borgard</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dedonder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] Département des Alpes de Haute-Provence. 2013</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariacristina Varano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Département des Alpes de Haute-Provence. 2013, pp.1 vol</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01158695v1</w:t>
+                <w:t xml:space="preserve">halshs-01158670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Michel-l’Observatoire, Saint-Pierre (rapport de diagnostic), Quinson, février 2013, 1 vol.</w:t>
+                <w:t xml:space="preserve">Senez, place de l’église (rapport de diagnostic), Quinson, avril 2013, 1 vol.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Dantec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dedonder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Devos</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Département des Alpes de Haute-Provence. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01158679v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01158681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Michel-l’Observatoire, Sainte-Marie-Madeleine de Lincel (rapport de diagnostic), Quinson, février 2013</w:t>
+                <w:t xml:space="preserve">Saint-Michel-l’Observatoire, Saint-Pierre (rapport de diagnostic), Quinson, février 2013, 1 vol.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dedonder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Devos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariacristina Varano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Département des Alpes de Haute-Provence. 2013, pp.1 vol</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Département des Alpes de Haute-Provence. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01158670v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01158679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Senez, place de l’église (rapport de diagnostic), Quinson, avril 2013, 1 vol.</w:t>
+                <w:t xml:space="preserve">Riez, Collège Maxime Javelly (rapport de diagnostic), Quinson, décembre 2013, 1 vol.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Erwan Dantec</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Borgard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dedonder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Devos</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Département des Alpes de Haute-Provence. 2013</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Tissot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] Département des Alpes de Haute-Provence. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01158681v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01158695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Riez (Alpes de Haute-Provence), rue Hilarion Bourret II</w:t>
+                <w:t xml:space="preserve">Riez, Les Capucins (rapport de diagnostic), Quinson, juillet 2012, 1 vol.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">. Dir.</w:t>
+                <w:t xml:space="preserve">Y. Dedonder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Dedonder</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">J.-F. Devos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2012</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Département des Alpes de Haute-Provence. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00982451v1</w:t>
+                <w:t xml:space="preserve">halshs-01158665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Riez, Les Capucins (rapport de diagnostic), Quinson, juillet 2012, 1 vol.</w:t>
+                <w:t xml:space="preserve">Volx (Alpes de Haute-Provence), 9 rue du Château</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">. Dir.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Dedonder</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-F. Devos</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">halshs-01158665v1</w:t>
+                <w:t xml:space="preserve">halshs-00982460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volx (Alpes de Haute-Provence), 9 rue du Château</w:t>
+                <w:t xml:space="preserve">Riez (Alpes de Haute-Provence), rue Hilarion Bourret II</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">. Dir.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">. Dir.</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Y. Dedonder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-F. Devos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Barbe</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">halshs-00982460v1</w:t>
+                <w:t xml:space="preserve">halshs-00982451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saint-Etienne-les-Orgues (Alpes de Haute-Provence), l'Abadie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">. Dir.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">. Dir.</w:t>
+                <w:t xml:space="preserve">Y. Dedonder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-F. Devos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8598,51 +8598,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combronde (63), ZAC de l'Aize, OA n°6014</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">. Dir.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8673,51 +8673,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Château de Barbezieux, place de Verdun, rue de la Motte, av. du 14 juillet, Barbezieux-Saint-Hilaire (Charente), OA n°5224</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">. Dir.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8748,77 +8748,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forcalquier (Alpes de Haute-Provence), Saint-Promasse II</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">. Dir.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">. Dir.</w:t>
+                <w:t xml:space="preserve">Y. Dedonder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-F. Devos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9020,51 +9020,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Château Rocher (63), Logis nord, OA n° 26220</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">. Dir.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9168,286 +9168,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04793720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude archéologique de l'ancienne église Saint-André, Saint-André-des-Eaux (22)</w:t>
+                <w:t xml:space="preserve">Luxeuil-les-Bains (70) Rénovation des places et rues du centre ville (place St-Pierre, place de la Baille,rue de la Tour du Bailli, rue de la Tour) accompagnement archéologique des travaux). Rapport final d'opération archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Centre d’études médiévales. 2008, pp.1 vol</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Büttner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylviane Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Popovitch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Centre d'Etudes Médiévales - Auxerre; DRAC Franche-Comté - Service régional de l'archéologie; Ville de Luxeuil-les-Bains. 2008, pp.125</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00982416v1</w:t>
+                <w:t xml:space="preserve">halshs-01675031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luxeuil-les-Bains (70) Rénovation des places et rues du centre ville (place St-Pierre, place de la Baille,rue de la Tour du Bailli, rue de la Tour) accompagnement archéologique des travaux). Rapport final d'opération archéologique</w:t>
+                <w:t xml:space="preserve">Luxeuil-les-Bains (70), suivi archéologique des travaux de rénovation du centre ville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">. Dir.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Popovitch</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">halshs-01675031v1</w:t>
+                <w:t xml:space="preserve">halshs-00982418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luxeuil-les-Bains (70), suivi archéologique des travaux de rénovation du centre ville</w:t>
+                <w:t xml:space="preserve">Étude archéologique de l'ancienne église Saint-André, Saint-André-des-Eaux (22)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Dupuis</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">2008</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Centre d’études médiévales. 2008, pp.1 vol</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00982418v1</w:t>
+                <w:t xml:space="preserve">halshs-00982416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId189"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -9523,51 +9523,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6B5460BD"/>
+    <w:nsid w:val="BBB8E84C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9671,51 +9671,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="A3F1240F"/>
+    <w:nsid w:val="44F935D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9905,51 +9905,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathias-dupuis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4661-9047" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/197363806" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archeologie.chartres.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sda04.hypotheses.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://la3m.cnrs.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04220440v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Hannotte" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Maqueda" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Dupuis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04220436v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04896325v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Labrude" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Guilbeau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Passarrius" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121043v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02092933v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Dantec" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Henrion" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02092604v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Buccio" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dedonder" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02092909v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02124521v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Henrion" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.17206" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02050774v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02050773v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02092600v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Fourchet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vivas" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02132871v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02092897v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01739896v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01739887v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01739892v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02200470v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Darton" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gallien" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Richard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2016.12.002" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01655493v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cem.14668" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01791915v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.6988" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352213v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352210v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soazic Bezault" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Boutterin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352211v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352212v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352209v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Devos" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Tissot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01232060v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Margarit" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352205v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Barbe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352202v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02380366v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Prouillac" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.10060" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00904677v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352201v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352203v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352207v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02534753v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Luzi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352206v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352200v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Michel d'Annoville" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352208v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352199v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352197v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352198v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00982439v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00876140v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00876134v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cem.11220" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00876137v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cem.6242" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00876136v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cem.7072" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04896563v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bailles" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04896574v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04220444v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03883983v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.artehis.28597" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03452406v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fichet de Clairfontaine" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482039v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Peloux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02513529v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155908v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00876139v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/acrh.2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02160007v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ardagna" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896223v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053257v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Hall&#233;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053253v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Astruc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Lamy" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02539664v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Brousse" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01794029v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry P&#233;cout" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bernardi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bonnaud" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cassioli" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mailloux" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601636v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05023523v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Agogu&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Barthet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;resia Duvernay" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Meylan" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04220434v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613700v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02488624v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03497268v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Aude Berthon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blondel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guyot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Hallavant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02132949v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01232044v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariacristina Varano" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Flavigny" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01232042v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Th&#233;venon" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01232043v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00982463v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02481187v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Domenge" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;na Masson-Lautier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02539225v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02159997v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03883975v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03883977v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158703v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Castin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158702v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisa Bailly" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158698v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Seguin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158693v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thuaudet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158686v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane B&#252;ttner" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158695v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Borgard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158679v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158670v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158681v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00982451v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Dir." TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Dedonder" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Devos" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158665v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00982460v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barbe" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00982445v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00982443v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00982441v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00982448v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01674996v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gode" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Martinez" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01675029v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00982420v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793720v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Silvino" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rochet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00982416v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01675031v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Humbert" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Popovitch" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00982418v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathias-dupuis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4661-9047" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/197363806" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archeologie.chartres.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sda04.hypotheses.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://la3m.cnrs.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04220440v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Hannotte" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Maqueda" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Dupuis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04220436v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04896325v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Labrude" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Guilbeau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Passarrius" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121043v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02092933v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Dantec" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Henrion" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02092604v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Buccio" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dedonder" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02092909v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02050774v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02050773v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02092600v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Fourchet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vivas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02132871v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Henrion" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02092897v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02124521v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.17206" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01739892v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02200470v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Darton" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gallien" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Richard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2016.12.002" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01655493v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cem.14668" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01791915v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.6988" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01739887v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01739896v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352213v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352210v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soazic Bezault" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Boutterin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352211v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352212v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01232060v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Margarit" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352209v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Devos" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Tissot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352202v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Barbe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02380366v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Prouillac" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.10060" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00904677v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352201v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352203v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352207v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352206v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02534753v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Luzi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352200v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Michel d'Annoville" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352208v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352205v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352197v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352199v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352198v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00982439v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00876140v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00876134v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cem.11220" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00876137v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cem.6242" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00876136v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cem.7072" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04896563v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bailles" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04896574v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04220444v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03883983v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.artehis.28597" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03452406v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fichet de Clairfontaine" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482039v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Peloux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02513529v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155908v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00876139v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/acrh.2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02160007v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ardagna" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896223v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053257v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Hall&#233;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053253v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Astruc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Lamy" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02539664v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Brousse" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01794029v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry P&#233;cout" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bernardi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bonnaud" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cassioli" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mailloux" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601636v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05023523v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Agogu&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Barthet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;resia Duvernay" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Meylan" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04220434v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613700v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02488624v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03497268v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Aude Berthon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blondel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guyot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Hallavant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02132949v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01232042v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Th&#233;venon" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01232043v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01232044v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariacristina Varano" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Flavigny" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00982463v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02481187v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Domenge" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;na Masson-Lautier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02539225v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02159997v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03883975v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03883977v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158702v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisa Bailly" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158698v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Seguin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158703v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Castin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158693v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thuaudet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158686v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane B&#252;ttner" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158670v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158681v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158679v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158695v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Borgard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158665v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Dedonder" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Devos" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00982460v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Dir." TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barbe" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00982451v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00982445v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00982443v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00982441v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00982448v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01674996v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gode" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Martinez" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01675029v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00982420v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793720v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Silvino" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rochet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01675031v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Humbert" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Popovitch" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00982418v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00982416v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>