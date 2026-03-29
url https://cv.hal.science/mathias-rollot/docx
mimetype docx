--- v0 (2026-03-04)
+++ v1 (2026-03-29)
@@ -204,3756 +204,3989 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (32)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (33)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartographie biorégionale : la méthode 10+1</w:t>
+                <w:t xml:space="preserve">« Ce qu’il y a de bien avec le changement climatique… »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wallenhorst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Curien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Bel Mokhtar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bucchianeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terrestres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05540926v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petite histoire de la cartographie biorégionale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Topophile — l'ami·e des lieux | la revue des espaces heureux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05011624v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxi Thoren et la pratique de la coconception spatiale avec les animaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lolita Voisin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 33, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/15pes⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05515982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Petite histoire de la cartographie biorégionale</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S'engager, c'est un chemin de résilience. Entretien avec Brigitte Gothière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Gothière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Amorce : Revue contre le spécisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05058089v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Onze pistes vers une métamorphose décoloniale de l'architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Architecture d'Aujourd'hui 'A'A'</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04902400v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleven ways towards a decolonial metamorphosis of architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Architecture d'Aujourd'hui 'A'A'</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04902398v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">En finir avec l’« architecture-as-usual »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terrestres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05181480v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cartographie biorégionale : la méthode 10+1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Topophile — l'ami·e des lieux | la revue des espaces heureux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Mathias Rollot</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04936313v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Politiser le biorégionalisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Sinaï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Gothière</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecorev' - Revue critique d'écologie politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 56, pp.163-174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ecorev.056.0163⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04681281v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tradition vivante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séquence Bois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 146</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04680705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Face à son obsolescence, trois scénarios pour l'architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D'A. D'architectures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 322, pp.72-77</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04816625v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension du Dictionnaire historique et critique des animaux (2024)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Amorce : Revue contre le spécisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025</w:t>
+              <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Mathias Rollot</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04712091v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Écologiser l'architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Paquot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Architecture d'aujourd'hui</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025</w:t>
+              <w:t xml:space="preserve">Revue Esprit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Onze pistes vers une métamorphose décoloniale de l'architecture</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04834899v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Décoloniser l’architecture ici et maintenant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Architecture d'aujourd'hui</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025</w:t>
+              <w:t xml:space="preserve">Analyse Opinion Critique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">En finir avec l’« architecture-as-usual »</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04588328v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pourquoi enseigner l'alternatif ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AMC Le Moniteur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04484728v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers des architectures pluriverselles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Temps Qui Restent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04572785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les fictions réalistes du biorégionalisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Urbanisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 430</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04032048v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Face à la bataille de l’eau, l’hypothèse biorégionaliste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Terrestres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025</w:t>
+              <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Tradition vivante</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04070117v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Où devenir autre ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séquence Bois</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 146</w:t>
+              <w:t xml:space="preserve">Topophile — l'ami·e des lieux | la revue des espaces heureux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, https://topophile.net/savoir/ou-devenir-autre/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...409 lines deleted...]
-                <w:t xml:space="preserve">Pourquoi enseigner l'alternatif ?</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03953476v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matière grise : les livres de Mathias ROLLOT pour une architecture hétéronome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AMC Le Moniteur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024</w:t>
+              <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...167 lines deleted...]
-                <w:t xml:space="preserve">Où devenir autre ?</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04276940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'hypothèse biomimétique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Topophile — l'ami·e des lieux | la revue des espaces heureux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, https://topophile.net/savoir/ou-devenir-autre/</w:t>
+              <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04070346v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contributions à une théorie architecturale interspécifique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Bello-Marcano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Celka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Terrestres</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les Cahiers de la recherche architecturale, urbaine et paysagère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/craup.10053⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Matière grise : les livres de Mathias ROLLOT pour une architecture hétéronome</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04626111v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'autonome à l'amoral. Réponse à Jacques Herzog</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AMC Le Moniteur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023</w:t>
+              <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L'hypothèse biomimétique</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03793044v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Trois Paradigmes de l'Architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Topophile — l'ami·e des lieux | la revue des espaces heureux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023</w:t>
+              <w:t xml:space="preserve">Cahiers du LHAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">De l'autonome à l'amoral. Réponse à Jacques Herzog</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03760572v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Il faut ouvrir une école tournée vers l’architecture par-delà l’objet architectural</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AMC Le Moniteur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Marianne Celka</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04964378v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabuler l'invisible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Beauté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers de la recherche architecturale, urbaine et paysagère</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Amplitudes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Traces et lecture de paysages</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...98 lines deleted...]
-                <w:t xml:space="preserve">Il faut ouvrir une école tournée vers l’architecture par-delà l’objet architectural</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03543210v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cessons d’opposer théoriciens et praticiens. Réponse collective à la SFA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AMC Le Moniteur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Julie Beauté</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04964385v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La collaboration festive : une éthique de fondation des lieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathias Rollot</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Younès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Amplitudes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue française d'éthique appliquée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, N°8 (2), pp.142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfeap.008.0142⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...90 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02494970v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Porosité et indifférence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Esperluette</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03016693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...90 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aux origines de la « biorégion ». Des biorégionalistes américains aux territorialistes italiens.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Métropolitiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01943071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le biorégionalisme américain. Un outil pour repenser nos territoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EcoRev</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, N° 47 (2), pp.85. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ecorev.047.0085⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02126700v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An Introduction toward Ecosophical Metabolism Studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
-              <w:r>
-[...66 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chris Younès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 10 (2), pp.297 - 314. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3197/ge.2017.100202⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01723191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'habitation humaine et la question de la technicisation dans les écrits de Günther Anders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers thématiques : architecture et paysage, conception, territoire, histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Ecrire sur l'architecture, la ville et le paysage, n°14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01851266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (18)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Profaner les monstres sacrés au service des monstrueux·ses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lou-Poko Savadogo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ce que les monstres ont à nous dire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Léa Mosconi; Henri Bony, Jan 2026, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05494772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weaving (more-than-)human scales, mapping our homes, acting bioregionally</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Summer School 2025 : Human Scale - All Things Are Delicately Interconnected</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The Fontainebleau Schools of music and Architecture, Jul 2025, Fontainebleau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05193641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peut-on allier local et décolonial ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres #idéesdébats - cycle "Habiter, vraiment ?"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut d'Etudes Avancées, Mar 2025, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04974442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rendre visible les invisibles ? Les eaux souterraines au prisme de l’hydrologie, de l’urbanisme et de l’architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Castebrunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Minon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simeon Naydenov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ateliers de l'atlas de l'eau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Plateforme POPSU Transitions Grenoble, Apr 2025, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05559567v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ensinar e pesquisar a arquitetura à luz de um bioregionalismo descolonial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Devires Urbanos. Para uma abordagem descolonial e ecológica das questões urbanas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sézerat, Laurine; Faculdade de Arquitetura e Urbanismo – Mackenzie, Aug 2025, Sao Paulo, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05228750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabuler l’invisible plus qu’humain. De l’impossible gestion écosytémique aux imaginaires écologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les échos du vivant - Winterschool Cresson 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire AAU-CRESSON; Paul Bai; Marc Higgin; Théo Marchal; juL McOisans; Lolita Voisin, Jan 2025, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04974393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Décoloniser l’architecture : du biorégionalisme aux plurivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1000écologies. Ces jours terrestres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Anna Barseghian, Mar 2024, Genève, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04974423v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’animal et l’architect(ur)e : interrogations sur base de situations ordinaires devenues rares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cohabiter avec le vivant - Séminaire Join Master of Architecture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hes.so; Hepia; Philippe Simay; Nicolas Rossier; Pauline Dellacherie, Jan 2024, Genève, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04974413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour un biorégionalisme décolonial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Luttes locales, espérance globale – Rencontres internationales du biorégionalisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Momentum; Counterculture History Coalition; Hydromondes; Topophile, l'ami.e des lieux, Jan 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04974389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Architectures, eaux et quelques manières de se perdre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vers des politiques des cycles de l'eau</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre culturel international de Cerisy-la-Salle, May 2024, Cerisy La Salle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04586215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quatre hypothèses architecturales à l’épreuve de la maintenance (et vice versa)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire ENSACF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bérénice Gaussuin; Ecole Nationale Supérieure d'architecture de Clermont-Ferrand, Nov 2024, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04974434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Décoloniser l'architecture : du biorégionalisme aux plurivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférences du cycle "Outils et méthodes de la recherche" / DEM GéoArch</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Lyon, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.60527/nnn4-gq85⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04522332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rencontre inaugurale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Pruvost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chantiers Communs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Territoires pionniers, Maison de l’architecture – Normandie, Mar 2023, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04974409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Animal cherche architect(ur)e</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quatrième Journée David Claessen pour l’environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Corinne Robert, Sep 2023, Paris ENS, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04973858v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biorégions et bassins-versants : à propos d’eautochtonie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Popsu transitions Grenoble – retrouver les voi(es)x de l’eau</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04974379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand les approches créatives questionnent l’écologie et vice versa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanne Clavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre AAU #3 : Sensible et transformations socio-écologiques des milieux de vie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire AAU, Oct 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04973885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le biorégionalisme comme réensauvagement intérieur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Sauvage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03031029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'être au contact de l'image</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La persistance de l'image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03016865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enquête sur la crise comme émergence révélatrice d'obsolescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Crise(s). Dysfonctionnement territoriaux ou facteurs de production de l'espace ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03031731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3963,1325 +4196,1325 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Critical Strategies for Ecological Architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.188, 2025, Anthropocene – Humanities and Social Sciences, 978-3-032-02521-0. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-032-02522-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05296148v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers des politiques des cycles de l'eau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marin Schaffner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Bord de l'eau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Les colloques Cerisy, Nathanaël Wallenhorst, 9782385191306</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05079886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qu'est-ce qu'une biorégion ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wildproject</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.218, 2024, Poche / Manuel, Marin Schaffner, 9782381140704</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04573256v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Décoloniser l'architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Passager Clandestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.240, 2024, 978-2-36935-381-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04464467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Territoires du vivant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wildproject</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.190, 2023, 978-2-381140-483</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03983757v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eautochtone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Caue Var, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04693680v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Veines de la Terre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marin Schaffner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guerroué</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03136427v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qu'est-ce qu'une biorégion ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">, pp.218, 2024, Poche / Manuel, Marin Schaffner, 9782381140704</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marin Schaffner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Wildproject, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...58 lines deleted...]
-              <w:t xml:space="preserve">, pp.190, 2023, 978-2-381140-483</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03136419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La recherche architecturale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions de l'Espérou. 2019, 978-2-912261-95-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Caue Var, 2021</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02276978v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Repenser l'habitat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Guérant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Libre et Solidaire, 2018, Autonomia, 9782372630412</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Marin Schaffner</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01756179v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'hypothèse collaborative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyperville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 978-2-9552985-7-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01819337v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les territoires du vivant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">François Bourin, 2018, 1025204204</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01851277v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Critique de l'habitabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Libre et Solidaire, 2017, 2372630393</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01756188v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La conception architecturale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Espérou. 2017, 9782912261830</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01851250v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'obsolescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">MétisPresses, 2016, 9782940406951</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01756176v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ressources urbaines latentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto d'Arienzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathias Rollot</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Younès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2021</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annarita Lapenna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">MetisPresses. 2016, 978-2-940563-03-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Mathias Rollot</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01723201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du bon sens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Guérant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Wildproject, 2021</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Libre &amp; Solidaire, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Editions de l'Espérou. 2019, 978-2-912261-95-3</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01851255v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saint-Dizier 2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Châtelet-Voltaire, 2014, 979-1-09019-826-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...631 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01851252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5291,1851 +5524,1851 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Architectures, eaux, et quelques manières de se perdre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Shaffner, Marin (Dir.); Rollot, Mathias (Dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vers des politiques des cycles de l'eau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Bord de l'eau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.126-143, 2025, Les Colloques de Cerisy, 978-2-38519-130-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05058080v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marin Schaffner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vers des politiques des cycles de l'eau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Bord de l'eau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 978-2-38519-130-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05058075v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qui pour vivre in situ ? Pour des biorégionalismes métissés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sinaï, Agnès. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Écologie des biorégions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terre Urbaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, La Fabrique De Territoires, 9782491546304</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05058070v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Concordet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Elles transforment. Portraits d'architectes franciliennes #2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maison de l'architecture Île-de-France</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05079890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...266 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Postface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Territoires du vivant. Un manifeste biorégionaliste</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wildproject, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04693673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'émergence d'une architecture animaliste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Paris Animal : Histoire et récits d'une ville vivante 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions du Pavillon Arsenal, pp.216-223, 2023, 978-2-35487-072-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04056882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urgence écologique : quel impératif éthique pour la recherche architecturale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Curien, Emeline; Fries-Paiola, Cécile. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RENCONTRES INTERDISCIPLINAIRES MUTATIONS 02. Humains, non-humains et crise environnementale : Pour des architectures et des territoires du vivant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ecole nationale supérieure d’architecture de Nancy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03543228v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Situer et bâtir nos idéaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">François Nowakowski / L'Atelier Commun. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La biorégion en projets</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Eterotopia France, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03760571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...28 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RENCONTRES INTERDISCIPLINAIRES MUTATIONS 02. Humains, non-humains et crise environnementale : Pour des architectures et des territoires du vivant</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2022</w:t>
+              <w:t xml:space="preserve">Relions-nous</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Liens qui libèrent, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03760569v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle architecture pour le monde qui vient ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Révéler, Cultiver, Réhabiter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03543222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une monumentalité écologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Wildproject. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Beauté d'une ville</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Pavillon de l'Arsenal, 2021, 978-2381140216</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03543215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Berg, père fondateur du mouvement biorégionaliste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Design des territoires. L'enseignement de la biorégion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02632683v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avant-propos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'art d'habiter la Terre. La vision biorégionale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wildproject, 2020, 978-2-918-490-944</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02632857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">En chemin avec Günther Anders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Représenter la transformation. Ou comment saisir les espaces-temps habités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'oeil d'or, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02632891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faire l’expérience du tournant climatique : l’architecture est-elle un levier potentiel ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Au tournant de l'expérience. Interroger ce qui se construit, partager ce qui nous arrive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01851273v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synergies biorégionales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">MétisPresses. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Synergies urbaines : pour un métabolisme collectif des villes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 978-2-94-0563-35-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01881992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloge de l'improductivité de l'hypothèse collaborative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'hypothèse collaborative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03016880v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La ferme de verre à l’épreuve de la notion d’énergie humaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anne Coste; Luna D'Emilio; Xavier Guillot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ruralités Post-Carbone. Milieux, échelles et acteurs de la transition énergétique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 7, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires de Saint-Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.66-73, 2018, Espace rural &amp; projet spatial (ERPS), 978-2-86272-703-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01851275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...210 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour un biomimétisme des milieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biomimétisme. Science, design et architecture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LOCO, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01851272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’habitation humaine, avec et par-delà Henri Maldiney</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hermann. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A l'épreuve d'exister avec Henri Maldiney</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01851271v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Postface : Le Mythe de l’homme derrière la technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Mélot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Mythe de l'homme derrière la technique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03128236v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'architecture devient manifeste dans l'habitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ressources urbaines latentes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03016672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Frederic Bourgeois</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Upcycler l’urbain : quelles opportunités en jeu ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...167 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MétisPresses. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recycler l'urbain. Pour une écologie des milieux habités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01851269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Günther Anders et l’obsolescence de la méchanceté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire de la Méchanceté</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Max Milo, 2013, 9-782315-004805</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01851268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7145,845 +7378,845 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Je ne suis pas « contre » la biorégion « urbaine » !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04936741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A la découverte du biorégionalisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05358754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’architecture comme art de la résistance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Ribault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04936314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">(où) en sommes-nous ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marin Schaffner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, https://lundi.am/ou-en-sommes-nous</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04589024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La « biorégion » : comment ce concept revient en force pour « réapprendre à habiter quelque part »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Thomasset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04276909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Architecture et greenwashing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04134040v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biomorphisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04276866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Architecture à énergie humaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04068210v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Préface] Le Tour des matériaux d’une maison écologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Tour des matériaux d’une maison écologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04213145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">La « biorégion » : comment ce concept revient en force pour « réapprendre à habiter quelque part »</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour un biorégionalisme émancipateur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2023</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2023</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04693684v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entretien avec Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Favre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2023</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04961890v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De quoi Junkspace est-il le nom ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...273 lines deleted...]
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03953471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7993,91 +8226,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Par l'approche bio-régionaliste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pôle Métropolitain Nantes Saint-Nazaire. 2023, pp.33-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04961840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8087,100 +8320,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éléments vers une éthique de l'habitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philosophie. Paris-VIII, 2016. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2016PA080008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01851283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8190,91 +8423,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’animal et l’architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Architecture, aménagement de l'espace. Université Bordeaux Montaigne, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04102384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8284,1077 +8517,1152 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Architecture et pensées décoloniales : une introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Licence. France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04989486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Traduction (11)</w:t>
+        <w:t xml:space="preserve">Traduction (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reprendre la politique aux élites : la solidarité radicale contre les privilèges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05450457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Black Vernacular: L'architecture comme pratique culturelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bell Hooks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Agostini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Beuerle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05308445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peut-on parler de critique féministe de l’architecture ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jos Boys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Beuerle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05058201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les architectes doivent prendre position face à l’esclavage contemporain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleanor Jolliffe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Traduction</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04825303v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revaloriser le chez-soi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Plant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Beuerle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maële Giard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/ecorev.056.0207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04681285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Eleanor Jolliffe</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'art d'habiter la Terre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kirkpatrick Sale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2024</w:t>
+              <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Kirkpatrick Sale</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02494973v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apprendre à se lier à un lieu-de-vie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Berg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...74 lines deleted...]
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02632673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La recherche architecturale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Till</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La recherche architecturale. Repères, outils, analyses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02632929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réhabiter la Californie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Berg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Dasmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/ecorev.047.0073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02126703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lignes d'univers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Giorgini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chris Younès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bodart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01851254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Territoire intelligent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rem Koolhaas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Traduction</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05342043v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le mythe de l'homme derrière la technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Mélot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01851260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9364,133 +9672,133 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Architecture à l'épreuve de l'animal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Bello-Marcano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Celka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers de la recherche architecturale, urbaine et paysagère</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 14, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/craup.9718⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04964359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9500,228 +9808,228 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand les approches créatives interrogent l’écologie et vice versa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanne Clavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04964373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">21世纪建筑学的伦理要求</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04949206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">第一部分: 未来世界的建筑？</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04949207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9731,212 +10039,212 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Architectures: Emancipation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of the Anthropocene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, pp.1-10. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-51703-7_150-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05515980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Curien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rollot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of the Anthropocene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, pp.1181-1185. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-25910-4_193⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04213137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId200"/>
+      <w:footerReference w:type="default" r:id="rId210"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10004,51 +10312,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F61767DF"/>
+    <w:nsid w:val="A241B6D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10235,51 +10543,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathias-rollot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4289-3586" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/181782618" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/311843203" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/JOK-5846-2023" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936313v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Rollot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515982v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lolita Voisin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15pes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011624v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058089v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Gothi&#232;re" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902398v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902400v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181480v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680705v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681281v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Sina&#239;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecorev.056.0163" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712091v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816625v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834899v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Paquot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588328v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484728v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572785v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032048v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953476v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070117v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276940v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070346v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793044v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626111v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Bello-Marcano" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Celka" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/craup.10053" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760572v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964378v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543210v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Beaut&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964385v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016693v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494970v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Youn&#232;s" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfeap.008.0142" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943071v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126700v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecorev.047.0085" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723191v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3197/ge.2017.100202" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851266v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494772v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou-Poko Savadogo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193641v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974442v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228750v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974393v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974413v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974389v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974423v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586215v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974434v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522332v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60527/nnn4-gq85" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974409v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Pruvost" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974379v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973858v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973885v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Clavel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031029v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016865v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031731v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079886v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Schaffner" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/vers-des-politiques-des-cycles-de-leau/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296148v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-032-02522-7" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-02522-7" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464467v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lepassagerclandestin.fr/catalogue/essais/decoloniser-larchitecture/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573256v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wildproject.org/livres/qu-est-ce-qu-une-bioregion-2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983757v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wildproject.org/livres/les-territoires-du-vivant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693680v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136427v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guerrou&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136419v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276978v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756179v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gu&#233;rant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819337v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.hyperville.fr/produit/lhypothese-collaborative/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851277v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756188v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851250v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756176v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723201v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto d'Arienzo" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annarita Lapenna" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851255v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851252v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079890v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.maisonarchitecture-idf.org/?s=Portraits+d%27architectes+franciliennes" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058075v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058080v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058070v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://terreurbaine.com/ecologie-des-bioregions/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693673v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056882v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760571v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543228v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.architecture-mutations.fr/index.php/rencontres-interdisciplinaires/rim-2-humains-non-humains/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543222v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760569v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543215v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632857v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632683v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632891v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851275v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.univ-st-etienne.fr/fr/index.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851273v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881992v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016880v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851272v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016672v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128236v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bourgeois" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire M&#233;lot" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851271v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851269v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rebois" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851268v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936741v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358754v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936314v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Ribault" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589024v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213145v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276909v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Thomasset" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134040v2" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276866v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068210v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693684v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bernard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961890v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Favre" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953471v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961840v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01851283v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016PA080008" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04102384v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989486v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450457v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308445v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bell Hooks" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Agostini" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Beuerle" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058201v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos Boys" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681285v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Plant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;le Giard" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecorev.056.0207" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825303v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor Jolliffe" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494973v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirkpatrick Sale" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632673v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Berg" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632929v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Till" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126703v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Dasmann" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecorev.047.0073" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851254v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Giorgini" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bodart" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851260v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964359v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/craup.9718" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964373v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949206v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949207v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515980v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-51703-7_150-1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213137v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Curien" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-25910-4_193" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathias-rollot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4289-3586" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/181782618" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/311843203" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/JOK-5846-2023" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540926v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Rollot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Wallenhorst" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Curien" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Bel Mokhtar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bucchianeri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011624v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515982v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lolita Voisin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15pes" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058089v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Gothi&#232;re" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902400v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902398v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181480v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936313v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681281v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Sina&#239;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecorev.056.0163" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680705v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816625v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712091v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834899v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Paquot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588328v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484728v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572785v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032048v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070117v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953476v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276940v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070346v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626111v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Bello-Marcano" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Celka" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/craup.10053" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793044v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760572v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964378v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543210v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Beaut&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964385v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494970v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Youn&#232;s" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfeap.008.0142" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016693v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943071v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126700v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecorev.047.0085" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723191v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3197/ge.2017.100202" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851266v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494772v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou-Poko Savadogo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193641v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974442v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05559567v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Castebrunet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Minon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simeon Naydenov" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228750v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974393v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974423v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974413v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974389v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586215v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974434v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522332v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60527/nnn4-gq85" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974409v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Pruvost" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973858v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974379v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973885v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Clavel" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031029v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016865v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031731v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296148v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-032-02522-7" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-02522-7" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079886v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Schaffner" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/vers-des-politiques-des-cycles-de-leau/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573256v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wildproject.org/livres/qu-est-ce-qu-une-bioregion-2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464467v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lepassagerclandestin.fr/catalogue/essais/decoloniser-larchitecture/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983757v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wildproject.org/livres/les-territoires-du-vivant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693680v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136427v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guerrou&#233;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136419v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276978v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756179v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gu&#233;rant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819337v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.hyperville.fr/produit/lhypothese-collaborative/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851277v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756188v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851250v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756176v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723201v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto d'Arienzo" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annarita Lapenna" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851255v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851252v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058080v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058075v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058070v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://terreurbaine.com/ecologie-des-bioregions/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079890v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.maisonarchitecture-idf.org/?s=Portraits+d%27architectes+franciliennes" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693673v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056882v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543228v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.architecture-mutations.fr/index.php/rencontres-interdisciplinaires/rim-2-humains-non-humains/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760571v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760569v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543222v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543215v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632683v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632857v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632891v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851273v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881992v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016880v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851275v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.univ-st-etienne.fr/fr/index.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851272v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851271v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128236v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bourgeois" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire M&#233;lot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016672v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851269v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rebois" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851268v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936741v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358754v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936314v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Ribault" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589024v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276909v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Thomasset" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134040v2" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276866v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068210v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213145v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693684v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bernard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961890v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Favre" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953471v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961840v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01851283v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016PA080008" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04102384v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989486v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450457v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308445v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bell Hooks" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Agostini" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Beuerle" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058201v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos Boys" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825303v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor Jolliffe" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681285v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Plant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;le Giard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecorev.056.0207" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494973v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirkpatrick Sale" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632673v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Berg" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632929v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Till" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126703v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Dasmann" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecorev.047.0073" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851254v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Giorgini" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bodart" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342043v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rem Koolhaas" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851260v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964359v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/craup.9718" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964373v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949206v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949207v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515980v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-51703-7_150-1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213137v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-25910-4_193" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>