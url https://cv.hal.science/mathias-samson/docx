--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -772,287 +772,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04454008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of the entry-and-stretch phase at the different paces of race in front crawl swimming</w:t>
+                <w:t xml:space="preserve">Kinematic hand parameters in front crawl at different paces of swimming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Monnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Lacouture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent David</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tony Monnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sports Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 33 (15), pp.1535-1543. </w:t>
+              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 48 (14), pp.3743-3750. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/02640414.2014.1003584⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2015.07.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05031376v1</w:t>
+                <w:t xml:space="preserve">hal-05031370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinematic hand parameters in front crawl at different paces of swimming</w:t>
+                <w:t xml:space="preserve">The role of the entry-and-stretch phase at the different paces of race in front crawl swimming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Lacouture</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Monnet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 48 (14), pp.3743-3750. </w:t>
+              <w:t xml:space="preserve">Journal of Sports Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 33 (15), pp.1535-1543. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2015.07.034⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/02640414.2014.1003584⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05031370v1</w:t>
+                <w:t xml:space="preserve">hal-05031376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of three-dimensional hand kinematics during swimming with a motion capture system: a feasibility study</w:t>
               </w:r>
@@ -1319,303 +1319,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05034720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understand the flow to optimize the performance</w:t>
+                <w:t xml:space="preserve">La natation c'est PHYSIQUE !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Samson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Guignabel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">75th ARIHHP Human High Performance Seminar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Advanced Research Initiative for Human High Performance (ARIHHP), Nov 2023, Tsukuba, Japan</w:t>
+              <w:t xml:space="preserve">Conférence immersive « Les échappées inattendues »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS, Oct 2023, Paris (Cité des Sciences et de l'Industrie), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05034468v1</w:t>
+                <w:t xml:space="preserve">hal-05034425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vortices and mechanics around the swimmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Guignabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Eon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Decatoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Monnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Second direct in-person colloquium on vortex dominated flows (Discovor)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Delft University of Technology, May 2023, Breckenridge, Colorado, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05033212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La natation c'est PHYSIQUE !</w:t>
+                <w:t xml:space="preserve">Understand the flow to optimize the performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Samson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Guignabel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence immersive « Les échappées inattendues »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS, Oct 2023, Paris (Cité des Sciences et de l'Industrie), France</w:t>
+              <w:t xml:space="preserve">75th ARIHHP Human High Performance Seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Advanced Research Initiative for Human High Performance (ARIHHP), Nov 2023, Tsukuba, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05034425v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05034468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre l’écoulement pour aider à l’optimisation des performances en natation</w:t>
               </w:r>
@@ -1670,51 +1670,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parametric study of propulsive forces in front crawl swimming: acceleration effect and flow behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Guignabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Eon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1795,51 +1795,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parametric study of propulsive forces in front crawl swimming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Guignabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Eon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3633,51 +3633,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2430CAA1"/>
+    <w:nsid w:val="7E8C15D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3781,51 +3781,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="E9C30E22"/>
+    <w:nsid w:val="DD96C075"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4015,51 +4015,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathias-samson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4284-4848" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531888v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marien Couvertier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bretonneau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Monnet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Samson" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Morales-Artacho" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2025-0203" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031332v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bernard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lacouture" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent David" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2018.1443492" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031357v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2017.12.003" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454008v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2017.1302434" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031376v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2014.1003584" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031370v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2015.07.034" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031377v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12283-014-0152-4" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034720v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Tanneau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Pla" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034468v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033212v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Guignabel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Eon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Decatoire" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Monnet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L David" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034425v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Guignabel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034304v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033202v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Eon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Decatoire" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033237v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Outouda" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2022.2116885" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581135v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2021.1978758" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034244v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032796v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1714931" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034683v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1714949" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033677v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033601v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033382v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033571v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033104v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bernard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lacouture" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2017.1382925" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034211v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033274v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033287v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033429v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032931v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2012.713700" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034556v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05032753v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016POIT2270" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathias-samson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4284-4848" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531888v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marien Couvertier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bretonneau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Monnet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Samson" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Morales-Artacho" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2025-0203" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031332v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bernard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lacouture" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent David" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2018.1443492" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031357v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2017.12.003" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454008v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2017.1302434" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031370v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2015.07.034" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031376v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2014.1003584" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031377v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12283-014-0152-4" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034720v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Tanneau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Pla" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034425v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Guignabel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033212v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Guignabel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Eon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Decatoire" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Monnet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L David" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034468v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034304v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033202v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Eon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Decatoire" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033237v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Outouda" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2022.2116885" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581135v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2021.1978758" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034244v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032796v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1714931" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034683v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1714949" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033677v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033601v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033382v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033571v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033104v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bernard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lacouture" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2017.1382925" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034211v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033274v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033287v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033429v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032931v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2012.713700" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034556v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05032753v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016POIT2270" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>